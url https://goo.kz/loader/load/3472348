--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,10620 +1,47593 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="f38dd33" w14:textId="f38dd33">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...48 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении стандартов государственных услуг, оказываемых в сфере семьи и детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 мая 2015 года № 11184.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t>      1. Мыналар:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z421" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
-[...474 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Выдача справок по опеке и попечительству" согласно приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей" согласно приложению 2 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" согласно приложению 3 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" согласно приложению 4 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" согласно приложению 5 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" согласно приложению 6 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям" согласно приложению 7 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Постановка на учет лиц, желающих усыновить детей" согласно приложению 8 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Аккредитация агентства по усыновлению" согласно приложению 9 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Продление срока аккредитации агентства по усыновлению" согласно приложению 10 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" согласно приложению 11 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" согласно приложению 12 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния" согласно приложению 13 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" согласно приложению 14 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг "Выдача решения органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста" согласно приложению 15 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 684</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...123 lines deleted...]
-    </w:p>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету по охране прав детей Министерства образования и науки Республики Казахстан (Оразалиева З.Ж.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его официальное опубликование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Имангалиева Е.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z4" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6242"/>
-        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="6900"/>
+        <w:gridCol w:w="5400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="7"/>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:i/>
-[...48 lines deleted...]
-              <w:t>ілім және ғылым министрі</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4209" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>А. Сәрінжіпов</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...197 lines deleted...]
-      <w:tr w:rsidR="00B208B7" w:rsidRPr="00A041E5">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00A041E5" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A041E5">
-[...61 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Саринжипов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRPr="00A041E5" w:rsidRDefault="00BD55F6">
-[...89 lines deleted...]
-        <w:br/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      СОГЛАСОВАН   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исполняющий обязанности министра   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр по инвестициям и   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      развитию Республики Казахстан   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _______________ 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________ Касымбек Ж.М.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      СОГЛАСОВАН   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      национальной экономики   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _______________ 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________ Досаев Е.А.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5868"/>
-        <w:gridCol w:w="3794"/>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00A041E5" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A041E5">
-[...70 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
-[...27 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z6" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Выдача справок по опеке и попечительству"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2058" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z2059" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Выдача справок по опеке и попечительству" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z2060" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z2061" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z2062" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z2063" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z2064" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок оказания государственной услуги с момента сдачи пакета документов на портал – 30 (тридцать) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z2065" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (полностью автоматизированная).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z2066" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – справка об опеке и попечительству по форме согласно приложению к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренными в пункте 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z2067" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z2068" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат оказания государственной услуги направляется посредством портала в "личный кабинет" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z2069" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z2070" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z2071" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z2072" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z2073" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале прием электронного запроса осуществляется в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z2074" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года) услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z2075" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z2076" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z2077" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z2078" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 марта 2012 года № 382 "Об утверждении Правил осуществления функций государства по опеке и попечительству";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z2079" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z2080" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z2081" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z2082" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z2083" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z2084" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z2085" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z2086" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z2087" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z2088" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z2089" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z2090" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z2091" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1561 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z2092" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z2093" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z2094" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z2095" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z2096" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z2097" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5878"/>
-        <w:gridCol w:w="3784"/>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="41"/>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...72 lines deleted...]
-              <w:t>1-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача справок по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опеке и попечительству"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z2100" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...136 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка об опеке и попечительстве</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z2101" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая справка об опеке и попечительству выдана гражданину(ке)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающему (ей) по адресу _____________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что он (она) согласно постановлению акимата (город, район)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________№ ________ от "____"________20__ года действительно назначен (а)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опекуном (попечителем)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>над ребенком ______________________________ "____" _________ года рождения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (Ф.И.О.(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и над его (ее) имуществом по адресу: _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мать несовершеннолетнего: _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (ФИО (при его наличии), причина отсутствия)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отец несовершеннолетнего: _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (ФИО (при его наличии), причина отсутствия)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На опекуна (попечителя) возлагается обязанность воспитания, обучения, подготовки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к общественно-полезной деятельности подопечного, защищать и охранять его</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личные имущественные права, являться его представителем на суде и во всех</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных учреждениях без специального подтверждения полномочий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного органа городов Астаны, Алматы и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шымкент, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________ ____________________ Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5564"/>
-        <w:gridCol w:w="4098"/>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...72 lines deleted...]
-              <w:t>2-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B208B7">
+    </w:tbl>
+    <w:bookmarkStart w:name="z32" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2102" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z2103" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z2104" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z2105" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z2106" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z2107" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z2108" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z2109" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов к услугодателю – 19 (девятнадцать) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z2110" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z2111" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания услугодателем – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z2112" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z2113" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – постановление акимата городов Астаны, Алматы и Шымкент, района и города областного значения об установлении опеки или попечительства по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги, по основаниям предусмотренных пунктом 10 настоящего стандарта государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z2114" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z2115" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z2116" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z2117" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z2118" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z2119" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z2120" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z2121" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нотариально заверенное согласие супруга(-и), в случае если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z2122" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) справки о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с перечнем, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 12127), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z2123" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия свидетельства о заключении брака, если состоит в браке, в случае заключения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z2124" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) копия свидетельства о рождении ребенка (детей), в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (оригинал требуется для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z2125" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) копии документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей), справка о рождении (в случае рождения ребенка вне брака до 2008 года) по форме, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "Об утверждении Правил организации государственной регистрации актов гражданского состояния, внесения изменений, восстановления, аннулирования записей актов гражданского состояния" от 25 февраля 2015 года № 112 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 10764);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z2126" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения о доходах услугополучателя и (или) супруга (-и), если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z2127" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) копии документов, подтверждающих право пользования жилищем услугополучателя и (или) супруга(-и) (в случае отсутствия права собственности на жилье);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z2128" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мнение ребенка (детей) (при достижении возраста десяти лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z2129" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставление свидетельства о рождении ребенка (детей), и документов, указанных в подпункте 7) перечня, предоставляемого услугодателю, не требуется, в случае проживания ребенка (детей) в организациях для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z2130" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), справка о рождении (в случае рождения ребенка вне брака после 2008 года), свидетельство о заключении брака (в случае заключения брака после 2008 года), справки о наличии либо отсутствии судимости услугополучателя и супруга(-и), если состоит в браке, документы, подтверждающие право собственности на жилище услугополучателя и (или) супруга(-и), если состоит в браке, адресной справки услугополучателя, документы, подтверждающие получение государственных социальных пособий и иных социальных выплат, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z2131" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель получает согласие у услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z2132" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт жилищно-бытовых условий лица, претендующего на воспитание ребенка, по форме согласно приложению 3 к настоящему стандарту государственной услуги готовится услугодателем после предоставления вышеназванных документов в течение трех рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z2133" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z2134" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z2135" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несовершеннолетие услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z2136" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признание судом услугополучателя недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z2137" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лишение услугополучателя судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z2138" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отстранение от выполнения обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z2139" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z2140" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличие у услугополучателя заболеваний, препятствующих осуществлению обязанности опекуна или попечителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z2141" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отсутствие у услугополучателя постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z2142" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 13) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z2143" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отсутствие гражданства у услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z2144" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z2145" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отсутствие у услугополучателя на момент установления опеки или попечительства дохода, обеспечивающего подопечному прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z2146" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) состояние услугополучателя на учетах в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z2147" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z2148" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z2149" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z2150" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z2151" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z2152" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z2153" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт- центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z2154" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z2155" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z2156" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z2157" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z2158" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z2159" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z2160" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z2161" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z2162" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z2163" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z2164" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...82 lines deleted...]
-              <w:t>____________________________</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Установление опеки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или попечительства над</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенком-сиротой (детьми-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сиротами) и ребенком (детьми),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшимся без попечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителей"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...142 lines deleted...]
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...93 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z2167" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...174 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Постановление акимата городов Астаны, Алматы и Шымкент, района и города областного значения об установлении опеки или попечительства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z2168" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ____________                         от "___" ________20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан от 26 декабря</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2011 года "О браке (супружестве) и семье", на основании заявления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________ и документов районных, городских отделов,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>областных, городов Астана, Алматы, Шымкент управлений образования акимат</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________ района (города) ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z2169" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Установить опеку (попечительство) над несовершеннолетними детьми, оставшимися без попечения родителей, согласно приложению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5564"/>
-        <w:gridCol w:w="4098"/>
+        <w:gridCol w:w="1188"/>
+        <w:gridCol w:w="3277"/>
+        <w:gridCol w:w="6045"/>
+        <w:gridCol w:w="1790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7" w:rsidRPr="00BD55F6">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:bookmarkStart w:name="z2170" w:id="129"/>
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="3277" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BD55F6">
-[...113 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опекун (попечитель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="6045" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опекаемый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BD55F6">
-[...95 lines deleted...]
-              <w:br/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание оформления опеки и попечительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...474 lines deleted...]
-      <w:tr w:rsidR="00B208B7" w:rsidTr="00A041E5">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="32"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:tcW w:w="1188" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t> </w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4008" w:type="dxa"/>
+            <w:tcW w:w="3277" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00A041E5" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A041E5">
-[...70 lines deleted...]
-              <w:t>5-қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1993 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="6045" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="75"/>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии), год рождения, опека (попечительство)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BD55F6">
-[...149 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRPr="00BD55F6" w:rsidRDefault="00BD55F6">
-[...336 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2180" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Закрепить имеющееся жилье за __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аким _____________                         (Ф.И.О.(при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5564"/>
-        <w:gridCol w:w="4098"/>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...92 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Установление опеки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или попечительства над</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенком-сиротой (детьми-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сиротами) и ребенком (детьми),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшимся без попечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителей"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B208B7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...48 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местный исполнительный орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов Астаны, Алматы и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов и городов областного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от гражданина(ки)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...59 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Проживающий (ая) по адресу,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
-            </w:r>
-[...78 lines deleted...]
-              <w:t>мекенжайы, телефоны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z2184" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...762 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z2185" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас установить опеку (или попечительство) над несовершеннолетним (и) ребенком-</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сиротой (детьми-сиротами), ребенком (детьми), оставшимся без попечения родителей:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указать Ф.И.О. (при его наличии) и индивидуальный идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               номер детей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. _____________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающим(и) по адресу: ______________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Против проведения обследования жилищно-бытовых условий не возражаю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ____________ 20__года подпись гражданина (ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Установление опеки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или попечительства над</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенком-сиротой (детьми-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сиротами) и ребенком (детьми),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшимся без попечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждаю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов Астаны, Алматы и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шымкент, районов и городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областного значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"__" ___________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дата, подпись, место печати</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2189" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            АКТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       обследования жилищно-бытовых условий лиц, желающих принять ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...231 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (детей) под опеку или попечительство</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z2190" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата проведения обследования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Обследование проведено</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), должность лица проводившего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обследование ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес и телефон органа, осуществляющего функции по опеке и попечительству:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Проводилось обследование условий жизни (Ф.И.О. (при его наличии), год</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рождения) ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий личность _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место жительства (по месту регистрации) ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место фактического проживания ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Образование ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место работы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии), год</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рождения) _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий личность _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место жительства (по месту регистрации) ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место фактического проживания ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Образование ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место работы ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Общая характеристика жилищно-бытовых условий</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Документ, подтверждающий право пользования жилищем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии ) собственника жилья ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Общая площадь ___________ (кв. м) жилая площадь _____________ (кв. м)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество жилых комнат _________ прописаны ______(постоянно, временно)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Благоустроенность жилья</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (благоустроенное, неблагоустроенное, с частичными удобствами)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Санитарно-гигиеническое состояние</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (хорошее, удовлетворительное, неудовлетворительное)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительные сведения о жилье ( наличие отдельного спального места для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка, подготовки уроков, отдыха, наличие мебели)_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Другие члены семьи, проживающие совместно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5398"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="3644"/>
+        <w:gridCol w:w="1246"/>
+        <w:gridCol w:w="767"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z2191" w:id="135"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="135"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место работы, должность или место учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Родственное отношение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2197" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о доходах семьи: общая сумма _______________________, в том числе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заработная плата, другие доходы ________________________________ (расписать).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Характеристика семьи (межличностные взаимоотношения в семье, личные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>качества, интересы, опыт общения с детьми, готовность всех членов семьи</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к приему детей)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Мотивы для приема ребенка на воспитание в семью</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Заключение (наличие условий для передачи ребенка (детей) под опеку или</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>попечительство)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________ _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (инициалы, фамилия)_______________(дата)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ознакомлены: ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф.И.О. (при его наличии), дата, подпись лиц, желающих принять</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         ребенка (детей) под опеку или попечительство)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z59" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2198" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z2199" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Выдача справок для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z2200" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z2201" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами, городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z2202" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z2203" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...330 lines deleted...]
-    <w:p w:rsidR="00B208B7" w:rsidRDefault="00BD55F6">
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z2204" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок оказания государственной услуги с момента сдачи пакета документов на портал – 3 (три) рабочих дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z2205" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z2206" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – справка для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренными в пункте 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z2207" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z2208" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z2209" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z2210" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z2211" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z2212" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление для распоряжения имуществом несовершеннолетних детей и оформления наследства несовершеннолетним детям по форме, согласно приложению 2 к настоящему стандарту государственной услуги, в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z2213" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия свидетельства о рождении ребенка, в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z2214" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) электронная копия доверенности от имени отсутствующего супруга(-и) либо согласие отдельно проживающего законного представителя ребенка (детей) (при совместной собственности), заверенная нотариусом на совершение оформления сделки, свидетельства о смерти (в случае смерти), справка о рождении (в случае рождения ребенка вне брака до 2008 года) по форме, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра юстиции Республики Казахстан "Об утверждении Правил организации государственной регистрации актов гражданского состояния, внесения изменений, восстановления, аннулирования записей актов гражданского состояния" от 25 февраля 2015 года № 112 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 10764);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z2215" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия свидетельства о праве на наследство по закону (от нотариуса) (в случае получение наследства по закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z2216" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электронные копии документов, подтверждающие наличие имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z2217" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), свидетельстве о заключении или расторжении брака (в случае заключения или расторжения брака после 2008 года), документы, подтверждающие наличие имущества, справка о рождении (в случае рождения ребенка вне брака после 2008 года), справки об опеке и попечительстве (для опекунов), услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z2218" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие услугодателю на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z2219" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z2220" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z2221" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z2222" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z2223" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 декабря 1994 года и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 марта 2012 года № 382 "Об утверждении Правил осуществления функций государства по опеке и попечительству";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z2224" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершение сделок по отчуждению, в том числе обмену или дарению жилища ребенка-сироты, ребенка, оставшегося без попечения родителей, не достигшего четырнадцатилетнего возраста, или заключение от их имени договора поручительства, сделок по сдаче жилища в безвозмездное пользование или в залог, сделок, влекущих отказ от принадлежащих им прав на наследство по закону, завещанию, раздел их жилища или выдел из него доли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z2225" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z2226" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z2227" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z2228" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z2229" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z2230" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z2231" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт- центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z2232" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z2233" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z2234" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z2235" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z2236" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z2237" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z2238" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z2239" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z2240" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z2241" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z2242" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z2243" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача справок для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>распоряжения имуществом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>несовершеннолетних детей и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оформления наследства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>несовершеннолетним детям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2246" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Справка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             для распоряжения имуществом несовершеннолетних детей и оформления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               наследства несовершеннолетним детям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z2247" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган городов Астаны, Алматы и Шымкент, районов и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>городов областного значения разрешает ______________ (Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителя), "___" ______________ _____ года рождения, удостоверение личности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ _____ от ______года, выдано __________, являющемуся(щейся) законному(-ым)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представителю(-ям) (родителям (родителю), опекуну или попечителю,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>патронатному воспитателю и другим заменяющим их лицам) несовершеннолетнего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________ (Ф.И.О. (при его наличии) ребенка, года рождения) распорядиться</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имуществом несовершеннолетнего(их) ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указать какая сделка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       предполагается имуществом несовершеннолетнего(их))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в целях ___________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа городов Астаны, Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения _____________________________ подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф.И.О.(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача справок для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>распоряжения имуществом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>несовершеннолетних детей и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оформления наследства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>несовершеннолетним детям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местный исполнительный орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов Астаны, Алматы и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов и городов областного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значения от гражданина(ки)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Проживающий (ая) по адресу,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2251" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             для распоряжения имуществом несовершеннолетних детей и оформления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         наследства несовершеннолетним детям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z2252" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вашего разрешения на осуществление сделки __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать вид сделки)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении имущества несовершеннолетнему(им) ребенку (детям):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указать Ф.И.О. (при его наличии) детей, год рождения, № свидетельства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       о рождении, дети старше 10 лет расписываются, пишут слово "согласны")</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" __________20__года _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (подпись заявителя(ей))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача справок органов, осуществляющих функции по опеке</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>или попечительству, для оформления сделок с имуществом,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>принадлежащим на праве собственности несовершеннолетним детям"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 исключено приказом Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 5 в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Предоставление бесплатного подвоза</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к общеобразовательным организациям и обратно домой детям,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проживающим в отдаленных сельских пунктах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 в редакции приказа Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3140" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z3141" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z3142" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z3143" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается акимом поселка, села, сельского округа (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z3144" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z3145" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z3146" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z3147" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z3148" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z3149" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю, в Государственную корпорацию – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z3150" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z3151" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя или Государственной корпорации – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z3152" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания у услугодателя – 30 минут, в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z3153" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z3154" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – справка о предоставлении бесплатного подвоза к общеобразовательной организации образования и обратно домой по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z3155" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z3156" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z3157" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z3158" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z3159" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z3160" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z3161" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием осуществляется в порядке "электронной" очереди, по месту регистрации услугополучателя, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z3162" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю и в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z3163" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z3164" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z3165" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия свидетельства о рождении ребенка (детей), в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z3166" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) справка с места учебы по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z3167" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года) работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z3168" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель и работник Государственной корпорации получает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z3169" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через услугодателя или Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z3170" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z3171" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z3172" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z3173" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z3174" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z3175" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 декабря 2007 года № 1256 "Об утверждении гарантированного государственного норматива сети организаций образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z3176" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z3177" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно приложению 4 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z3178" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z3179" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – акимат) по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z3180" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z3181" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z3182" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z3183" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z3184" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, акимата, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z3185" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z3186" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z3187" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z3188" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z3189" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z3190" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       13. Услугополучателям, имеющим установленным законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z3191" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z3192" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z3193" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z3194" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15.Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z3195" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя www.bala-kkk.kz. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Предоставление бесплатного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подвоза к общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациям и обратно домой </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">детям, проживающим в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3198" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           СПРАВКА </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             о предоставлении бесплатного подвоза к общеобразовательной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         организации образования и обратно домой</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дана _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (ФИО (при его наличии) обучающегося и воспитанника) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в том, что он (она) действительно будет обеспечен (-а) бесплатным  подвозом к </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеобразовательной организации образования №____________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (наименование школы) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и обратно домой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Справка действительна на период учебного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аким поселка, аула (села),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       аульного (сельского) округа Ф.И.О. (при его наличии)_________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3347"/>
+        <w:gridCol w:w="10733"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3347" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Предоставление бесплатного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подвоза к общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациям и обратно домой </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">детям, проживающим в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3347" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3347" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 Акиму поселка, аула (села), аульного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 (сельского) округа от _____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 _______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                       (Ф.И.О. (при его наличии) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                     индивидуальный идентификационный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                             номер заявителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                       Адрес проживания, телефон:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 _______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     Заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Прошу Вас обеспечить подвоз моего(их) несовершеннолетнего(их) ребенка (детей) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________________________________________________________________________,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О.(при его наличии) и индивидуальный идентификационный номер, дата рождения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       проживающего в ___________________________________________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                               (указать наименование населенного пункта, района)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и обучающегося в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             (указать № класса, полное наименование организации образования)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       к общеобразовательной организации образования и обратно домой  на 20 __ - 20__ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебный год (указать учебный год).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Законом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> РК "О персональных данных и их защите" тайну, содержащихся в информационных системах.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"__" _____________ 20 ___года                   ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           (подпись заявителя)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3347" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Предоставление бесплатного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подвоза к общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациям и обратно домой </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">детям, проживающим в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3347" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3204" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           СПРАВКА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        с места учебы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дана ___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии) обучающегося и воспитанника)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что он действительно обучается в _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в _____ классе ______ смены (период обучения с ___ до ____ часов) и нуждается в подвозе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Справка дана для предъявления по месту требования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы №____   Ф.И.О. (при его наличии)_______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)                         (инициалы и подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственной услуги </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Предоставление бесплатного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подвоза к общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациям и обратно домой </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">детям, проживающим в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3207" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           Расписка </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         об отказе в приеме документов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года "О государственных услугах", Государственная корпорация (указать адрес) отказывает </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в приеме документов на оказание государственной услуги ________________________ ввиду </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представления Вами неполного пакета документов согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)….</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________                   ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ФИО (работника Государственной корпорации) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исполнитель. Ф.И.О._____________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Телефон__________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Получил: Ф.И.О. / подпись услугополучателя </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "___" _________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2867" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Стандарт государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2868" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z2869" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z2870" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z2871" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z2872" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z2873" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z2874" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z2875" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z2876" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z2877" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z2878" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z2879" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z2880" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z2881" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным в пункте 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z2882" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z2883" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z2884" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z2885" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z2886" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z2887" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z2888" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z2889" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z2890" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z2891" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z2892" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z2893" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность родителя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z2894" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z2895" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия свидетельства о заключении или расторжении брака (в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z2896" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z2897" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории услугополучателей из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z2898" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z2899" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z2900" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z2901" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для иных категорий обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа управления организации образования о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально - бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z2902" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z2903" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов услугодатель выдает услугополучателю расписку о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z2904" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z2905" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z2906" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия свидетельства о рождении ребенка, в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z2907" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия свидетельства о заключении или расторжении брака, в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z2908" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z2909" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка подтверждающая принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z2910" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z2911" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей - сирот и детей, оставшихся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z2912" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z2913" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для иных категорий обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа управления организации образования о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально - бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z2914" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, рождение ребенка (в случае рождения ребенка после 13 августа 2007 года), заключение или расторжении брака (в случае заключения или расторжения брака после 2008 года), о регистрации в качестве безработного, о принадлежности услугополучателя (семьи) к получателям государственной адресной социальной помощи, справка об опеке и попечительстве (для опекунов) услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z2915" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z2916" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия, услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z2917" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z2918" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z2919" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z2920" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z2921" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z2922" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, городов республиканского значения, столицы (далее – акимат) по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z2923" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z2924" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z2925" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z2926" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z2927" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z2928" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, акимата, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z2929" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z2930" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z2931" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z2932" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z2933" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z2934" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z2935" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z2936" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z2937" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z2938" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2941" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            СПРАВКА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         о предоставлении бесплатного и льготного питания в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     общеобразовательной школе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z2942" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дана ___________________________ в том, что он/она включен(-а) в список (Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)) обучающихся и воспитанников, обеспечивающихся бесплатным</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата, подпись руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областей,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов Астаны, Алматы и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов и городов областного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2944" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа областей, городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматы и Шымкент, районов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов областного значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(________ района, _______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от гражданина (ки)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер заявителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживающего(-ей) по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживания, телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2948" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z2949" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и индивидуальный идентификационный номер, дата рождения), обучающегося в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать № школы, № и литер класса) в список обучающихся и воспитанников,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивающихся бесплатным и льготным питанием на (указать учебный год).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" __________20__года Подпись гражданина (-ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z138" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2335" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z2336" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z2337" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z2338" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z2339" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z2340" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z2341" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z2342" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z2343" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z2344" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов в Государственную корпорацию, а также при обращении на портал – 1 (один) рабочий день, при этом день приема документов не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z2345" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов в Государственной корпорации – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z2346" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания в Государственную корпорацию – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z2347" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z2348" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – решение о назначении пособия опекунам или попечителям на содержание ребенка-сироты (детей–сирот) и ребенка (детей), оставшегося без попечения родителей, по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z2349" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги - электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z2350" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z2351" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется услугополучателю в "личный кабинет" в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z2352" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее - услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z2353" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z2354" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z2355" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием осуществляется в порядке "электронной" очереди, по месту жительства несовершеннолетнего, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z2356" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z2357" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z2358" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z2359" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление опекуна или попечителя для назначения пособия по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z2360" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z2361" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия свидетельства о рождении ребенка (детей), в случае рождения ребенка (детей) до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z2362" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия документов, подтверждающие факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей), сведения об отце, записанного со слов матери;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z2363" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия договора об открытии лицевого счета на имя опекуна или попечителя в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан на осуществление отдельных видов банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z2364" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о доходах ребенка (детей) (документы, подтверждающие получение государственных социальных пособий и иных социальных выплат, алиментов, сведения об имеющихся доходах от имущества ребенка (детей).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z2365" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z2366" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z2367" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z2368" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия свидетельства о рождении ребенка (детей) в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z2369" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей), сведения об отце, записанного со слов матери;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z2370" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия договора об открытии лицевого счета на имя опекуна или попечителя в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан на осуществление отдельных видов банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z2371" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электронные копии документов о доходах ребенка (детей), подтверждающие получение государственных социальных пособий и иных социальных выплат, алиментов, сведения об имеющихся доходах от имущества ребенка (детей).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z2372" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале прием электронного запроса осуществляется в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z2373" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, свидетельстве о рождении ребенка (детей) (в случае рождения ребенка после 13 августа 2007 года), справки об опеке и попечительстве (для опекунов), документы, подтверждающие получение государственных социальных пособий и иных социальных выплат работник Государственной корпорации и услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z2374" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник Государственной корпорации получает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z2375" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z2376" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z2377" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z2378" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z2379" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z2380" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z2381" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нахождение ребенка (детей) на полном государственном обеспечении в учреждении для детей-сирот и детей, оставшихся без попечения родителей, в медико-социальных учреждениях стационарного типа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z2382" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) превышение суммы среднемесячных доходов ребенка (детей) среднемесячных расходов на содержание ребенка в учреждениях для детей-сирот и детей, оставшихся без попечения родителей, в соответствующей области, городе республиканского значения, столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z2383" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие возможности родителей лично осуществлять воспитание и содержание своего ребенка, но добровольно передавших его под опеку или попечительство другим лицам (находятся в длительных служебных командировках, проживают раздельно с детьми, но имеют условия для их содержания и воспитания);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z2384" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z2385" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 марта 2012 года № 383 "Об утверждении Правил назначения и размера выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z2386" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучательлишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z2387" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z2388" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z2389" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z2390" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z2391" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z2392" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z2393" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z2394" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z2395" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z2396" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, акимата или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z2397" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z2398" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z2399" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z2400" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z2401" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучателям, имеющим установленным законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z2402" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z2403" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z2404" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z2405" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z2406" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z2407" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z2408" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Назначение выплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пособия опекунам или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечителям на содержание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка-сироты (детей-сирот) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка (детей), оставшегося без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2411" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   о назначении пособия опекуну или попечителю на содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         попечения родителей № ___ от "__" _______ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z2412" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела _______</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата обращения __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ _____________ Дата выдачи _________________________ наименование органа,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдавшего свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) ребенка ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения ребенка ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение органа о назначении опекуном или попечителем _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата назначения "___" _________ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначенная сумма пособия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с ______ 20 __ года по _______ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сумме ____________________________________________________________тенге</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) ребенка ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пособие с ________________ по ___________ в сумме ________ тенге</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отказано в назначении пособия по причине: _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) руководителя местного исполнительного органа городов Астаны,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Назначение выплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пособия опекунам или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечителям на содержание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка-сироты(детей-сирот) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка (детей), оставшегося без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование органа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2416" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             опекуна или попечителя для назначения пособия на содержание ребенка-</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         сироты (детей-сирот) и ребенка (детей), оставшегося без</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z2417" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу назначить пособие на содержание ребенка (детей), оставшегося без</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (Ф.И.О. (при его наличии), дата рождения, ребенка (детей))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя _______ Отчество (при его наличии) _______ опекуна или попечителя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение органа о назначении опекуном или попечителем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ _________________________________от "__" ______ 20 __года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид документа, удостоверяющего личность опекуна или попечителя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Серия _______ номер ______ кем выдано ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ лицевого счета ______________ Наименование банка _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае возникновения изменений в личных данных обязуюсь в течение 15</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих дней сообщить о них.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предупрежден(а) об ответственности за предоставление недостоверных сведений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и поддельных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен (-а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" _____________ 20 ___года ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Назначение выплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пособия опекунам или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечителям на содержание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка-сироты(детей-сирот) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка (детей), оставшегося без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживания услугополучателя)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2422" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z2423" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь пунктом 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года "О государственных услугах", отдел № __________ филиала некоммерческого</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>акционерного общество "Государственная корпорация "Правительство для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>граждан" _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать адрес)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование государственной услуги)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов (недостоверных данных)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(работника Государственной корпорации) __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О.(при его наличии) исполнителя ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил Ф.И.О.(при его наличии) __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" _________ 20__ года      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z160" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2424" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z2425" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z2426" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z2427" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z2428" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал"электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z2429" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z2430" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок оказания государственной услуги с момента сдачи пакета документов на портал – 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z2431" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z2432" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – уведомление о заключении договора о передаче ребенка (детей) на патронатное воспитание согласно приложению 1 к настоящему стандарту государственной услуги и решение о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) по форме, согласно приложению 2 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z2433" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z2434" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z2435" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z2436" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z2437" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z2438" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление о желании стать патронатным воспитателем и назначении денежных средств по форме, согласно приложению 3 к настоящему стандарту государственной услуги, в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z2439" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия нотариально заверенного согласия супруга(-и), в случае если услугополучатель состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z2440" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия свидетельства о заключении брака, если состоит в браке, в случае заключения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z2441" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия документов, подтверждающие право пользования жилищем услугополучателя и (или) супруга(-и) (в случае отсутствия права собственности на жилье);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z2442" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) электронная копия справки о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с перечнем, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 12127), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z2443" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электронная копия сведений об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z2444" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электронная копия справки об обучении ребенка (детей) в организации образования (для детей школьного возраста).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z2445" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставление документа, указанного в подпункте 7) перечня, предоставляемого на портал, не требуется, в случае проживания ребенка (детей) в организациях для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z2446" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, справки о наличии либо отсутствии судимости услугополучателя и супруга(-и), если состоит в браке, свидетельство о заключении брака (в случае заключения брака после 2008 года), документы, подтверждающие право собственности на жилище услугополучателя и (или) супруга(-и), если состоит в браке, сведения об образовании, справки об обучении ребенка (детей) в организации образования (для детей школьного возраста) услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z2447" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие услугодателю на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z2448" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z2449" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z2450" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Основаниями для отказа в оказании государственной услуги являются:      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z2451" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несовершеннолетие услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z2452" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признание судом услугополучателя недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z2453" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лишение услугополучателя судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z2454" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отстранение от выполнения обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z2455" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z2456" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличие у услугополучателя заболеваний, препятствующих осуществлению обязанности опекуна или попечителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z2457" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отсутствие у услугополучателя постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z2458" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 13) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z2459" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отсутствие гражданства у услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z2460" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z2461" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отсутствие у услугополучателя на момент установления опеки или попечительства дохода, обеспечивающего подопечному прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z2462" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) состояние услугополучателя на учетах в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z2463" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z2464" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z2465" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) несоответствие услугополучателя требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 марта 2012 года № 381 "Об утверждении Правил осуществления выплаты и размера денежных средств, выделяемых на содержание ребенка (детей), переданного патронатным воспитателям".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z2466" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z2467" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z2468" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z2469" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z2470" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z2471" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z2472" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z2473" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z2474" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z2475" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц предоставляется по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z2476" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z2477" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z2478" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z2479" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z2480" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z2481" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14.Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z2482" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z2483" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Услугополучатель получает государственную услугу в электронной форме через портал при условий наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) на патронатное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитание и назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание ребенка (детей),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переданного патронатным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитателям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Местный исполнительный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны, Алматы и Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и городов областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2487" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Уведомление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       о заключении договора о передаче ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z2488" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________ (Ф.И.О. (при его наличии), ИИН услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________(дата рождения услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для заключения договора о передаче ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вам необходимо обратиться в ______________________ (местный исполнительный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган городов Астаны, Алматы и Шымкент, районов и городов областного значения),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>находящийся по адресу___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(адрес местного исполнительного органа городов Астаны, Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление удостоверено ЭЦП ответственного лица:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, Ф.И.О. (при его наличии) ответственного лица).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) на патронатное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитание и назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание ребенка (детей),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переданного патронатным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитателям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2491" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             о назначении денежных средств, выделяемых патронатным воспитателям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     на содержание ребенка (детей)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z2492" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ___ от "___" ____ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z2493" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданин (ка) ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата обращения _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ _____________ Дата выдачи _____________________________наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа, выдавшего свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) ребенка ____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения ребенка ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договор о передаче ребенка на патронатное воспитание _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заключения _______ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначенная сумма денежных средств</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с ______ 20 __ года по _______ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сумме ___________________________________________________________ тенге</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначенная сумма денежных средств в связи с изменением месячного расчетного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателя:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денежные средства с _____________________ по _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сумме __________________________________________________________ тенге</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отказано в назначении денежных средств по причине:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа городов Астаны, Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (подпись) (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) на патронатное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитание и назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание ребенка (детей),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переданного патронатным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитателям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование органа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2497" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       о желании стать патронатным воспитателем и назначений денежных средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z2498" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Просим Вас передать на патронатное воспитание детей и назначить денежные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>средства на их содержание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. _________________________ указать Ф.И.О. (при его наличии) и индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идентификационный номер детей </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. _________________________ указать Ф.И.О. (при его наличии) и индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. _________________________ указать Ф.И.О. (при его наличии) и индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. _________________________ указать Ф.И.О. (при его наличии) и индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер детей, проживающим (и) (наименование организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования):_____________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Против проведения обследования жилищно-бытовых условий не возражаю(ем).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае переезда обязуюсь в течение 10 (десять) календарных дней сообщить</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о перемене места жительства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предупрежден(а) об ответственности за предоставление недостоверных сведений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и поддельных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____________ 20 ___года ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z186" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Постановка на учет лиц, желающих усыновить детей"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1993" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z1994" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Постановка на учет лиц, желающих усыновить детей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z1995" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z1996" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z1997" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z1998" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z1999" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок оказания государственной услуги с момента сдачи пакета документов на портал – 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z2000" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z2001" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – уведомление о готовности заключения возможности (невозможности) быть кандидатом(ами) в усыновители по форме согласно приложению к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z2002" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z2003" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z2004" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z2005" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z2006" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z2007" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление о желании усыновить детей в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z2008" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия письменного согласия близких родственников на усыновление ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z2009" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия справки о размере совокупного дохода (справка о заработной плате с места работы, о доходах от занятия предпринимательской деятельностью и иных доходах услугополучателя и супруга(-и), если состоит в браке);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z2010" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия справки о семейном положении (копия свидетельства о заключении (расторжении) брака (супружестве) в случае заключения (расторжения) брака до 2008 года, копии свидетельств о рождении детей в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (при наличии детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z2011" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) электронная копия справки о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с перечнем, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 12127), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z2012" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электронная копия документа, подтверждающего право пользования жилищем услугополучателя и (или) супруга(-и) (в случае отсутствия права собственности на жилье);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z2013" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя и супруга(-и), если состоит в браке, подтверждающие право собственности на жилище услугополучателя и (или) супруга(-и), справки о наличии либо отсутствии судимости услугополучателя и супруга(-и), если состоит в браке, свидетельство о заключении брака (в случае заключения брака после 2008 года), свидетельство о рождении детей в случае рождения ребенка до 13 августа 2007 года услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z2014" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z2015" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z2016" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z2017" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z2018" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несовершеннолетие услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z2019" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признание услугополучателя судом недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z2020" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) признание судом одного из супругов недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z2021" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лишение услугополучателя судом родительских прав или ограничение судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z2022" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отстранение услугополучателя от обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z2023" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z2024" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) наличие у услугополучателя заболеваний, препятствующих осуществлению родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z2025" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) отсутствие у услугополучателя постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z2026" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) нетрадиционная сексуальная ориентация у услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z2027" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 15) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z2028" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отсутствие гражданства у услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z2029" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z2030" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) отсутствие у услугополучателя на момент усыновления дохода, обеспечивающего усыновляемому ребенку прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z2031" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) состояние услугополучателя на учете в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z2032" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z2033" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z2034" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z2035" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z2036" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z2037" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z2038" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z2039" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z2040" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z2041" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z2042" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z2043" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц получает по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z2044" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z2045" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z2046" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z2047" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z2048" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z2049" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z2050" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z2051" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Услугополучатель получает государственную услугу в электронной форме через портал при условий наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Постановка на учет лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>желающих усыновить детей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Местный исполнительный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны, Алматы и Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2056" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          Уведомление о получении заключения о возможности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (невозможности) быть кандидатом(ами) в усыновители</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z2057" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________ (Ф.И.О. (при его наличии), ИИН услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________ (дата рождения услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для получения заключения о возможности (невозможности) граждан быть</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кандидатами в усыновители Вам необходимо обратиться в ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________ (местный исполнительный орган городов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Астаны, Алматы и Шымкент, районов и городов областного значения), находящийся</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по адресу ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (адрес местного исполнительного органа городов Астаны,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Алматы и Шымкент, районов и городов областного значения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление удостоверено ЭЦП ответственного лица:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, Ф.И.О. (при его наличии) ответственного лица).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z206" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Назначение выплаты денежных средств на содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ребенка (детей), переданного патронатным воспитателям"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 9 исключено приказом Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 11 в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Аккредитация агентства по усыновлению"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z251" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Аккредитация агентства по усыновлению" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z252" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z253" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственная услуга </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитетом по охране прав детей Министерства (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" www.egov.kz, веб-портал "Е-лицензирование": www.elicense.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z255" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю, а также при обращении на портал – тридцать календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и/или бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z257" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Результат оказания государственной услуги – решение об аккредитации агентства по усыновлению либо отказ в аккредитации агентства по усыновлению по основаниям, предусмотренным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим и юридическим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z259" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z137" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z140" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нотариально заверенные копии учредительных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z141" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия документа, выданного компетентным органом государства местонахождения агентства по усыновлению (далее – агентство), подтверждающего его полномочия на осуществление деятельности в соответствующей сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z142" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рекомендательное письмо компетентного органа государства, выдавшего документ, подтверждающий полномочия агентства, или осуществляющего контроль за деятельностью агентства о возможности осуществления соответствующей деятельности на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z143" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перечень услуг, предоставляемых агентством кандидатам в усыновители;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z144" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обязательство по осуществлению контроля за условиями жизни и воспитания усыновленных детей и предоставлению соответствующих отчетов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2011 года "О браке (супружестве) и семье";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z145" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обязательство по осуществлению контроля за постановкой на учет в консульском учреждении Республики Казахстан усыновленного ребенка по прибытию усыновителей в государство своего проживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z146" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) нотариально удостоверенная доверенность, выданная агентством услугополучателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z147" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обязательство компетентного органа государства местонахождения агентства о назначении органа или организации, которая будет представлять отчеты и информацию об условиях жизни и воспитания усыновленных детей в установленном порядке в случае прекращения деятельности агентства на территории государства местонахождения агентства или на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z148" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обязательство компетентного органа государства местонахождения агентства об информировании в течение двадцати четырех часов уполномоченного органа в области защиты прав детей Республики Казахстан с момента установления факта смерти, жестокого обращения с ребенком, в том числе осуществления физического или психического насилия над ребенком, а также покушения на половую неприкосновенность ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z149" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обязательство компетентного органа государства местонахождения агентства об уведомлении уполномоченного органа в области защиты прав детей Республики Казахстан об изменениях в учредительных документах агентства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z150" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z151" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрос в форме электронного документа, подписанный ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z152" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия нотариально засвидетельствованных копий учредительных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z153" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия документа, выданного компетентным органом государства местонахождения агентства по усыновлению (далее – агентство), подтверждающего его полномочия на осуществление деятельности в соответствующей сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z154" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронная копия рекомендательного письма компетентного органа государства, выдавшего документ, подтверждающий полномочия агентства, или осуществляющего контроль за деятельностью агентства о возможности осуществления соответствующей деятельности на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z155" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электронная копия перечня услуг, предоставляемых агентством кандидатам в усыновлении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z156" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) электронная копия обязательства по осуществлению контроля за условиями жизни и воспитания усыновленных детей и предоставлению соответствующих отчетов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О браке (супружестве) и семье" от 26 декабря 2011 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z157" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электронная копия обязательства по осуществлению контроля за постановкой на учет в консульском учреждении Республики Казахстан усыновленного ребенка по прибытию усыновителей в государство своего проживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z158" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) электронная копия нотариально удостоверенной доверенности, выданной агентством услугополучателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z159" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электронная копия обязательства компетентного органа государства местонахождения агентства о назначении органа или организации, которая будет представлять отчеты и информацию об условиях жизни и воспитания усыновленных детей в установленном порядке в случае прекращения деятельности агентства на территории государства местонахождения агентства или на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z160" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) электронная копия обязательства компетентного органа государства местонахождения агентства об информировании в течение двадцати четырех часов уполномоченного органа в области защиты прав детей Республики Казахстан с момента установления факта смерти, жестокого обращения с ребенком, в том числе осуществления физического или психического насилия над ребенком, а также покушения на половую неприкосновенность ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z161" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) электронная копия обязательства компетентного органа государства местонахождения агентства об уведомлении уполномоченного органа в области защиты прав детей Республики Казахстан об изменениях в учредительных документах агентства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z162" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале прием электронного запроса осуществляется в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z163" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все предоставленные документы легализуются в порядке, предусмотренном законодательством Республики Казахстан и международными договорами, участницей которых является Республика Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z164" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, выданные за пределами Республики Казахстан, предоставляются на государственном языке соответствующего иностранного государства, а также подлежат переводу на казахский и русский языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z165" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица о государственной регистрации в качестве индивидуального предпринимателя услугополучателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z166" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения на портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 в редакции приказа Министра образования и науки РК от 24.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основания для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z169" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствие представленных документов требованиям, установленным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z170" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представление недостоверных сведений о своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z171" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие негативной информации о деятельности агентства или его филиалов и (или) представительств, поступившей от компетентных органов иностранного государства, а также государственных органов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z172" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неблагоприятная социально-экономическая, политическая, экологическая ситуации, осуществление военных действий в государстве местонахождения агентства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z173" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нарушение работниками филиала и (или) представительства агентства законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z174" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) нарушение агентством своих обязательств по осуществлению контроля за условиями жизни и воспитания усыновленных детей и предоставлению в установленном порядке соответствующих отчетов и информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z175" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) нарушение агентством своих обязательств по осуществлению контроля за постановкой на учет усыновленного ребенка в установленном порядке в консульском учреждении Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z176" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) прекращение деятельности агентства на территории своего государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) превышение установленного количества аккредитованных агентств на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 в редакции приказа Министра образования и науки РК от 24.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя и (или) его должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z263" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя Министерства по адресам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе юридического лица указывается его наименование, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или Министерства с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, Министерства подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя или Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц, Министерства можно получить по телефону Единого контакт-центра по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z265" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z266" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок Главы 4 в редакции приказа Министра образования и науки РК от 24.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Исключен приказом Министра образования и науки РК от 24.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z267" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z183" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z184" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет ресурсе услугодателя: www.bala-kkk.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) портале: egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 24.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z268" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z269" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z270" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя www.bala-kkk.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Аккредитация агентства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по усыновлению"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председателю</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             Комитета по охране прав детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             Министерства образования и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                               (Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             от доверенного лица агентства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по усыновлению ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             (название агентства, Ф.И.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             (при его наличии) полностью,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             без сокращений, с указанием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контактных телефонов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас рассмотреть представленные документы на предмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      возможности аккредитации агентства по усыновлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ (указать наименование агентства и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      государство местонахождения) для осуществления деятельности по</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      усыновлению на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен(а) на использования сведений, составляющих охраняемую</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _______20__года           ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подпись доверенного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 12 в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Продление срока аккредитации агентства по усыновлению"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 17.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственная услуга "Продление срока аккредитации агентства по усыновлению" (далее – государственная услуга). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается Комитетом по охране прав детей Министерства (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Сроки оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов в Государственную корпорацию – 15 (пятнадцать) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) максимально допустимое время ожидания для сдачи документов в Государственную корпорацию – 15 минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Результат оказания государственной услуги – мотивированное решение о продлении срока аккредитации агентства по усыновлению либо об отказе в продлении срока аккредитации агентства по усыновлению, в случаях и по основаниям, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z34" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Государственная услуга оказывается физическим и юридическим лицам (далее – услугополучатель) бесплатно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9-00 до 20-00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Прием документов осуществляется в порядке "электронной" очереди, по выбору услугополучателем отдела Государственной корпорации, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством веб-портала "электронного правительства" (далее – портал). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Перечень документов, необходимых для оказания государственной услуги при предоставлении документов удостоверяющие личность (для идентификации услугополучателя): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление услугополучателя по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нотариально удостоверенная копия доверенности, выданная агентством по усыновлению доверенному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, удостоверяющих личность услугополучателя, работник Государственной корпорации и услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Выдача готовых документов через Государственную корпорацию осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально удостоверенной доверенности). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении 1 месяца, по запросу Государственной корпорации услугодатель в течение 1 рабочего дня направляет готовый результат оказания государственной услуги в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основанием для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z48" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) несоблюдение норм </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2011 года "О браке (супружестве) и семье";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z49" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 2 к настоящему стандарту государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z53" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц, Государственной корпорацией и (или) его работников по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z54" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственной услуги: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z55" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба направляется в письменной форме по почте, через портал, либо нарочно через канцелярию услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z56" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В жалобе физического и юридического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в канцелярии услугодателя, Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогуполучателю по почте, посредством портала либо выдается нарочно в канцелярии услугодателя или Государственной корпорации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействий) услугодателя и (или) его должностных лиц можно получить по телефону Единого контакт-центра по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучателям, имеющих нарушение здоровья, со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет ресурсе услугодателя: www.bala-kkk.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) интернет-ресурсе Государственной корпорации: www.goscorp.kz; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) портале: egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги посредством Единого контакт-центра по вопросам оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z74" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя. Единый контакт-центр по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="5260"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту государственной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">услуги "Продление срока </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аккредитации агентства по </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>усыновлению"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитета по охране прав детей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от доверенного лица агентства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по усыновлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование агентства, фамилия, имя,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отчество (при его наличии) полностью, без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сокращений, с указанием контактных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефонов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Прошу Вас рассмотреть вопрос о продлении срока аккредитации агентства по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>усыновлению ______________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование агентства и государства его местонахождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Согласен на использования сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержащихся в информационных системах </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___"_______ 20__ г. _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись доверенного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту государственной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">услуги "Продление срока </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аккредитации агентства по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>усыновлению"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           Расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+             Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года "О государственных услугах", отдел №__ филиала Некоммерческого акционерного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общества "Государственная корпорация "Правительства для граждан" (указать адрес)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги "Продление срока</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аккредитации агентства по усыновлению" ввиду представления Вами неполного пакета</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов согласно перечню, предусмотренному стандартом государственной услуги, а</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z88" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z89" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             3) ….</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z90" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+             Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z91" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________       ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)            (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работника Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z92" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z93" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z94" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получил: __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             подпись услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" _________ 20__ г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z293" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2552" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z2553" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z2554" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z2555" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z2556" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z2557" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z2558" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок оказания государственной услуги с момента сдачи пакета документов на портал – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z2559" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – электронная (частично автоматизированная).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z2560" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – решение о назначении единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей по форме, согласно приложение 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z2561" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z2562" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z2563" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z2564" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z2565" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z2566" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление согласно приложение 2 к настоящему стандарту государственной услуги в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z2567" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия решения суда об усыновлении ребенка, вступившего в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z2568" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная копия договора об открытии лицевого счета на имя одного из усыновителей в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z2569" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, договор об открытии лицевого счета на имя одного из усыновителей в банке второго уровня или в организации, имеющей лицензию Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z2570" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие услугодателю на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z2571" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z2572" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z2573" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z2574" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отмена усыновления по решению суда, вступившему в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z2575" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признание усыновления недействительным по решению суда, вступившему в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z2576" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z2577" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) несоответствие услугополучателя требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 10 июля 2014 года № 787 "Об утверждении Правил назначения, возврата и размера единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z2578" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z2579" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z2580" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z2581" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z2582" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z2583" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z2584" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z2585" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z2586" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги, услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z2587" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z2588" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц предоставляется по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z2589" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z2590" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z2591" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z2592" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет - ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z2593" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) портале: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z2594" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z2595" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт- центра1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z2596" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>единовременной денежной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты в связи с усыновлением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка-сироты и (или) ребенка,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшегося без попечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2599" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             о назначении единовременной денежной выплаты в связи с усыновлением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ребенка-сироты и (или) ребенка, оставшегося без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     № ___ от "___" ____ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z2600" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата обращения __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) усыновленного ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения усыновленного ребенка ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Свидетельство о рождении усыновленного ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ________________ Дата выдачи _____________________ наименование органа,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдавшего свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение суда об усыновлении "___" ____________ 20__года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначенная сумма единовременной денежной выплаты в связи с усыновлением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка составляет ________________________________________________ тенге</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Отказано в назначении единовременной денежной выплаты по причине:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа городов Астаны, Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись) (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>единовременной денежной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты в связи с усыновлением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка-сироты и (или) ребенка,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшегося без попечения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителей"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование органа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2604" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z2605" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу назначить единовременную денежную выплату в связи с усыновлением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Фамилия, имя, отчество (при его наличии), дата рождения, ребенка (детей))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (усыновителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя ____________________ Отчество (при наличии) ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование суда ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение суда № ________ от "____" _____________20 __года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид документа, удостоверяющего личность усыновителя _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Серия _______ номер ______ кем выдано ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ лицевого счета ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование банка _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Предупрежден(а) об ответственности за предоставление недостоверных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сведений и поддельных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____________ 20 ___ года             Подпись заявителя ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z314" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2606" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z2607" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Прием документов и выдача направлений на предоставление отдыха детям в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z2608" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z2609" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны, Алматы и Шымкент, районов и городов, организациями образования (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z2610" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z2611" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z2612" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z2613" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z2614" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z2615" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю, в Государственную корпорацию – 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z2616" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z2617" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя или Государственной корпорации – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z2618" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания услугополучателя у услугодателя – 30 минут, в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z2619" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z2620" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – направление (путевка) в загородные и пришкольные лагеря либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z2621" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z2622" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z2623" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z2624" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z2625" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z2626" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z2627" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием осуществляется в порядке "электронной" очереди, по месту регистрации услугополучателя, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z2628" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю и в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z2629" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление услугополучателя по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z2630" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия документа, удостоверяющего личность услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z2631" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z2632" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 079/у в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z2633" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z2634" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи, предоставляемой местными исполнительными органами, для категории, имеющей право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z2635" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах услугополучателей (семьи) (заработная плата, доходы от предпринимательской и других видов деятельности родителей или лиц их заменяющих, доходы в виде алиментов на детей и других иждивенцев) из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z2636" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей – сирот и детей, оставшихся без попечения родителей, проживающим в семьях - решение уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, в приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z2637" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций - документ, подтверждающий необходимость экстренной помощи в результате чрезвычайной ситуации, предоставляемая местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z2638" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для иных категорий обучающихся и воспитанников, определяемых коллегиальным органом организации образования (в том числе, для детей – инвалидов, с ограниченными возможностями в развитии, детей из экологически неблагоприятных районов) - решение коллегиального органа организации образования о выдаче бесплатных направлений на предоставление отдыха загородные и пришкольные лагеря на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z2639" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), свидетельстве о заключении брака (в случае заключение брака после 2008 года) работник Государственной корпорации и услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z2640" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель или Работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z2641" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z2642" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z2643" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z2644" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z2645" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z2646" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z2647" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z2648" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z2649" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z2650" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z2651" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z2652" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z2653" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z2654" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z2655" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z2656" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, акимата или Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата или Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z2657" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z2658" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z2659" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z2660" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z2661" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z2662" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучателям, имеющим установленным законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z2663" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z2664" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z2665" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z2666" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz. Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выдача направлений на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставление отдыха детям в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>загородных и пришкольных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лагерях отдельным категориям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа областей, городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алматы и Шымкент, районов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов областного значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(________ района, _______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя) от гражданина</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ки)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заявителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживающего (-ей) по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживания, телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2670" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z2671" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас включить моего несовершеннолетнего ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии) и индивидуальный идентификационный номер,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       дата рождения), обучающегося в (указать № школы, № и литер класса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в список обучающихся и воспитанников, обеспечивающихся путевкой в загородные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и пришкольные лагеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___"__________20__года             Подпись гражданина(ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выдача направлений на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставление отдыха детям в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>загородных и пришкольных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лагерях отдельным категориям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2674" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z2675" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала Некоммерческого акционерного общества "Государственная корпорация "Правительства для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги ___________________ ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z2676" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) ….</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в двух экземплярах, по одному для каждой</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________ ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)        (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работника Государственной корпорации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель: ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон: __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил: __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             подпись услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z372" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 15 в соответствии с приказом Министра образования и науки РК от 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 285</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2677" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z2678" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z2679" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z2680" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z2681" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z2682" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) канцелярию услугодателя;      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z2683" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z2684" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z2685" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z2686" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю, в Государственную корпорацию - 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z2687" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z2688" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя или Государственной корпорации - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z2689" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания у услугодателя – 30 минут, в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z2690" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z2691" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – разрешение органа опеки и попечительства на свидания с ребенком родителям, лишенным родительских прав, не оказывающие на ребенка негативного влияния согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z2692" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z2693" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z2694" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z2695" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя с 09.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z2696" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z2697" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z2698" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием осуществляется в порядке "электронной" очереди, по месту регистрации услугополучателя, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z2699" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю и в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z2700" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление услугополучателя по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z2701" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z2702" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия решения суда о лишении родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z2703" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) характеристика органов внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z2704" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя работник Государственной корпорации и услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z2705" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель и работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z2706" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z2707" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z2708" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца, по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z2709" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, и (или) документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления и выдает расписку по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z2710" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги является установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z2711" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц, по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z2712" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – акимат) по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z2713" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z2714" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z2715" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z2716" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z2717" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в Государственной корпорации, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z2718" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z2719" w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z2720" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z2721" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц предоставляет по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z2722" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z2723" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z2724" w:id="783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучателям, имеющим установленным законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов, для оказания государственной услуги, производиться работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z2725" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z2726" w:id="785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z2727" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z2728" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z2729" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="788"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача разрешения на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свидания с ребенком родителям,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лишенным родительских прав,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не оказывающие на ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негативного влияния"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес проживания услугополучателя)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2733" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Разрешение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на свидания с ребенком (детьми) родителям, лишенным родительских</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   прав, не оказывающие на ребенка негативного влияния</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z2734" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование местного исполнительного органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дает разрешение на свидания в период с ______________по ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с ребенком (детьми) ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии) ребенка (детей), дата рождения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               находящегося (-ихся)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (под опекой, попечительством, на патронатном воспитании,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в приемной семье, организации образования для детей-сирот и детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   оставшихся без попечения родителей).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___"_______ 20__ г.             ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись )</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="790"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача разрешения на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свидания с ребенком родителям,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лишенным родительских прав,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не оказывающие на ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негативного влияния"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>его наличии), без сокращений,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с указанием места проживания,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН, контактных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефонов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2738" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z2739" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выдать разрешение на свидания в период с ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по _______________________ с ребенком (детьми) ___________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) ребенка (детей) находящегося (-ихся)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (под опекой, попечительством, на патронатном воспитании, в приемной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             семье, организации образования для детей-сирот и детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   оставшихся без попечения родителей)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z2740" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" _____________ 20 ___года             ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="793"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача разрешения на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свидания с ребенком родителям,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лишенным родительских прав,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не оказывающие на ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негативного влияния"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2743" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z2744" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 15 апреля 2013 года "О государственных услугах", отдел №__________ филиала</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Некоммерческого акционерного общества "Государственная корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Правительства для граждан" (указать адрес) отказывает в приеме документов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на оказание государственной услуги ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предусмотренному стандартом государственной услуги, а именно: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z2745" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z2746" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z2747" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z2748" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ….</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z2749" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________             __________________________ Фамилия, имя, отчество (при его наличии)                   (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работника Государственной корпорации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель: _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон: __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил: ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   подпись услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 14</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3023" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Стандарт государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 16 в соответствии с приказом Министра образования и науки РК от 25.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3024" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z3025" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z3026" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z3027" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z3028" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z3029" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z3030" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z3031" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов услугодателю – 10 (десять) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z3032" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z3033" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z3034" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z3035" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги - договор о передаче ребенка (детей) на воспитание в приемную семью по форме согласно приложению 1 к настоящему стандарту государственной услуги и решение о назначении выплаты денежных средств на их содержание по форме согласно приложению 2 к настоящему стандарту государственной услуги, либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z3036" w:id="814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z3037" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z3038" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z3039" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z3040" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении к услугополучателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z3041" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 3 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z3042" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копии документов, удостоверяющих личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z3043" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию свидетельства о заключении брака, если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z3044" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) справки о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающие отсутствие заболеваний в соответствии с перечнем, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 692 "Об утверждении перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 12127), а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм первичной медицинской документации организаций здравоохранения" от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z3045" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копии справок о наличии либо отсутствии судимости услугополучателя и супруга(-и), если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z3046" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) документы, подтверждающие право собственности на жилище или право пользования жилищем (договор аренды) услугополучателя и (или) супруга(-и), если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z3047" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) копию договора об открытии текущего счета в банке второго уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z3048" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z3049" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z3050" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несовершеннолетие услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z3051" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признание судом услугополучателя недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z3052" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лишение услугополучателя судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z3053" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отстранение от выполнения обязанностей опекуна или попечителя за ненадлежащее выполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z3054" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) решение суда об отмене усыновления по вине бывших усыновителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z3055" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличие у услугополучателя заболеваний, препятствующих осуществлению обязанности опекуна или попечителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z3056" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отсутствие у услугополучателя постоянного места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z3057" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) наличие непогашенной или неснятой судимости за совершение умышленного преступления на момент установления опеки (попечительства), а также лиц, указанных в подпункте 13) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z3058" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отсутствие гражданства у услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z3059" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обращение лица мужского пола, не состоящего в зарегистрированном браке (супружестве), за исключением случаев фактического воспитания ребенка не менее трех лет в связи со смертью матери или лишением ее родительских прав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z3060" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отсутствие у услугополучателя на момент установления опеки или попечительства дохода, обеспечивающего подопечному прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z3061" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) состояние услугополучателя на учетах в наркологическом или психоневрологическом диспансерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z3062" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) наличие имеющейся или имевшейся судимости, подвергающийся или подвергавшийся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан от 4 июля 2014 года) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z3063" w:id="841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов городов Астаны, Алматы и Шымкент, районов и городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z3064" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – акимат) по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z3065" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z3066" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z3067" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z3068" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z3069" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z3070" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z3071" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц предоставляет по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z3072" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z3073" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z3074" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z3075" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единогоконтакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z3076" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz. Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) в приемную семью и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>назначение денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>их содержание"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3079" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      ДОГОВОР</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             о передаче ребенка (детей) на воспитание в приемную семью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z3080" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город/район             № _____             "___" _______ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z3081" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган, осуществляющий функции по опеке или попечительству</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действующий на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 132-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О браке</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(супружестве) и семье", в лице ____________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность и Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               уполномоченного должностного лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование организации образования для детей-сирот</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   и детей, оставшихся без попечения родителей)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (должность и Ф.И.О. (при его наличии) уполномоченного должностного лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и приемные родители _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Ф.И.О. (при его наличии), номер документа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z3082" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      удостоверяющий личность, когда и кем выдан и адрес проживания)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключили настоящий Договор о нижеследующем</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z3083" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Предмет договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z3084" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орган, осуществляющий функции по опеке или попечительству, передает из организации образования для детей-сирот и детей, оставшихся без попечения родителей на воспитание в приемную семью ребенка _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z3085" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (при его наличии), дата рождения, номер свидетельства о рождении</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       или документа удостоверяющий личность, кем и когда выдано)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z3086" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Права и обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z3087" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орган, осуществляющий функции по опеке или попечительству, обязуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z3088" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять контроль за расходованием средств, выделенных на содержание детей, а также по управлению их имуществом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z3089" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендовать формы и методы обучения и воспитания, оказывать помощь в реализации прав и законных интересов приемных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z3090" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ежемесячно, не позднее 15-го числа каждого месяца, перечислять на банковские счета приемных родителей денежные средства на содержание ребенка, исходя из установленных норм, предусмотренных законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z3091" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассматривать споры и определять порядок общения приемного ребенка (детей) с близкими родственниками исходя из интересов ребенка (детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z3092" w:id="868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при обнаружении ненадлежащего исполнения приемными родителями обязанностей по охране имущества приемных детей и управлению их имуществом (порча, ненадлежащее хранение имущества, расходование имущества не по назначению, совершение действий, повлекших за собой уменьшение стоимости имущества приемных детей) орган опеки и попечительства обязан составить об этом акт и предъявить требование к приемным родителям о возмещении убытков, причиненных приемным детям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z3093" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орган, осуществляющий функции по опеке или попечительству, имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z3094" w:id="870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрашивать у приемных родителей информацию, необходимую для осуществления органом прав и обязанностей по настоящему Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z3095" w:id="871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязать приемных родителей устранить нарушенные права и законные интересы приемных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z3096" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отстранить приемных родителей от исполнения возложенных на них обязанностей в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z3097" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ненадлежащего исполнения возложенных на них обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z3098" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - нарушения прав и законных интересов приемных детей, в том числе при осуществлении приемными родителями действий в корыстных целях либо при оставлении приемных детей без надзора и необходимой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z3099" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Организации образования для детей-сирот и детей, оставшихся без попечения родителей обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z3100" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставлять приемным родителям сведения о ребенке согласно перечню установленному Положением о приемной семье;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z3101" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) оказывать психолого-педагогическое сопровождение приемной семьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z3102" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Организации образования для детей-сирот и детей, оставшихся без попечения родителей имеют право посещать приемную семью не реже 1 раза в шесть месяцев, с целью контроля за условиями содержания, воспитания и обучения ребенка. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z3103" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Приемные родители обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z3104" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) воспитывать приемных детей, заботиться об их здоровье, нравственном и физическом развитии, создавать необходимые условия для получения образования и подготовки к самостоятельной жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z3105" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать и защищать права и законные интересы приемных детей, в т.ч в постановке на учет на получение жилья по месту жительства приемной семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z3106" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совместно проживать с приемными детьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z3107" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивать сохранность переданных приемным родителям документов на ребенка, денежных средств и другого имущества, принадлежащего ребенку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z3108" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) извещать орган, осуществляющий функции по опеке или попечительству, о возникновении неблагоприятных условий для содержания, воспитания и образования ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z3109" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) письменно извещать орган опеки и попечительства о перемене места жительства согласно требованиям Положения о приемной семье.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z3110" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представлять не реже одного раза в шесть месяцев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z3111" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в организацию образования для детей-сирот и детей, оставшихся без попечения родителей отчеты о состоянии здоровья и воспитании ребенка, в орган опеки и попечительства отчеты о расходовании средств выделенных на содержание ребенка-сироты или ребенка, оставшегося без попечения родителей, а также по управлению его имуществом по форме отчета, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 марта 2012 года № 382 "Об утверждении Правил осуществления функций государства по опеке и попечительству";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z3112" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Приемные родители имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z3113" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самостоятельно определять формы воспитания приемных детей, с учетом их мнения и рекомендаций органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z3114" w:id="890"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать консультативную помощь по вопросам воспитания, образования, защиты прав и законных интересов приемных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z3115" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при осуществлении своих прав и обязанностей приемные родители не вправе причинять вред физическому и психическому здоровью детей, их нравственному развитию. Способы воспитания приемных детей должны исключать пренебрежительное, жестокое, грубое, унижающее человеческое достоинство обращение, оскорбление или эксплуатацию детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z3116" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Сроки действия договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z3117" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий договор заключен сроком с "__" __________ 20___ года до "__" __________ 20__ года (до наступления совершеннолетия) и вступает в силу с момента подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z3118" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящий договор может быть продлен по соглашению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z3119" w:id="895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Досрочное расторжение договора о передаче ребенка в приемную семью возможно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z3120" w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - по инициативе приемных родителей при наличии уважительных причин (болезни, изменении семейного или материального положения, отсутствии взаимопонимания с ребенком, конфликтных отношений с детьми );</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z3121" w:id="897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - по инициативе органа, осуществляющего функции по опеке или попечительству или организации образования для детей-сирот и детей, оставшихся без попечения родителей, при возникновении неблагоприятных условий для содержания, воспитания и образования </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z3122" w:id="898"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z3123" w:id="899"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - в случаях возвращения ребенка родителям, передачи родственникам или усыновления ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z3124" w:id="900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - в случае переезда приемных родителей на постоянное место жительства за пределы области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z3125" w:id="901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Споры, возникающие между сторонами в процессе исполнения настоящего договора, рассматриваются сторонами в месячный срок после их возникновения в целях выработки согласованного решения, а при отсутствии соглашения разрешаются судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="901"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6244"/>
+        <w:gridCol w:w="6056"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z3126" w:id="902"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орган, осуществляющий функции по опеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или попечительству</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________ Ф.И.О. (при его</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись) наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="902"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приемные родители:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________ Ф.И.О. (при его</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись) наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________ Ф.И.О. (при его</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись) наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z3129" w:id="903"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Организация для детей-сирот и детей,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оставшихся без попечения родителей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________ Ф.И.О. (при его</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись) наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="903"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) в приемную семью и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>назначение денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>их содержание"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3133" w:id="904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   о назначении денежных средств, выделяемых на содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         ребенка (детей), переданного в приемную семью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z3134" w:id="905"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ___ от "___" ____ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата обращения _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) ребенка _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения ребенка ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Договор о передаче ребенка в приемную семью ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заключения _______ 20 __ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначенная сумма денежных средств с ________20 __ года по ________20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере _________________________________ месячных расчетных показателей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выплата денежных средств прекращена по причине:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись и Ф.И.О. (при его наличии) руководителя органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="905"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Передача ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(детей) на воспитание в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приемную семью и назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты денежных средств на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>их содержание"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местный исполнительный орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны, Алматы и Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и городов областного значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)) и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Проживающими</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по адресу,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3138" w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z3139" w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Просим Вас передать на воспитание в приемную семью детей и назначить</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денежные средства на их содержание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ________________________________________ указать Ф.И.О. (при его наличии) и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер детей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ________________________________________ указать Ф.И.О. (при его наличии) и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. ________________________________________ указать Ф.И.О. (при его наличии) и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. ________________________________________ указать Ф.И.О. (при его наличии) и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер детей, проживающим (и)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации образования): __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Против проведения обследования жилищно-бытовых условий не возражаем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ____________ 20__ года                         подпись лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="907"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 апреля 2015 года № 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 15 в соответствии с приказом Министра образования и науки РК от 13.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 684</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2500" w:id="908"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Выдача решения органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z2501" w:id="909"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z2502" w:id="910"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Выдача решения органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z2503" w:id="911"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z2504" w:id="912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами городов Астаны, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z2505" w:id="913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z2506" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z2507" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z2508" w:id="916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи документов – 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z2509" w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания для сдачи документов у услугодателя – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z2510" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z2511" w:id="919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z2512" w:id="920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги – решение органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста по форме согласно приложению 1 к настоящему стандарту государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги, по основаниям предусмотренных пунктом 10 настоящего стандарта государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z2513" w:id="921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги –бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z2514" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается физическим лицам (далее – услугополучатель) бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z2515" w:id="923"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z2516" w:id="924"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z2517" w:id="925"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z2518" w:id="926"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z2519" w:id="927"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z2520" w:id="928"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нотариально заверенное согласие супруга(-и), в случае если состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z2521" w:id="929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия свидетельства о заключении брака, если состоит в браке, в случае заключения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z2522" w:id="930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия свидетельства о рождении ребенка (детей), в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (оригинал требуется для идентификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z2523" w:id="931"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель получает согласие у услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z2524" w:id="932"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z2525" w:id="933"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z2526" w:id="934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z2527" w:id="935"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучательлишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z2528" w:id="936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z2529" w:id="937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – акимат) по адресам, указанным в пункте 13 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z2530" w:id="938"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата, а также посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z2531" w:id="939"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z2532" w:id="940"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z2533" w:id="941"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z2534" w:id="942"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, акимата, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z2535" w:id="943"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель обращается с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z2536" w:id="944"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z2537" w:id="945"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц предоставляет по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z2538" w:id="946"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z2539" w:id="947"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z2540" w:id="948"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z2541" w:id="949"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z2542" w:id="950"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="950"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача решения органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опеки и попечительства об учете</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мнения ребенка, достигшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>десятилетнего возраста"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2545" w:id="951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Решение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         органа опеки и попечительства об учете мнения ребенка,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               достигшего десятилетнего возраста</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z2546" w:id="952"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган опеки и попечительства _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование органа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии) специалиста органа опеки и попечительства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в присутствии родителей или других законных представителей __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии), родителей или других законных представителей)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учитывая мнение несовершеннолетнего _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф.И.О. (при его наличии) ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________ на _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>год рождения) (указать суть вопроса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О браке (супружестве)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и семье",</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решил: _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (описание мнения ребенка на суть вопроса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа городов Астаны, Алматы и Шымкент,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись) (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="952"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги "Выдача решения органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опеки и попечительства об учете</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мнения ребенка, достигшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>десятилетнего возраста"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местный исполнительный орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Астаны, Алматы и Шымкент,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>районов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и городов областного значения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданина(ки)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Проживающий (ая) по адресу,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z2550" w:id="953"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z2551" w:id="954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выдать решение об учете мнения _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________ моего ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать суть вопроса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(детей), достигшего десятилетнего возраста:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1.______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О. (при его наличии) и индивидуальный идентификационный номер детей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2.______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3.______________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающим(и) по адресу: __________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ____________ 20__года                               подпись гражданина (ки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00B208B7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...177 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00BD55F6"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...479 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...4 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>