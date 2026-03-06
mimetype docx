--- v0 (2025-12-17)
+++ v1 (2026-03-06)
@@ -1,4310 +1,2030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="48a8020" w14:textId="48a8020">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1000125" cy="342900"/>
+            <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1000125" cy="342900"/>
+                      <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...371 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 октября 2018 года № 17553.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6497"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="328"/>
+        <w:gridCol w:w="7791"/>
+        <w:gridCol w:w="4209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B10850">
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00FA5937">
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қазақстан Республикасыны</w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ң</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
-            <w:r w:rsidR="00FA5937">
+            <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-              <w:t>і</w:t>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00FA5937">
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10850">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 12 қазандағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 564 бұйрығына қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 октября 2018 года № 564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA5937" w:rsidRDefault="00FA5937" w:rsidP="00FA5937">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, общего среднего образования, (далее – организации образования) независимо от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типовым договором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения педагого-медико-психологической консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1212 lines deleted...]
-        <w:t xml:space="preserve"> туралы мемлекеттік үлгідегі құжатының негізінде жүзеге асырылады.</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление (в произвольной форме) от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) документ о состоянии здоровья по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форме 026/у-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, утвержденный приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) документ о состоянии здоровья по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форме 063/у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, утвержденный приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) фотографии размером 3х4 в количестве двух штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, кроме специализированных организаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для детей, не посещавших дошкольные учреждения или не прошедших предшкольную подготовку, организациями образования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
-[...323 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
-[...869 lines deleted...]
-        <w:t>қабылданғандардың негізгі тізімін қабылданатын сынып-комплектілер санына қарай қабылдау комиссиясы жасайды.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Прием на обучение в специализированные организации образования производится на конкурсной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора обучающихся, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответствии с уставом данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Для проведения конкурса в специализированых организациях образования создается приемная комиссия по приему документов. Приемная комиссия создается из числа педагогических и других работников специализированной организации образования и утверждается приказом руководителя специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Для участия в конкурсе в приемную комиссию предоставляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление родителя (законного представителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)   копия свидетельства о рождении претендента с указанием (приложением) ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копии документов, подтверждающих успехи в учебе, заверенные печатью соответствующих организаций (в случае их наличия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)  фотография размером 3х4 в количестве двух штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Основанием для отказа в приеме документов на участие в конкурсе является подача заявления позже установленных сроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Прием документов на прохождение конкурсного отбора на обучение в специализированные организации образования осуществляется до 10 мая текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Информация о приеме документов размещается на интернет-ресурсе специализированных организаций образования и (или) публикуется в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Для обеспечения прозрачности приема обучающихся на обучение в специализированные организации образования при необходимости устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
-[...112 lines deleted...]
-        <w:t>і.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Итоги конкурсного отбора размещаются на интернет-ресурсе специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Формируются основной и резервный списки в течение пяти дней после проведения конкурсного отбора и оформляется решением протокола приемной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Основной список поступивших в специализированные организации образования формируется приемной комиссией исходя из количества набираемых классов-комплектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Резервный список претендентов формируется из числа участников конкурса (не более 10-ти человек), не вошедших в основные вакансии по сумме набранных баллов в порядке убывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Решение по зачислению детей на обучение в специализированные организации образования оформляется протоколом педагогического совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00B10850" w:rsidSect="00FA5937">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...73 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="1">
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...177 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00FA5937"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...479 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...4 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>