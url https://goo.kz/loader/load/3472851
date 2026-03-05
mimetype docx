--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -5,29579 +5,4263 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D15875" w:rsidRPr="004B3FAE" w:rsidRDefault="0025071D" w:rsidP="00FA1343">
+    <w:p w:rsidR="00400323" w:rsidRPr="0037511C" w:rsidRDefault="00400323" w:rsidP="00FA1343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="004B3FAE">
-[...97 lines deleted...]
-        <w:t>йымдарында</w:t>
+      <w:r w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОНЦЕПЦИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D15875" w:rsidRPr="004B3FAE" w:rsidRDefault="00D15875" w:rsidP="00FA1343">
+    <w:p w:rsidR="007268A9" w:rsidRPr="000070B2" w:rsidRDefault="002E5879" w:rsidP="007268A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk16161378"/>
+      <w:r w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="005F20C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дня </w:t>
+      </w:r>
+      <w:r w:rsidR="009C007E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Знаний</w:t>
+      </w:r>
+      <w:r w:rsidR="009C007E" w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C007E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00771B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Урока гражданственности и </w:t>
+      </w:r>
+      <w:r w:rsidR="009C007E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриотизма </w:t>
+      </w:r>
+      <w:r w:rsidR="009C007E" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...77 lines deleted...]
-        <w:t>ан</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жар</w:t>
+      </w:r>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007268A9" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4C26" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF550F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общего среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4C26" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D15875" w:rsidRPr="004B3FAE" w:rsidRDefault="0025071D" w:rsidP="00FA1343">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00DB4C26" w:rsidRPr="000070B2" w:rsidRDefault="00551130" w:rsidP="007268A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 сентября 2019 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00400323" w:rsidRPr="000070B2" w:rsidRDefault="00400323" w:rsidP="00FA1343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="000070B2" w:rsidRDefault="001A6B1A" w:rsidP="00D90A79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 сентября</w:t>
+      </w:r>
+      <w:r w:rsidR="00570F75" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00694A2B" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">традиционный </w:t>
+      </w:r>
+      <w:r w:rsidR="00570F75" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>праздник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0978" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Дня </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Знаний</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, целью которого является </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование у подрастающего поколения культа образования и </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атмосферы праздника перед началом нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B16504" w:rsidRPr="000070B2" w:rsidRDefault="00B16504" w:rsidP="00120698">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="707" w:firstLine="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Новый учебный год будет отмечен знаменательными событиями</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2448" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1343" w:rsidRPr="000070B2" w:rsidRDefault="006D2448" w:rsidP="00FA1343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Саналы </w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16504" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 год </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">провозглашен </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16504" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Казахстане Годом Молодежи, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в СНГ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Годом Книги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384554" w:rsidRPr="000070B2" w:rsidRDefault="006D2448" w:rsidP="00FA1343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D91" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 год </w:t>
+      </w:r>
+      <w:r w:rsidR="0056237C" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">знаменателен празднованием 175-летнего юбилея Абая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056237C" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384554" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF550F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00384554" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="0056237C" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>провозглашен</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашей стране</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1343" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Годом волонтеров</w:t>
+      </w:r>
+      <w:r w:rsidR="0002339A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00824569" w:rsidRPr="000070B2" w:rsidRDefault="00025DD5" w:rsidP="00480E93">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Праздник Дня Знаний- первое воспитательное мероприятие в новом учебном году, имеющее патриотическое и идеологическое значение. Для первокл</w:t>
+      </w:r>
+      <w:r w:rsidR="00940384" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ссников</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и их родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0002339A" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — это</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> праздник первого звонка.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065798" w:rsidRPr="000070B2" w:rsidRDefault="007268A9" w:rsidP="006F2D3E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтение книг должно стать приоритетом школьников. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2ABF" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В новом учебном году</w:t>
+      </w:r>
+      <w:r w:rsidR="00D641E5" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2D3E" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC40AA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рамках </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC40AA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Года Книги</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC40AA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2D3E" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">целях поддержки </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2D3E" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="0024136F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и повышени</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2D3E" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="0024136F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> престижа книги, направленной на формирование </w:t>
+      </w:r>
+      <w:r w:rsidR="0024136F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среди </w:t>
+      </w:r>
+      <w:r w:rsidR="00747EAD" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="0024136F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024136F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«моды на чтение»</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2ABF" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны стать традиционным</w:t>
+      </w:r>
+      <w:r w:rsidR="004957D4" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2ABF" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D641E5" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, организация </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специальных мест по обмену книгами</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3362" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буккросингов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00695556" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаци</w:t>
+      </w:r>
+      <w:r w:rsidR="004957D4" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC40AA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместного чтения книг учащимися и взрослыми</w:t>
+      </w:r>
+      <w:r w:rsidR="00695556" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (библиотекарь, учитель, родители и учащиеся) на</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0475F" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основе общего интереса к книге, организация мини-библиотек в кабинетах начальных классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="0037511C" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В День Знаний проводится Республиканская интернет-акция «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>ұ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рпа</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среди школьников, их родителей и учителей по размещению в социальных сетях 1-2-минутного позитивного видео ролика, посвященного Дню Знаний.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Позитивные видео ролики способствуют формированию положительного имиджа школьной жизни, заполняют интернет-пространство события</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5DF7" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ми яркого</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начала нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="00D429F4" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата размещения ролика: 1 сентября 2019 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00D0475F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время размещения в соцсетях: 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.00-21.00.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лучшие ролики отмечаются на общешкольных мероприятиях в сентябре </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D15875" w:rsidRPr="00721697" w:rsidRDefault="00E35DF3" w:rsidP="00E35DF3">
+    <w:p w:rsidR="00447D08" w:rsidRPr="00D429F4" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 лучших роликов от региона направляются в МОН РК для распространения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="008C7C43" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предлагаемые темы видео роликов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="008C7C43" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для всех</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Моя школа – супер</w:t>
+      </w:r>
+      <w:r w:rsidR="004957D4" w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00000C39" w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школа!», «Моя школ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00000C39" w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00000C39" w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самая лучшая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Здравствуй, новый школьный год!», «Моя школьная форма мне нравится!»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для первоклассников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мой первый школьный день»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D621BB" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Мой первый школьный звонок</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D621BB" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для школьников 2-4 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мое яркое летнее событие (история для одноклассников)»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для школьников 5-8 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мое путешествие (история для одноклассников)»; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для старшеклассников 9-11 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мои повзрослевшие одноклассники», «</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4A5B" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мои </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысли, мечты, ожидания»</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3DCA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Перед выбором будущей профессии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для родителей первоклассников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Наш первый школьный день», «Новая дорога- новый этап жизни»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4A5B" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Наш безопасный маршрут в школу»</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Я, моя семья, моя школа»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="008C7C43" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для бабушек и дедушек первоклассников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «С внуком – в первый класс!»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B6AEB" w:rsidRPr="008C7C43" w:rsidRDefault="004B6AEB" w:rsidP="004B6AEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- для классных руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «С новым учебным годом, мой любимый класс!».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00447D08" w:rsidRPr="000070B2" w:rsidRDefault="00447D08" w:rsidP="00447D08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для учителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Открытая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школа»</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3DCA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Я и мои ученики»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0079790A" w:rsidRPr="000070B2" w:rsidRDefault="0079790A" w:rsidP="00D90A79">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...163 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025071D" w:rsidRPr="004B3FAE" w:rsidRDefault="0025071D" w:rsidP="00FA1343">
-[...7694 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="000070B2" w:rsidRDefault="00125867" w:rsidP="008805DA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тор</w:t>
+      </w:r>
+      <w:r w:rsidR="008805DA" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жественная линейка</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00D60E6D" w:rsidP="00D60E6D">
-[...136 lines deleted...]
-    <w:p w:rsidR="00432825" w:rsidRPr="004B3FAE" w:rsidRDefault="00432825" w:rsidP="00432825">
+    <w:p w:rsidR="00DE3C09" w:rsidRPr="000070B2" w:rsidRDefault="00DE3C09" w:rsidP="00DE3C09">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...64 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 сентября в организациях образования традиционно пройдут торжественные линейки, посвященные Дню Знаний.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...339 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00432825" w:rsidRPr="004B3FAE" w:rsidRDefault="00432825" w:rsidP="00432825">
+    <w:p w:rsidR="00DE3C09" w:rsidRPr="000070B2" w:rsidRDefault="008C7C43" w:rsidP="00DE3C09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B3FAE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="004B3FAE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Торжественная линейка является эмоционально насыщенным мероприятием</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3C09" w:rsidRPr="000070B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...478 lines deleted...]
-        <w:t xml:space="preserve"> іс-шара болып табылады.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открытия школьного «нового года», позволяющими подчеркнуть важность образования, роль знаний в жизни человека.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00FF2173" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004110BD" w:rsidRPr="000070B2" w:rsidRDefault="008C7C43" w:rsidP="004110BD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
-      <w:r w:rsidR="00D60E6D" w:rsidRPr="004B3FAE">
-[...287 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="004110BD" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>едагог помогает детям плавно перейти от летнего отдыха к учёбе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00425417" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="000B6788" w:rsidRDefault="00DF7DB8" w:rsidP="00097378">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00097378" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри подготовке мероприятий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приоритет </w:t>
+      </w:r>
+      <w:r w:rsidR="00097378" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отдается самостоятельному выбору педагогом конкретного его содержания, формы, методического решения.</w:t>
+      </w:r>
+      <w:r w:rsidR="004110BD" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рекомендуется</w:t>
+      </w:r>
+      <w:r w:rsidR="004110BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать как традиционные, так и новые формы проведения мероприятий Дня Знаний.</w:t>
+      </w:r>
+      <w:r w:rsidR="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...556 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00D60E6D" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004110BD" w:rsidRDefault="004110BD" w:rsidP="004110BD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...903 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6788">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формы и средства работы с обучающимися должны быть самыми разнообразными, главное, чтобы они были интересными и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tooltip="Действенность" w:history="1">
+        <w:r w:rsidRPr="000B6788">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>действенными</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B6788">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, способствовали формированию гражданственности и</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD33B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахстанского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6788">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотизма, бережного отношения к природному и историко-культурному наследию родного края, региона, страны, соответствовали возрасту учеников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00092D29" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00097378" w:rsidRDefault="00097378" w:rsidP="00097378">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мероприятие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>готовится учителем, исходя из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>возрастных особенностей обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уровня их подготовленности</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом интересов учащихся,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...447 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">специфики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097378">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, контекста социокультурного пространства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="000B3269" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00FE3805" w:rsidRDefault="00FE3805" w:rsidP="000B6788">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...136 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мероприяти</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6788" w:rsidRPr="000B6788">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривает включение школьников в различные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tooltip="Виды деятельности" w:history="1">
+        <w:r w:rsidR="000B6788" w:rsidRPr="000B6788">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>виды деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00092D29" w:rsidRPr="004B3FAE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>познавательную, игровую, художественно-творческую, п</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6788" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>роблемно-ценностное общение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, т</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6788" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рудов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ую, с</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6788" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>портивно-оздоровительн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ую, с</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6788" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оциальное творчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...422 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60E6D" w:rsidRPr="004B3FAE" w:rsidRDefault="00092D29" w:rsidP="00D60E6D">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D429F4" w:rsidRDefault="00BF550F" w:rsidP="00D90A79">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В День Знаний для школьников р</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екоменду</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>различны</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> познавательны</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и тематически</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательны</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мероприяти</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00CC616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00735777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...292 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00735777" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с использованием новых форм</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E54D86" w:rsidRPr="004B3FAE" w:rsidRDefault="00D60E6D" w:rsidP="00BB0FBA">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="00FE3805" w:rsidRDefault="00BF550F" w:rsidP="00BF550F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...64 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00421E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для 1-4 классов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">презентация планируемых волонтерских добрых дел в новом учебном году «Служение Родине», «Я – часть классной команды»; конкурс рисунков, альбомов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Один день моего лета»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...402 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выставка фотографий друзей, родных, соседей «Лето с семьей»; </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">показ фильмов и видеоматериалов о школьной жизни родителей, выпускников и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Школа – целая жизнь»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97C18">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Моя первая книга»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00092D29" w:rsidRPr="004B3FAE">
-[...635 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00910D21" w:rsidRPr="004B3FAE" w:rsidRDefault="00D60E6D" w:rsidP="00BB0FBA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="00FE3805" w:rsidRDefault="00BF550F" w:rsidP="00BF550F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00421E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для 5-8 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BB0FBA" w:rsidRPr="004B3FAE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>встречи с успешными людьми и их</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вкладе в развитие региона (аула, города, района)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Нужным себе – нужным стране!»; </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0028" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Самые удивительные открытия моего лета»</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0028">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F34" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мое счастливое лето», </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экскурсии «День Знаний в музее» (об истории, культуре и знаменитых людях региона, сакральных местах)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">фотовыставка - презентация летнего отдыха с друзьями; </w:t>
+      </w:r>
+      <w:r w:rsidR="00735777" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>диспуты</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00910D21" w:rsidRPr="004B3FAE">
-[...1227 lines deleted...]
-        <w:t>уттар;</w:t>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">углубление знаний о конституционных правах и обязанностях гражданина </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Хочу быть достойным!»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Мои права и обязанности», «Служение обществу», «Книга – которая оставила след»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B6682" w:rsidRPr="004B3FAE" w:rsidRDefault="00D60E6D" w:rsidP="00BB0FBA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="00BF550F" w:rsidRDefault="00BF550F" w:rsidP="00BF550F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00421E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для 9-11 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00FE3805">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>презентация летних путешествий «По следам археологической экспедиции», «Вместе по сакральным местам</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассказы-презентации</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интеллектуальный диспут «Школа окнами в «завтра»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00735777" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Мы против коррупции – против предательства интересов общества»</w:t>
+      </w:r>
+      <w:r w:rsidR="00735777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00735777" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Достойное слово, достойное дело, достойный человек»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, «Выбор профессии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="00A44DA1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44DA1" w:rsidRPr="00574E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мир профессий»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FE5" w:rsidRPr="00574E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...636 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B68A6" w:rsidRPr="000070B2" w:rsidRDefault="00BF550F" w:rsidP="006D1D3B">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Біз сыбайлас жем</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кроме того, старшеклассников необходимо познакомить с новым предметом «Основы предпринимательства</w:t>
+      </w:r>
+      <w:r w:rsidR="00A165D2" w:rsidRPr="006D1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidR="000B68A6" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орлы</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>направлен</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ққ</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>ного</w:t>
+      </w:r>
+      <w:r w:rsidR="000B68A6" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> на изучение базовых </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1D3B" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>понятий сферы</w:t>
+      </w:r>
+      <w:r w:rsidR="000B68A6" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> пре</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>дпринимательства, способствующего</w:t>
+      </w:r>
+      <w:r w:rsidR="000B68A6" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> формированию предпринимательского мышления и нарабатыванию учащимися </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C43" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ғ</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">«мягких» </w:t>
+      </w:r>
+      <w:r w:rsidR="000B68A6" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>амды</w:t>
-[...339 lines deleted...]
-        <w:t xml:space="preserve"> интеллектуалды пікірталастар.</w:t>
+        <w:t>навыков XXI века.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B3FAE" w:rsidRPr="004B3FAE" w:rsidRDefault="00D40A9D" w:rsidP="00C9169B">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D90A79" w:rsidRPr="0037511C" w:rsidRDefault="006D1D3B" w:rsidP="00D90A79">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...83 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B3FAE" w:rsidRPr="004B3FAE">
-[...857 lines deleted...]
-        <w:t>ажет.</w:t>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="000070B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мероприятия должны быть освещены в СМИ, материалы о</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведении праздничных мероприятий Дня Знаний размещаются на сайтах организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90A79" w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органов управления образованием.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9169B" w:rsidRPr="004B3FAE" w:rsidRDefault="00C9169B" w:rsidP="00C9169B">
-[...394 lines deleted...]
-    <w:p w:rsidR="00FF2173" w:rsidRPr="004B3FAE" w:rsidRDefault="00FF2173" w:rsidP="00816F9C">
+    <w:p w:rsidR="00DE5915" w:rsidRDefault="00DE5915" w:rsidP="00816F9C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="008805DA" w:rsidRPr="00414D7D" w:rsidRDefault="00D429F4" w:rsidP="008805DA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...252 lines deleted...]
-        <w:t>қ</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общереспубликанский </w:t>
+      </w:r>
+      <w:r w:rsidR="00816F9C" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Урок </w:t>
+      </w:r>
+      <w:r w:rsidR="0002339A" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гражданственности и патриотизма </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="008805DA" w:rsidRPr="00414D7D" w:rsidRDefault="008805DA" w:rsidP="008805DA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A161D3" w:rsidRPr="00414D7D" w:rsidRDefault="00A161D3" w:rsidP="00816F9C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="0002339A" w:rsidRPr="00414D7D" w:rsidRDefault="00F75335" w:rsidP="001847AF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В современных условиях </w:t>
+      </w:r>
+      <w:r w:rsidR="001847AF" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>глобализации общества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и образовательного пространства особо актуальным стало </w:t>
+      </w:r>
+      <w:r w:rsidR="001847AF" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009B56B0">
+        </w:rPr>
+        <w:t>воспитание гражданственности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и патриотизма</w:t>
+      </w:r>
+      <w:r w:rsidR="001847AF" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...428 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="001847AF" w:rsidRPr="00414D7D" w:rsidRDefault="001847AF" w:rsidP="001847AF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...782 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Быть патриотом своей страны - всегда большая честь для любого человека. При этом патриотами не рождаются, ими становятся, поэтому патриотическое воспитание является важным компонентом воспитательной работы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="00DD1989" w:rsidRPr="00414D7D" w:rsidRDefault="00DD1989" w:rsidP="00DD1989">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009B56B0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Патриотизм очень сокровенное чувство, находящееся глубоко в душе. О патриотизме судят не по словам, а по делам каждого человека. Патриот не тот, кто сам себя так называет, а тот, кого будут чтить таковым другие, но прежде всего его соотечественники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001847AF" w:rsidRPr="00414D7D" w:rsidRDefault="001847AF" w:rsidP="001847AF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1989" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перед школой ставятся задачи в воспитании активной гражданской позиции личности, необходимости в военно-патриотическом воспитании, воспитании толерантности</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1989" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-[...640 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>социально значимых ценностей общества и личности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
+    <w:p w:rsidR="00DD1989" w:rsidRPr="00414D7D" w:rsidRDefault="00DD1989" w:rsidP="00DD1989">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009B56B0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Патриотизм проявляется в бережном отношении к природе, к окружающему миру, к родному городу, улице, дому, в уважительном отношении к старшему поколению, к традициям своего народа, семьи. Всё это нужно прививать с раннего детства. Чувство патриотизма начинается в семье. Именно в семье закладывается бережное отношение к природе, к окружающему миру. В обществе, стремящемуся к процветанию и воспитанию патриотов, главный ориентир — ценности семьи, а главная </w:t>
+      </w:r>
+      <w:r w:rsidR="0054050F" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        </w:rPr>
+        <w:t>задача — это</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
-          <w:lang w:val="kk-KZ"/>
-[...738 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> создание условий для ее полноценного существования. Семья — это основа государства. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE783B" w:rsidRPr="009B56B0" w:rsidRDefault="00DE783B" w:rsidP="00DE783B">
-[...4047 lines deleted...]
-    <w:p w:rsidR="0037511C" w:rsidRPr="009B56B0" w:rsidRDefault="00144118" w:rsidP="0037511C">
+    <w:p w:rsidR="00DD1989" w:rsidRPr="00414D7D" w:rsidRDefault="00DD1989" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="009B56B0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...381 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
+        </w:rPr>
+        <w:t>Значение государственного праздника - Дня Конституции - трудно переоценить. Для Казахстана, наличие Конституции – это, прежде всего, признание ее независимости и суверенитета. Это важное условие для формирования чувства патриотизма, высокой гражданственности, активной жизненной позиции каждого гражданина, направленной на дальнейшее укрепление и процветание Родины.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00557896" w:rsidRPr="009B56B0" w:rsidRDefault="00144118" w:rsidP="003B5755">
+    <w:p w:rsidR="0037511C" w:rsidRPr="00414D7D" w:rsidRDefault="0037511C" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...588 lines deleted...]
-        <w:t>айды.</w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Празднование Дня Конституции Республики Казахстан имеет важное общегосударственное значение для казахстанского общества. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00557896" w:rsidRPr="004B3FAE" w:rsidRDefault="00E71FBE" w:rsidP="003B5755">
+    <w:p w:rsidR="0037511C" w:rsidRPr="00414D7D" w:rsidRDefault="0037511C" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...985 lines deleted...]
-        <w:t>дады.</w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституция Республики – это Основной Закон государства</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> юридическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB48B7" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственности и суверенитета страны, законности и правопорядка. Конституция определяет основные направления движения общества и государства</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71FBE" w:rsidRPr="004B3FAE" w:rsidRDefault="006B62E9" w:rsidP="00E71FBE">
+    <w:p w:rsidR="00A161D3" w:rsidRPr="00FB48B7" w:rsidRDefault="0037511C" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...775 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитывая особую значимость знаний о Конституции РК, Конституционный Совет выдвинул инициативу об организации и проведении в образовательных учреждениях страны в начале учебного года </w:t>
+      </w:r>
+      <w:r w:rsidR="005879B1" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общереспубликанского урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, посвященного Конституции </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>РК.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="h.gjdgxs"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство образования и науки Республики Казахстан поддержало данную инициативу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A161D3" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037511C" w:rsidRPr="004B3FAE" w:rsidRDefault="00C86FFA" w:rsidP="0037511C">
+    <w:p w:rsidR="0037511C" w:rsidRPr="0037511C" w:rsidRDefault="00F14702" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ра</w:t>
+      </w:r>
+      <w:r w:rsidR="005879B1" w:rsidRPr="00414D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мках урока гражданственности и патриотизма</w:t>
+      </w:r>
+      <w:r w:rsidR="005879B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4" w:rsidRPr="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еобходимо</w:t>
+      </w:r>
+      <w:r w:rsidR="00D429F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3FAE">
-[...294 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="0037511C" w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расширить представления учащихся о Конституции, содействовать воспитанию уважения к нормам и ценностям, закрепленным в Конституции, знанию своих прав, свобод и обязанностей, развивать чувства конституционного патриотизма.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71FBE" w:rsidRPr="004B3FAE" w:rsidRDefault="00FD3A58" w:rsidP="00E71FBE">
+    <w:p w:rsidR="00735777" w:rsidRDefault="0037511C" w:rsidP="0037511C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
-[...379 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предпочтение отдается активным формам работы учащихся, предусматривается привлечение актуального справочного материала</w:t>
+      </w:r>
+      <w:r w:rsidR="00735777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD3A58" w:rsidRPr="004B3FAE" w:rsidRDefault="00FD3A58" w:rsidP="00FD3A58">
+    <w:p w:rsidR="00735777" w:rsidRPr="0037511C" w:rsidRDefault="00735777" w:rsidP="00735777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...1018 lines deleted...]
-        <w:t xml:space="preserve"> беріледі.</w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>Для проведения урока необходимо активно использовать современные интерактивные методики, а также имеющуюся базу библиотек, музеев, видео фондов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7C07" w:rsidRPr="004B3FAE" w:rsidRDefault="00E71FBE" w:rsidP="00766926">
+    <w:p w:rsidR="00A161D3" w:rsidRDefault="00A161D3" w:rsidP="00A161D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A161D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A161D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституционного Совета Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A161D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по проведению Урока Конституции Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF550F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в учебных заведениях и справочный материал о Конституции и деятельности Конституционного Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A161D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C156CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(для использования при проведении открытого Урока по Конституции) на 50 страниц (25 на казахском, 25 на русском языке)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A161D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прилагаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C156CE" w:rsidRPr="00C156CE" w:rsidRDefault="00C156CE" w:rsidP="00C156CE">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C156CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BC7C07" w:rsidRPr="004B3FAE" w:rsidSect="00BC7C07">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00C156CE" w:rsidRPr="00C156CE" w:rsidSect="00775708">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1135" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="851" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD23A3" w:rsidRDefault="00FD23A3" w:rsidP="0019468F">
+    <w:p w:rsidR="00856DDD" w:rsidRDefault="00856DDD" w:rsidP="0019468F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD23A3" w:rsidRDefault="00FD23A3" w:rsidP="0019468F">
+    <w:p w:rsidR="00856DDD" w:rsidRDefault="00856DDD" w:rsidP="0019468F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -29602,145 +4286,145 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD23A3" w:rsidRDefault="00FD23A3" w:rsidP="0019468F">
+    <w:p w:rsidR="00856DDD" w:rsidRDefault="00856DDD" w:rsidP="0019468F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD23A3" w:rsidRDefault="00FD23A3" w:rsidP="0019468F">
+    <w:p w:rsidR="00856DDD" w:rsidRDefault="00856DDD" w:rsidP="0019468F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1318390162"/>
+      <w:id w:val="930625562"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00E71FBE" w:rsidRPr="00BC7C07" w:rsidRDefault="00E71FBE">
+      <w:p w:rsidR="0019468F" w:rsidRPr="00480E93" w:rsidRDefault="0019468F">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00BC7C07">
+        <w:r w:rsidRPr="00480E93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00BC7C07">
+        <w:r w:rsidRPr="00480E93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00BC7C07">
+        <w:r w:rsidRPr="00480E93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CA2A89">
+        <w:r w:rsidR="0046713A">
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BC7C07">
+        <w:r w:rsidRPr="00480E93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00E71FBE" w:rsidRDefault="00E71FBE">
+  <w:p w:rsidR="0019468F" w:rsidRDefault="0019468F">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0A0A6425"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D65ACEC0"/>
     <w:lvl w:ilvl="0" w:tplc="477E3ADE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
@@ -30123,139 +4807,228 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5BA754DD"/>
+    <w:nsid w:val="5B2F5428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6826E1AA"/>
-    <w:lvl w:ilvl="0" w:tplc="A2BEC4D2">
+    <w:tmpl w:val="A0A44E36"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="5BA754DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6826E1AA"/>
+    <w:lvl w:ilvl="0" w:tplc="A2BEC4D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="64CA6DAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="654C9D78"/>
     <w:lvl w:ilvl="0" w:tplc="AA3C4CFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1B6AF5B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30352,274 +5125,324 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1402D044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C16916"/>
+    <w:rsid w:val="00000C39"/>
+    <w:rsid w:val="000070B2"/>
     <w:rsid w:val="000071DD"/>
-    <w:rsid w:val="00040946"/>
+    <w:rsid w:val="0002339A"/>
+    <w:rsid w:val="00025DD5"/>
     <w:rsid w:val="000530E3"/>
     <w:rsid w:val="00061563"/>
-    <w:rsid w:val="00080CCA"/>
-    <w:rsid w:val="00083F11"/>
+    <w:rsid w:val="00065266"/>
+    <w:rsid w:val="00065798"/>
     <w:rsid w:val="000853E9"/>
-    <w:rsid w:val="00092D29"/>
+    <w:rsid w:val="00097378"/>
     <w:rsid w:val="000B0D95"/>
-    <w:rsid w:val="000B0EE8"/>
-    <w:rsid w:val="000B3269"/>
+    <w:rsid w:val="000B6788"/>
+    <w:rsid w:val="000B68A6"/>
     <w:rsid w:val="000D1F6B"/>
-    <w:rsid w:val="00103074"/>
+    <w:rsid w:val="000F074A"/>
+    <w:rsid w:val="000F3DCA"/>
     <w:rsid w:val="00104E4E"/>
-    <w:rsid w:val="0013701D"/>
-    <w:rsid w:val="00144118"/>
+    <w:rsid w:val="00120698"/>
+    <w:rsid w:val="00125867"/>
+    <w:rsid w:val="0014025B"/>
     <w:rsid w:val="00147666"/>
-    <w:rsid w:val="00157D01"/>
+    <w:rsid w:val="001529C8"/>
+    <w:rsid w:val="001831A1"/>
+    <w:rsid w:val="001847AF"/>
+    <w:rsid w:val="0019468C"/>
     <w:rsid w:val="0019468F"/>
-    <w:rsid w:val="001A4AF5"/>
+    <w:rsid w:val="00196B0C"/>
+    <w:rsid w:val="001A4C36"/>
     <w:rsid w:val="001A6B1A"/>
-    <w:rsid w:val="001B0167"/>
     <w:rsid w:val="001B09C7"/>
+    <w:rsid w:val="001B0CC6"/>
+    <w:rsid w:val="001B5296"/>
     <w:rsid w:val="001C0ED2"/>
-    <w:rsid w:val="001C10BF"/>
-    <w:rsid w:val="001D5C10"/>
+    <w:rsid w:val="001C1C40"/>
     <w:rsid w:val="001D764A"/>
-    <w:rsid w:val="001E33D9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001F70EE"/>
+    <w:rsid w:val="001E4A5B"/>
+    <w:rsid w:val="00206B0D"/>
     <w:rsid w:val="00234F2E"/>
-    <w:rsid w:val="0025071D"/>
+    <w:rsid w:val="0024136F"/>
+    <w:rsid w:val="002B6EE7"/>
+    <w:rsid w:val="002C0028"/>
+    <w:rsid w:val="002C4215"/>
+    <w:rsid w:val="002D185F"/>
     <w:rsid w:val="002E17E2"/>
     <w:rsid w:val="002E5879"/>
     <w:rsid w:val="00332658"/>
     <w:rsid w:val="00332EA9"/>
-    <w:rsid w:val="00343879"/>
+    <w:rsid w:val="003371BD"/>
     <w:rsid w:val="003551AD"/>
     <w:rsid w:val="00363376"/>
+    <w:rsid w:val="003741DB"/>
     <w:rsid w:val="0037511C"/>
+    <w:rsid w:val="00377510"/>
     <w:rsid w:val="00384554"/>
-    <w:rsid w:val="003B5755"/>
+    <w:rsid w:val="003A5DF7"/>
+    <w:rsid w:val="003C7D91"/>
     <w:rsid w:val="003D3EB0"/>
+    <w:rsid w:val="003E5989"/>
     <w:rsid w:val="003E7A0F"/>
     <w:rsid w:val="00400323"/>
-    <w:rsid w:val="00402017"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00432825"/>
+    <w:rsid w:val="00403B81"/>
+    <w:rsid w:val="004110BD"/>
+    <w:rsid w:val="00414D7D"/>
+    <w:rsid w:val="00421E38"/>
+    <w:rsid w:val="00433C6A"/>
+    <w:rsid w:val="00434D23"/>
     <w:rsid w:val="0044373F"/>
+    <w:rsid w:val="00447D08"/>
+    <w:rsid w:val="00462C1D"/>
+    <w:rsid w:val="0046713A"/>
     <w:rsid w:val="00480E93"/>
     <w:rsid w:val="00490A52"/>
-    <w:rsid w:val="004B3FAE"/>
+    <w:rsid w:val="004957D4"/>
+    <w:rsid w:val="004B6AEB"/>
+    <w:rsid w:val="004D778B"/>
     <w:rsid w:val="00513D18"/>
+    <w:rsid w:val="00513EFD"/>
+    <w:rsid w:val="005239D4"/>
     <w:rsid w:val="00535054"/>
-    <w:rsid w:val="00544FE7"/>
+    <w:rsid w:val="00535D26"/>
+    <w:rsid w:val="0054050F"/>
     <w:rsid w:val="00551130"/>
-    <w:rsid w:val="00557896"/>
     <w:rsid w:val="00561EC4"/>
     <w:rsid w:val="0056237C"/>
     <w:rsid w:val="00565879"/>
     <w:rsid w:val="00570F75"/>
-    <w:rsid w:val="00574BE4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005A484D"/>
+    <w:rsid w:val="00573B64"/>
+    <w:rsid w:val="00574E91"/>
+    <w:rsid w:val="00577BA0"/>
+    <w:rsid w:val="005878AF"/>
+    <w:rsid w:val="005879B1"/>
     <w:rsid w:val="005B1274"/>
-    <w:rsid w:val="005B6682"/>
+    <w:rsid w:val="005B734C"/>
+    <w:rsid w:val="005F20C0"/>
     <w:rsid w:val="005F282A"/>
     <w:rsid w:val="005F3185"/>
     <w:rsid w:val="00601512"/>
-    <w:rsid w:val="0060521E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00667BCA"/>
+    <w:rsid w:val="00624213"/>
+    <w:rsid w:val="00676826"/>
     <w:rsid w:val="0068526A"/>
     <w:rsid w:val="00694A2B"/>
-    <w:rsid w:val="0069671B"/>
-    <w:rsid w:val="006B62E9"/>
+    <w:rsid w:val="00695556"/>
+    <w:rsid w:val="006A6433"/>
+    <w:rsid w:val="006D1D3B"/>
     <w:rsid w:val="006D2448"/>
-    <w:rsid w:val="006F12C9"/>
+    <w:rsid w:val="006F2D3E"/>
+    <w:rsid w:val="00700CB4"/>
     <w:rsid w:val="00715D2B"/>
-    <w:rsid w:val="0072038D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0073613D"/>
+    <w:rsid w:val="007174BD"/>
+    <w:rsid w:val="007268A9"/>
+    <w:rsid w:val="007345DC"/>
+    <w:rsid w:val="00735777"/>
+    <w:rsid w:val="00747EAD"/>
+    <w:rsid w:val="00753D42"/>
     <w:rsid w:val="00765C6D"/>
-    <w:rsid w:val="00766926"/>
+    <w:rsid w:val="00771B71"/>
     <w:rsid w:val="00775708"/>
-    <w:rsid w:val="00782538"/>
-    <w:rsid w:val="0078538C"/>
+    <w:rsid w:val="0079790A"/>
     <w:rsid w:val="007A440F"/>
+    <w:rsid w:val="007B2ABF"/>
     <w:rsid w:val="007C261A"/>
     <w:rsid w:val="007C3F38"/>
+    <w:rsid w:val="007F0978"/>
+    <w:rsid w:val="007F147C"/>
     <w:rsid w:val="007F4A7E"/>
-    <w:rsid w:val="0081028C"/>
     <w:rsid w:val="00816F9C"/>
-    <w:rsid w:val="00822575"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0083415E"/>
+    <w:rsid w:val="00824569"/>
     <w:rsid w:val="008432EF"/>
+    <w:rsid w:val="008505A5"/>
+    <w:rsid w:val="00855C1B"/>
+    <w:rsid w:val="00856DDD"/>
+    <w:rsid w:val="008805DA"/>
     <w:rsid w:val="008873EF"/>
     <w:rsid w:val="008B0174"/>
-    <w:rsid w:val="008B5BB1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00904D91"/>
+    <w:rsid w:val="008C5028"/>
+    <w:rsid w:val="008C7C43"/>
+    <w:rsid w:val="008F59DD"/>
     <w:rsid w:val="009062C5"/>
-    <w:rsid w:val="00910D21"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009B56B0"/>
+    <w:rsid w:val="00940384"/>
+    <w:rsid w:val="00967B4B"/>
+    <w:rsid w:val="009C007E"/>
     <w:rsid w:val="009C278F"/>
-    <w:rsid w:val="009D38F9"/>
+    <w:rsid w:val="009C7FFA"/>
     <w:rsid w:val="009F138E"/>
+    <w:rsid w:val="009F3D95"/>
+    <w:rsid w:val="00A00F34"/>
     <w:rsid w:val="00A161D3"/>
-    <w:rsid w:val="00A86225"/>
+    <w:rsid w:val="00A165D2"/>
+    <w:rsid w:val="00A44DA1"/>
+    <w:rsid w:val="00A46211"/>
+    <w:rsid w:val="00A51FF1"/>
+    <w:rsid w:val="00A82EFA"/>
+    <w:rsid w:val="00AA4AF8"/>
     <w:rsid w:val="00AA4D1B"/>
-    <w:rsid w:val="00AC6F74"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AF18F8"/>
+    <w:rsid w:val="00AB342B"/>
+    <w:rsid w:val="00AF08CD"/>
     <w:rsid w:val="00AF733B"/>
-    <w:rsid w:val="00B1431A"/>
+    <w:rsid w:val="00B12B6C"/>
     <w:rsid w:val="00B16504"/>
-    <w:rsid w:val="00B166CC"/>
     <w:rsid w:val="00B21893"/>
-    <w:rsid w:val="00B30342"/>
-    <w:rsid w:val="00B42193"/>
+    <w:rsid w:val="00B274EC"/>
     <w:rsid w:val="00B423CC"/>
+    <w:rsid w:val="00B81A46"/>
     <w:rsid w:val="00B90141"/>
     <w:rsid w:val="00B9091A"/>
     <w:rsid w:val="00B91F74"/>
+    <w:rsid w:val="00B967E0"/>
     <w:rsid w:val="00B96FC2"/>
-    <w:rsid w:val="00BA303A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BD6A17"/>
+    <w:rsid w:val="00B97C18"/>
+    <w:rsid w:val="00BA1F26"/>
+    <w:rsid w:val="00BC05ED"/>
     <w:rsid w:val="00BE0813"/>
+    <w:rsid w:val="00BF550F"/>
+    <w:rsid w:val="00C14A8F"/>
     <w:rsid w:val="00C156CE"/>
     <w:rsid w:val="00C16916"/>
-    <w:rsid w:val="00C376D6"/>
+    <w:rsid w:val="00C25D58"/>
+    <w:rsid w:val="00C354C2"/>
     <w:rsid w:val="00C42EDC"/>
-    <w:rsid w:val="00C86FFA"/>
-    <w:rsid w:val="00C9169B"/>
+    <w:rsid w:val="00C478A8"/>
     <w:rsid w:val="00CA1F6F"/>
-    <w:rsid w:val="00CA2A89"/>
     <w:rsid w:val="00CB3233"/>
+    <w:rsid w:val="00CC40AA"/>
+    <w:rsid w:val="00CC616B"/>
     <w:rsid w:val="00CD5149"/>
+    <w:rsid w:val="00D0475F"/>
     <w:rsid w:val="00D07866"/>
-    <w:rsid w:val="00D15875"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D63E52"/>
+    <w:rsid w:val="00D23766"/>
+    <w:rsid w:val="00D3623D"/>
+    <w:rsid w:val="00D429F4"/>
+    <w:rsid w:val="00D621BB"/>
+    <w:rsid w:val="00D641E5"/>
+    <w:rsid w:val="00D90A79"/>
+    <w:rsid w:val="00DA508B"/>
     <w:rsid w:val="00DB4C26"/>
-    <w:rsid w:val="00DE783B"/>
+    <w:rsid w:val="00DC76AB"/>
+    <w:rsid w:val="00DD1438"/>
+    <w:rsid w:val="00DD1989"/>
+    <w:rsid w:val="00DE3C09"/>
+    <w:rsid w:val="00DE5915"/>
+    <w:rsid w:val="00DF7DB8"/>
     <w:rsid w:val="00E05300"/>
-    <w:rsid w:val="00E20FF4"/>
+    <w:rsid w:val="00E06765"/>
+    <w:rsid w:val="00E10CCA"/>
     <w:rsid w:val="00E35ABC"/>
-    <w:rsid w:val="00E35DF3"/>
-    <w:rsid w:val="00E54D86"/>
     <w:rsid w:val="00E64391"/>
-    <w:rsid w:val="00E71FBE"/>
-    <w:rsid w:val="00EB2376"/>
     <w:rsid w:val="00EB7AEA"/>
-    <w:rsid w:val="00EC1699"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F241DF"/>
+    <w:rsid w:val="00ED7724"/>
+    <w:rsid w:val="00F060A5"/>
+    <w:rsid w:val="00F14702"/>
+    <w:rsid w:val="00F17B13"/>
+    <w:rsid w:val="00F20DCE"/>
+    <w:rsid w:val="00F333DF"/>
     <w:rsid w:val="00F33A7E"/>
+    <w:rsid w:val="00F402DD"/>
+    <w:rsid w:val="00F40FE5"/>
     <w:rsid w:val="00F446EA"/>
-    <w:rsid w:val="00F56E3F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F65487"/>
+    <w:rsid w:val="00F533E5"/>
     <w:rsid w:val="00F72A06"/>
-    <w:rsid w:val="00F75302"/>
-    <w:rsid w:val="00FA08ED"/>
+    <w:rsid w:val="00F75335"/>
+    <w:rsid w:val="00F9529F"/>
     <w:rsid w:val="00FA1343"/>
+    <w:rsid w:val="00FB48B7"/>
+    <w:rsid w:val="00FC3362"/>
     <w:rsid w:val="00FD238B"/>
-    <w:rsid w:val="00FD23A3"/>
-    <w:rsid w:val="00FD3A58"/>
+    <w:rsid w:val="00FD33B4"/>
+    <w:rsid w:val="00FE3805"/>
     <w:rsid w:val="00FE719D"/>
-    <w:rsid w:val="00FF2173"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -31031,56 +5854,87 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Название Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:rsid w:val="00F72A06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F060A5"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F060A5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00BD6A17"/>
+    <w:rsid w:val="0024136F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -31469,56 +6323,87 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Название Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:rsid w:val="00F72A06"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F060A5"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F060A5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00BD6A17"/>
+    <w:rsid w:val="0024136F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="64493755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="247887360">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -31641,50 +6526,76 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1834369532">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="402063986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="449511883">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="493838311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="571694283">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -31720,50 +6631,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1014915487">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="900823215">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="902717259">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1112439226">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32133,50 +7057,76 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1726099091">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1140418856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1219124439">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1251622382">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1401489666">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -32206,51 +7156,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2115859971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pandia.ru/text/category/vidi_deyatelmznosti/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pandia.ru/text/category/dejstvennostmz/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32503,78 +7453,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC8FC9A7-5972-4BFA-A660-1BD8D8961276}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAB92563-63D3-46A7-96BF-C5F777520642}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1412</Words>
-  <Characters>8053</Characters>
+  <Words>1451</Words>
+  <Characters>8277</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9447</CharactersWithSpaces>
+  <CharactersWithSpaces>9709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ибраева Стэлла Амангельдиевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>