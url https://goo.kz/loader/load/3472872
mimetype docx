--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,388 +1,676 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00785751" w:rsidRDefault="00CD1499">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="005F7B07" w:rsidP="00875C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00875C82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00785751">
+      <w:r w:rsidR="00875C82" w:rsidRPr="00875C82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...186 lines deleted...]
-    <w:sectPr w:rsidR="00CD1499" w:rsidRPr="008E1A6D">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«Инклюзивное образование. Его проблемы и перспективы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7B07" w:rsidRDefault="005F7B07" w:rsidP="00875C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="00875C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кость, брошенная собаке, не есть милосердие. Милосердие — это кость, поделенная с собакой, когда ты голоден не меньше её.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="00875C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Джек Лондон </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7B07" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проблема, которая станет предметом нашего сегодняшнего обсуждения, весьма актуальна – «Мы разные, но мы вместе». Необходимость ее решения продиктована тем, что мы – взрослые должны выводить в большую жизнь толерантного человека. Это во многом определит успешность жизненного пути наших детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="005F7B07" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы все живем в обществе. Вокруг нас миллионы людей. Каждый день мы видим множество новых, незнакомых лиц. Кого-то замечаем в толпе, а кого-то нет. Мы не задумываемся, что каждый из нас уникален, нет абсолютно одинаковых людей. Даже близнецы обычно очень сильно различаются по характеру. Что же говорить об остальных людях?! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У каждого из нас свои интересы, принципы, желания, цели. Каждый из нас выглядит по-разному, по-разному одевается, по-разному разговаривает. Все имеют что-то своё, неповторимое. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы должны уважать индивидуальность каждого человека, должны жить и понимать друг друга. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Степень зрелости любого общества оценивается отношением к незащищенным слоям населения – это дети, старики, а также люди с ограниченными способностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня, как никогда остро стала проблема социализации детей с инвалидностью. Многие из них, конечно, посещают специальные коррекционные учреждения, где хорошо разработана и налажена методика обучения и воспитания, но слабо развита социальная адаптация такого ребенка в реальном мире. Дети с инвалидностью оторваны от общества своих сверстников, они не имеют возможности развиваться, дружить, играть как обычные дети. Как объяснить мальчишке, который проводит своё время с ровесниками во дворе, что он пойдёт не в ту школу, что по соседству, не в ту, куда ходят все его сверстники, а в специализированную, отличную от других? Именно поэтому дети с ограниченными возможностями здоровья нуждаются не столько в особом обращении и поддержке, а в большей степени, в реализации своих способностей и достижении успехов, причём не в специализированной школе, а в обычной. Именно в этом и заключается задача инклюзивного воспитания и образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Давайте попробуем разобраться, чем же инклюзивное образование и воспитание отличается от обычного.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когда мы говорим об инклюзивном воспитании и образовании, мы подразумеваем, что все дети разные, они могут быть любыми, они могут иметь разный рост, разный цвет кожи, разный цвет волос, разные способности, но все дети могут развиваться и учиться. При этом система адаптируется к потребностям ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Следует отметить, что инклюзивное воспитание и образование – процесс сложный, многогранный и он возможен только когда в нем взаимодействуют все участники образовательного процесса: это учителя, психолог, логопед, врачи, администрация и конечно же родители. Но центральной фигурой всегда остается ребенок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Существуют разные причины, по которым не общаемся или не дружим с некоторыми людьми. Непонимание друг друга, личная неприязнь, недоверие. Но мы встречаем других людей, понимающих и приятных нам, и забываем о случайных неудачах в общении. Эти неудачи добавляют нам житейского опыта, но не приносят никаких особых трудностей в нашу личную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жизнь.Трудности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возникают тогда, когда по какой-то, не зависящей от нас причине, очень многие люди вокруг не понимают нас, не доверяют нам, считают, что нам не нужно их общество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B2790" w:rsidRPr="005F7B07" w:rsidRDefault="00875C82" w:rsidP="005F7B07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проблема воспитания и обучения детей с ограниченными возможностями здоровья в общеобразовательном пространстве требует деликатного и гибкого подхода, так как известно, что не все дети, имеющие нарушения в развитии могут успешно включиться в среду здоровых сверстников. Индивидуальный образовательный маршрут предполагает постепенное включение таких детей в коллектив сверстников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Многие из вас боятся, что обычные дети не примут детей с ОВЗ. На этот счет мне хочется сказать, что сами дети часто не выделяют ребенка с инвалидностью как особого. Они просто не знают или не замечают особенность такого ребенка. А если и замечают, то это совсем не значит, что обычные дети не захотят с ним играть, дружить. Ведь согласитесь, что и между обычными детьми могут возникнуть конфликты, однако мы этих конфликтов не боимся. Ведь именно конфликты учат ребенка взаимодействию с другими. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Несомненными плюсами инклюзивного воспитания и</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования является то, что «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обычные» дети учатся быть терпимыми друг к другу, доброжелательными. Инклюзия помогает развивать у здоровых детей терпимость к физическим и психическим недостаткам сверстников, чувство взаимопомощи и стремление к сотрудничеству. Формируется ответственность, уважение к правам других, усиливается умение помогать товарищу, который попал в трудную ситуацию. Инклюзия дает возможность детям почувствовать себя на месте другого – содействует развитию толерантности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети, которые по разным причинам долгое время остаются для окружающих незнакомыми, особенно сильно нуждаются в таком знакомстве. От того как, когда и на каких условиях состоится это знакомство, зависит сможет ли ребёнок с ограниченными возможностями получить полезное для себя образование и, вырастая сможет ли стать всё более самостоятельным и уверенным в своём счастливом будущем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00875C82" w:rsidRPr="00875C82" w:rsidRDefault="00875C82" w:rsidP="006B2790">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00875C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если мы хотим воспитать толерантного ребёнка, то вы, родители, сами должны толерантно относиться к нему. И тогда ребёнок с инвалидностью, обучающийся в обычном классе, никогда не почувствует себя ненужным. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A35CA" w:rsidRDefault="007A35CA"/>
+    <w:sectPr w:rsidR="007A35CA" w:rsidSect="00875C82">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A171A"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00EE6576"/>
+    <w:rsidRoot w:val="00875C82"/>
+    <w:rsid w:val="00092819"/>
+    <w:rsid w:val="003D061E"/>
+    <w:rsid w:val="004206F7"/>
+    <w:rsid w:val="00557039"/>
+    <w:rsid w:val="005F7B07"/>
+    <w:rsid w:val="006B2790"/>
+    <w:rsid w:val="007A35CA"/>
+    <w:rsid w:val="00875C82"/>
+    <w:rsid w:val="00C944CA"/>
+    <w:rsid w:val="00F87D5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -482,97 +770,127 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00875C82"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00875C82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -672,345 +990,482 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00875C82"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00875C82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="96676432">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="218707645">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="924457783">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="325520459">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="415132743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2130120065">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1756</Characters>
+  <Pages>2</Pages>
+  <Words>806</Words>
+  <Characters>4595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP Inc.</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2059</CharactersWithSpaces>
+  <CharactersWithSpaces>5391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Hp</dc:creator>
+  <dc:creator>Оля</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>