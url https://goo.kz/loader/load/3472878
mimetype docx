--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,553 +1,716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C64D79" w:rsidRPr="00B663D3" w:rsidRDefault="00B45087">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...423 lines deleted...]
-      <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="284" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Детские страхи. Чего боятся наши дети?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>По данным исследований, каждый второй ребенок в том или ином возрасте испытывает страхи. Наиболее часто этому подвержены дети от двух до девяти лет. В этом возрасте ребенок уже многое видит и многое знает, но еще не все понимает, необузданная детская фантазия еще не сдерживается реальными представлениями о мире. Однако, страхи, как и другие эмоциональные расстройства в этом возрасте, скорее говорят о некотором преувеличении нормы в процессе развития, чем о чем-то анормальном.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Диапазон детских страхов ограничен только фантазией, а онаграниц не имеет. Каждый страх индивидуален и психологи при работе с детскими страхами обращают внимание не столько на содержание их, сколько на причину, количество и тяжесть этих страхов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F79ED" w:rsidRPr="001F34C5" w:rsidRDefault="006F79ED" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Страх перед неизвестным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проблема с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трахов младших школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> чаще всего встречается у домашних детей, которые никогда не ходили в детский садик. Они пугаются того, что не будет рядом мамы и придется общаться с незнакомыми детьми, боятся ходить в туалет, потому что страшно потеряться в школьных коридорах, переживают, что с ними не будут дружить.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="006F79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Таким детишкам надо рассказывать, обсуждать, показывать. Расскажите ребёнку на своём примере, что вас пугало, и как вы с этим справились. Вспомните школьные истории, но с хорошим концом, чтобы ребёнок был уверен, что ничего страшного в школе нет, и всё будет хорошо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Негативный опыт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Первоклашка уже может иметь негативный опыт, “благодаря” подготовке к школе. Где у него могли быть проблемы – обучение давалось с трудом. Конечно же, ребёнок боится повторения этого ужаса.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="006F79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="001F34C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если у ребёнка были проблемы с учителем, нельзя говорить что учитель плохой. Для первоклашки учитель должен быть авторитетом. Посмотрите на ситуацию адекватно, постарайтесь разобраться, кто прав, а кто виноват, рассудите и объясните. Научите ребёнка решать конфликты со сверстниками. Конечно, он может на вас рассчитывать, ведь вы всегда на его стороне, но с одноклассниками разбираться всё же придётся ему самому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F79ED" w:rsidRPr="001F34C5" w:rsidRDefault="006F79ED" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У меня не получается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У младших школьников и дошкольников эта проблема может расти из самого раннего детства, когда взрослые делали всё за малыша, оправдывая это тем, что они смогут сделать лучше и быстрее. Дети боятся, что не смогут хорошо учиться, и поэтому не смогут найти себе друзей - дружат с теми, кто учится хорошо и много знает, с ними интересно.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F79ED" w:rsidRPr="006F79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Старайтесь чаще подбадривать ребёнка, хвалите, но только объективно. Вспоминайте моменты, когда у него всё получалось, оценивайте и радуйтесь его успехам. Доверяйте ребёнку важные дела и задания, и давайте больше самостоятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F79ED" w:rsidRPr="001F34C5" w:rsidRDefault="006F79ED" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поддержка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ребёнку особенно нужна ваша поддержка, для того чтобы учиться, нужна похвала, чтобы двигаться вперёд, необходимо ощущение стены за спиной, чтобы быть уверенным в себе. Ему необходимо, чтобы вы говорили “Мы тебя очень любим! Мы всегда с тобой!”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F79ED" w:rsidRPr="001F34C5" w:rsidRDefault="006F79ED" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адаптация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Привыкнуть к школе ребёнок может и за первую четверть, а может и до Нового года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В это непростое для вашего малыша время от вас потребуется: уделять ему больше внимания, больше наблюдать за ребёнком (что рисует, во что играет, его интересы и переживания), ваша поддержка, общение с одноклассниками и учителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F79ED" w:rsidRPr="001F34C5" w:rsidRDefault="006F79ED" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Режим</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="006F79ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Режим важен не только для первоклашек, но и для всех-всех школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178B3" w:rsidRPr="001F34C5" w:rsidRDefault="002178B3" w:rsidP="001F34C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо ложиться спать и утром вставать в одно и то же время. Собирать всё необходимое для школы с вечера, чтобы утром было достаточно времени для завтрака, зарядки и дороги в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002178B3" w:rsidRPr="001F34C5" w:rsidSect="006F79ED">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="568" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009D0E3F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00C64D79"/>
+    <w:rsidRoot w:val="00F47718"/>
+    <w:rsid w:val="001F34C5"/>
+    <w:rsid w:val="002178B3"/>
+    <w:rsid w:val="002D5545"/>
+    <w:rsid w:val="003A4AD7"/>
+    <w:rsid w:val="006F79ED"/>
+    <w:rsid w:val="0088477A"/>
+    <w:rsid w:val="00C3220F"/>
+    <w:rsid w:val="00F47718"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -712,50 +875,96 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="002178B3"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002178B3"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002178B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002178B3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -902,56 +1111,160 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="002178B3"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002178B3"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002178B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002178B3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="107162273">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="266738720">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="784619621">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1648587905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -990,84 +1303,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1202,66 +1517,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2646</Characters>
+  <Pages>1</Pages>
+  <Words>513</Words>
+  <Characters>2928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3104</CharactersWithSpaces>
+  <CharactersWithSpaces>3435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>HP</dc:creator>
+  <dc:creator>Романюк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>