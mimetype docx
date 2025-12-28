--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,707 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D7337E" w:rsidRDefault="00D7337E">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="004277B3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Памятка о воспитании подростков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Не ставьте на подростке «крест», ведь его обостренное самолюбие и социальная позиция – это результат «трудного возраста».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Любите подростка и принимайте его таким, как он есть – со всеми его достоинствами и недостатками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Опирайтесь на лучшее в подростке, верьте в его возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Стремитесь понять подростка, заглянуть в его мысли и чувства, ставьте себя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на его место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Создайте условия для успеха ребенка-подростка, дайте ему возможность почувствовать себя сильным, умелым, удачливым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Не сравнивайте подростка с другими детьми. Помните, что каждый ребенок уникален и неповторим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Не унижайте и не оскорбляйте подростка (особенно в присутствии сверстников). 8. Будьте самокритичными, принципиальными, старайтесь настолько укрепить доверие подростка, чтобы он делился с Вами своими возможными неприятностями и переживаниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CD"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Станьте ему «добрым другом и советником».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...387 lines deleted...]
-    <w:sectPr w:rsidR="000A347D" w:rsidRPr="000E09F1" w:rsidSect="000A347D">
+          <w:bCs/>
+          <w:color w:val="0000CD"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Причины детской неуправляемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Борьба за внимание родителей. Непослушание – это тоже возможность привлечь к себе внимание, заявить о себе, если о тебе забыли взрослые. Внимание необходимо любому человеку для эмоционального благополучия, а тем более – ребёнку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Борьба за самоутверждение. Ребёнок объявляет войну бесконечным указаниям, замечаниям и опасениям взрослых. Он ждёт доверия к себе. Он хочет решать сам, это заложено в его природе – нельзя прожить жизнь на опыте старших.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Жажда мщения окружающему миру, взрослым. Ребёнок мстит за: - неверие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способности и возможности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>равнение не в его пользу со старшими или младшими братьями и сёстрами; - за унижение друг друга в кругу семьи; - за потерю одного из родителей в результате развода; - за появление в доме нового члена семьи, который становится более значимым, чем сам ребёнок; - за несправедливость по отношению к себе и невыполнение взрослыми обещания; - за родительскую ложь и хамелеонство; - за чрезмерное проявление взрослыми любви друг к другу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30DEA" w:rsidRPr="00D30DEA" w:rsidRDefault="00D30DEA" w:rsidP="00D30DEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Неверие в свой успех. Причинами неверия в собственный успех могут стать: низкие школьные результаты вне зависимости от приложенных ребёнком усилий, низкая самооценка, поощряемая родителями, плохие взаимоотношения в классе со сверстниками, откровенная изоляция ребёнка, отсутствие возможности проявить себя, свои способности и умения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00142539" w:rsidRDefault="00142539"/>
+    <w:sectPr w:rsidR="00142539">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Monotype Corsiva">
+    <w:panose1 w:val="03010101010201010101"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...187 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="82"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D7337E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D7337E"/>
+    <w:rsidRoot w:val="00D30DEA"/>
+    <w:rsid w:val="00142539"/>
+    <w:rsid w:val="004277B3"/>
+    <w:rsid w:val="00D30DEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -845,87 +607,109 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D30DEA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D30DEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1046,99 +830,138 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D30DEA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D30DEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="569736761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1385,65 +1208,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>202</Words>
-  <Characters>1157</Characters>
+  <Words>340</Words>
+  <Characters>1943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1357</CharactersWithSpaces>
+  <CharactersWithSpaces>2279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>HP</dc:creator>
+  <dc:creator>Svetlana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>