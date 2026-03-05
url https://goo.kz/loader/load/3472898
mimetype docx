--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8502a9b" w14:textId="8502a9b">
+    <w:p w14:paraId="9205e29" w14:textId="9205e29">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,350 +77,366 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 тамыздағы № 528 бұйрығына өзгеріс енгізу туралы</w:t>
-[...35 lines deleted...]
-      БҰЙЫРАМЫН:</w:t>
+        <w:t>О внесении изменения в приказ Министра образования и науки Республики Казахстан от 13 августа 2015 года № 528 "Об утверждении регламентов государственных услуг в сфере образования и науки"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 14 февраля 2019 года № 72. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 февраля 2019 года № 18324</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 тамыздағы № 528 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді тіркеу тізілімінде № 12066 болып тіркелген, 2015 жылғы 22 қазанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгеріс енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 августа 2015 года № 528 "Об утверждении регламентов государственных услуг в сфере образования и науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12066, опубликован 22 октября 2015 года в Информационно-правовой системе "Әділет") следующее изменение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген "Білім туралы құжаттарды тану және нострификациялау" көрсетілетін мемлекеттік қызмет </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Признание и нострификация документов об образовании", утвержденный указанным приказом, изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету по контролю в сфере образования и науки Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы бақылау комитеті заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электроном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2) осы бұйрық мемлекеттік тіркеуден өткен күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарына ресми жариялауға жіберуді;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      5) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Асылову Б.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Б.Асыловаға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -435,64 +451,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -500,51 +526,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -594,2867 +620,2722 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 14 ақпандағы № 72</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрығына қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>от 14 февраля 2019 года № 72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 13 тамыздағы</w:t>
+              <w:t>науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 528 бұйрығына 2-қосымша</w:t>
+              <w:t>от 13 августа 2015 года № 528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Білім туралы құжаттарды тану және нострификациялау" көрсетілетін мемлекеттік қызмет регламенті</w:t>
+        <w:t xml:space="preserve"> Регламент государственной услуги "Признание и нострификация документов об образовании"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственная услуга "Признание и нострификация документов об образовании" (далее - государственная услуга) оказывается Республиканским государственным предприятиям на праве хозяйственного ведения "Центр Болонского процесса и академической мобильности" Министерства образования и науки Республики Казахстан (далее – услугодатель), согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта государственной услуги "Признание и нострификация документов об образовании", утвержденного приказом Министра образования и науки Республики Казахстан от 16 апреля 2015 года № 212 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11260) (далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результатов оказания государственной услуги осуществляется через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Результат оказываемой государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - удостоверение о признании/нострификации документов об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - дубликат удостоверения о признании/нострификации документов об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+        <w:t xml:space="preserve"> Глава 2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Білім туралы құжаттарды тану және нострификациялау" мемлекеттік көрсетілетін қызметтін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 16 сәуірдегі № 212 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркелу тізілімінде 2015 жылғы 3 маусымда № 11260 болып тіркелген) бекітілген "Білім туралы құжаттарды тану және нострификациялау" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі – Стандарт) </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+      4. Основанием для начала процедуры (действия) по оказанию государственной услуги является предоставление услугополучателем в Государственную корпорацию пакета документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Содержание каждой процедуры (действий), входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для легализованных или апостилированных документов об образовании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в подразделения Государственной корпорации города Астаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель предоставляет в Государственную корпорацию пакет документов согласно пункту 9 Стандарта. День приема не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работник Государственной корпорации регистрирует документы (не более двадцати минут) и передает инспектору накопительного отдела Государственной корпорации, который составляет реестр документов и в течение 1 (одного) рабочего дня доставляет пакет документов услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работник канцелярии услугодателя регистрирует заявление и перенаправляет его руководителю ответственного структурного подразделения, который определяет ответственного исполнителя в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - Стандарттың </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+      4) ответственный работник услугодателя проводит экспертную оценку или экспертизу по выявлению эквивалентности зарубежного документа об образовании (при необходимости с привлечением специалистов организации образования Республики Казахстан) на соответствие требованиям Государственного общеобязательного стандарта образования Республики Казахстан всех уровней образования, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 31 октября 2018 года № 604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17669) (далее – ГОСО РК) в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При несоответствии и установлении недостоверности материалов и данных (сведений), представленных для получения государственной услуги, ответственный работник услугодателя в течение 1 (одного) рабочего дня готовит мотивированный ответ об отказе в оказании государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) курирующий заместитель руководителя услугодателя согласовывает результат экспертной оценки или экспертного заключения по выявлению эквивалентности зарубежного документа об образовании либо подписывает мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ответственный работник услугодателя оформляет проект решения о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) руководитель услугодателя подписывает решение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ответственный работник услугодателя оформляет удостоверение о признании или нострификации документа об образовании и предоставляет на подпись руководителю услугодателя в течение 2 (двух) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) руководитель услугодателя подписывает удостоверение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) услугодатель в течение 1 (одного) рабочего дня доставляет готовое удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе в оказании государственной услуги в подразделение Государственной корпорации города Астаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Государственная корпорация выдает удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в подразделения Государственной корпорации других регионов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель предоставляет в Государственную корпорацию пакет документов согласно пункту 9 Стандарта. День приема не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работник Государственной корпорации регистрирует документы (не более двадцати минут) и передает инспектору накопительного отдела Государственной корпорации, который составляет реестр документов и в течение 1 (одного) рабочего дня отправляет пакет документов посредством почтовой связи услугодателю. При этом время следования документов в пути составляет 8 (восемь) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работник канцелярии услугодателя регистрирует заявление и перенаправляет его руководителю ответственного структурного подразделения, который определяет ответственного исполнителя в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ответственный работник услугодателя проводит экспертную оценку или экспертизу по выявлению эквивалентности зарубежного документа об образовании (при необходимости с привлечением специалистов организации образования Республики Казахстан) на соответствие требованиям ГОСО РК в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При несоответствии и установлении недостоверности материалов и данных (сведений), представленных для получения государственной услуги, ответственный работник услугодателя в течение 1 (одного) рабочего дня готовит мотивированный ответ об отказе в оказании государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) курирующий заместитель руководителя услугодателя согласовывает результат экспертной оценки или экспертного заключения по выявлению эквивалентности зарубежного документа об образовании либо подписывает мотивированный ответ об отказе в оказании государственной услуги для направления в Государственную корпорацию в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ответственный работник услугодателя оформляет проект решения о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) руководитель услугодателя подписывает решение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ответственный работник услугодателя оформляет удостоверение о признании или нострификации документа об образовании и предоставляет на подпись руководителю услугодателя в течение 2 (двух) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) руководитель услугодателя подписывает удостоверение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) услугодатель в течение 8 (восьми) рабочих дней доставляет посредством почтовой связи готовое удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе в региональные подразделения Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Государственная корпорация выдает удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для документов об образовании, выданных в стране-участнице международного договора (соглашения) о правовой помощи, предусматривающей отмену легализации официальных документов, страной участницей которого является Республика Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в подразделении Государственной корпорации города Астаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) услугополучатель предоставляет в Государственную корпорацию пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта. День приема не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работник Государственной корпорации регистрирует документы (не более двадцати минут) и передает инспектору накопительного отдела Государственной корпорации, который составляет реестр документов и в течение 1 (одного) рабочего дня доставляет пакет документов услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работник канцелярии услугодателя регистрирует заявление и перенаправляет его руководителю ответственного структурного подразделения, который определяет ответственного исполнителя в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установление факта выдачи документа об образовании через зарубежную базу данных по выданным документам об образовании в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При отсутствии сведений о документе в зарубежной базе данных, услугодатель в течение 1 (одного) рабочего дня направляется официальный запрос в зарубежную организацию образования, с целью подтверждения факта выдачи документа об образовании и наличия у организации образования, выдавшей документ об образовании, права на осуществление образовательной деятельности. Время ожидания ответа не превышает 13 (тринадцати) рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если организация образования, выдавшая документ об образовании в течение 13 (тринадцати) рабочих дней не предоставляет ответ на официальный запрос услугодателя, то в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил признания и нострификации документов об образовании, утвержденных приказом Министра образования и науки Республики Казахстан от 10 января 2008 года № 8 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5135) (далее - Правила) направляется повторный запрос и срок рассмотрения заявления продлевается на 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При продлении срока рассмотрения заявления, услугодатель в течение 1 (одного) рабочего дня со дня принятия решения, продлевает срок в ИИС ЦОН и направляет письмо-уведомление в произвольной форме услугополучателю, с указанием причин продления срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответственный работник услугодателя проводит экспертную оценку или экспертизу по выявлению эквивалентности зарубежного документа об образовании (при необходимости с привлечением специалистов организации образования Республики Казахстан) на соответствие требованиям ГОСО РК в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При несоответствии и установлении недостоверности материалов и данных (сведений), представленных для получения государственной услуги, ответственный работник услугодателя в течение 1 (одного) рабочего дня готовит мотивированный ответ об отказе в оказании государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) курирующий заместитель руководителя услугодателя согласовывает результат экспертной оценки или экспертного заключения по выявлению эквивалентности зарубежного документа об образовании либо подписывает мотивированный ответ об отказе в оказании государственной услуги для направления в Государственную корпорацию в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ответственный работник услугодателя оформляет проект решения о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) руководитель услугодателя подписывает решение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ответственный работник услугодателя оформляет удостоверение о признании или нострификации документа об образовании и предоставляет на подпись руководителю услугодателя в течение 2 (двух) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) руководитель услугодателя подписывает удостоверение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) услугодатель в течение 1 (одного) рабочего дня доставлять готовое удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе в подразделения Государственной корпорации города Астаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Государственная корпорация выдает удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в подразделения Государственной корпорации других регионов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель предоставляет в Государственную корпорацию пакет документов согласно пункту 9 Стандарта. День приема не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работник Государственной корпорации регистрирует документы (не более двадцати минут) и передает инспектору накопительного отдела Государственной корпорации, который составляет реестр документов и в течение 1 (одного) рабочего дня отправляет пакет документов посредством почтовой связи услугодателю. При этом время следования документов в пути составляет 8 (восемь) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работник канцелярии услугодателя регистрирует заявление и перенаправляет его руководителю ответственного структурного подразделения, который определяет ответственного исполнителя в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) установление факта выдачи документа об образовании через зарубежную базу данных по выданным документам об образовании в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При отсутствии сведений о документе в зарубежной базе данных, услугодатель в течение 1 (одного) рабочего дня направляется официальный запрос в зарубежную организацию образования, с целью подтверждения факта выдачи документа об образовании и наличия у организации образования, выдавшей документ об образовании, права на осуществление образовательной деятельности. Время ожидания ответа не превышает 13 (тринадцати) рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если организация образования, выдавшая документ об образовании в течение 13 (тринадцати) рабочих дней не предоставляет ответ на официальный запрос услугодателя, то в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил направляется повторный запрос и срок рассмотрения заявления продлевается на 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При продлении срока рассмотрения заявления, услугодатель в течение 1 (одного) рабочего дня со дня принятия решения, продлевает срок в ИИС ЦОН и направляет письмо-уведомление в произвольной форме услугополучателю, с указанием причин продления срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответственный работник услугодателя проводит экспертную оценку или экспертизу по выявлению эквивалентности зарубежного документа об образовании (при необходимости с привлечением специалистов организации образования Республики Казахстан) на соответствие требованиям ГОСО РК в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При несоответствии и установлении недостоверности материалов и данных (сведений), представленных для получения государственной услуги, ответственный работник услугодателя в течение 1 (одного) рабочего дня готовит мотивированный ответ об отказе в оказании государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) курирующий заместитель руководителя услугодателя согласовывает результат экспертной оценки или экспертного заключения по выявлению эквивалентности зарубежного документа об образовании либо подписывает мотивированный ответ об отказе в оказании государственной услуги для направления в Государственную корпорацию в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ответственный работник услугодателя оформляет проект решения о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) руководитель услугодателя подписывает решение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ответственный работник услугодателя оформляет удостоверение о признании или нострификации документа об образовании и предоставляет на подпись руководителю услугодателя в течение 2 (двух) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) руководитель услугодателя подписывает удостоверение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) услугодатель в течение 8 (восьми) рабочих дней доставляет посредством почтовой связи готовое удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе в региональные подразделения Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Государственная корпорация выдает удостоверение о признании или нострификации документа об образовании либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача дубликата удостоверения о признании или нострификации документа об образовании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) услугополучатель предоставляет в Государственную корпорацию пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил. День приема не входит в срок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работник Государственной корпорации регистрирует документы (не более двадцати минут) и передает инспектору накопительного отдела Государственной корпорации, который составляет реестр документов и доставляет пакет документов услугодателю. При этом время следования документов в пути для подразделения Государственной корпорации города Астаны составляет 1 (один) рабочий день, для других регионов 8 (восьми) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работник канцелярии услугодателя регистрирует заявление и перенаправляет руководителю ответственного структурного подразделения, который определяет ответственного исполнителя для проверки факта выдачи и оформления дубликата удостоверения о признании или нострификации документа об образовании (не более тридцати минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ответственный работник услугодателя проверяет полноту пакета документов услугополучателя и принимает заявление в базе ИИС ЦОН (не более тридцати минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ответственный работник услугодателя подтверждает факт выдачи и оформляет дубликат удостоверения о признании или нострификации документа об образовании или мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) руководитель услугодателя подписывает дубликат удостоверения о признании или нострификации документа об образовании или мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услугодателя доставляет дубликат удостоверения о признании или нострификации документа об образовании либо мотивированный ответ об отказе в оказании государственной услуги в подразделения Государственной корпорации других регионов в течение 8 (восьми) рабочих дней. Для подразделения Государственной корпорации города Астаны в течение 1 (одного) рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Государственная корпорация выдает дубликат удостоверения о признании или нострификации документа об образовании либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результаты процедуры по оказанию государственной услуги, которые служат основанием для начала выполнения следующих процедур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) регистрация заявления услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подтверждения факта обучения и наличия у организации образования, выдавшей документ образования, права на осуществления образовательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение экспертной оценки либо экспертного заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) продление сроков рассмотрения заявление в связи с отсутствием ответа из зарубежной организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение результатов экспертной оценки либо экспертного заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подписания приказа на основании экспертной оценки либо экспертного заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) оформление удостоверения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждение удостоверения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) выдача удостоверения о признании или нострификации документа об образовании или его дубликат либо мотивированного ответа об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібінің сипаттамасы</w:t>
-[...2001 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+        <w:t xml:space="preserve"> Глава 3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В процессе оказания государственной услуги участвуют следующие структурно-функциональные единицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) работник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководитель ответственного структурного подразделения услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ответственный работник услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) курирующий заместитель руководителя услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) руководитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя при оказании государственной услуги приведено в приложении 1 к настоящему Регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл тәртібінің сипаттамасы</w:t>
-[...177 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік корпорациямен өзара iс-қимыл тәртiбiнің, сондай-ақ мемлекеттiк қызмет көрсету процесiнде ақпараттық жүйелерді пайдалану тәртібінің сипаттамасы</w:t>
+        <w:t xml:space="preserve"> Глава 4. Описание порядка взаимодействия с Государственной корпорацией, а также порядок использования информационных систем в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
-[...15 lines deleted...]
-      10. Мемлекеттік корпорацияға жүгіну тәртібін сипаттау, көрсетілетін қызметті алушыға Мемлекеттік корпорация операторының қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты 20 (жиырма) минут;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Описание порядка обращения в Государственную корпорацию, максимальное допустимое время обслуживания оператором Государственной корпорации услугополучателя – 20 (двадцать) минут:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
-[...15 lines deleted...]
-      1) 1-процесс – көрсетілетін мемлекеттік қызметті алушы Мемлекеттік корпорацияға құжаттар топтамасын ұсынады – кезекте тұрудың рұқсат етілген ең ұзақ уақыты 15 (он бес) минуттан аспайды;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) процесс 1 – для получения услуги услугополучатель подает пакет документов в Государственную корпорацию – максимально допустимое время ожидания в очереди – не более 15 (пятнадцать) минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
-[...15 lines deleted...]
-      2) 2-процесс – Мемлекеттік корпорация операторы келіп түскен құжаттарды тіркеп, көрсетілетін қызметті алушыға құжаттарды қабылдағаны жөнінде қолхат береді – көрсетілетін қызметті алушыға қызмет көрсетудің ең ұзақ уақыты 20 (жиырма) минуттан аспайды;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) процесс 2 – оператор Государственной корпорации регистрирует поступившие документы и выдает расписку услугополучателю о приеме соответствующих документов – максимально допустимое время обслуживания услугополучателя – не более 20 (двадцати минут);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
-[...15 lines deleted...]
-      3) 3-процесс – Мемлекеттік корпорацияның өңірлік бөлімшелері құжаттар топтамасын пошталық байланыс арқылы көрсетілетін қызметті берушіге 8 (сегіз) жұмыс күні ішінде, көрсетілетін қызметті алушы құжаттар топтамасын Астана қаласының Мемлекеттік корпорациясына тапсырған кезде 1 (бір) жұмыс күні ішінде жеткізеді;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) процесс 3 – Региональные подразделения Государственной корпорации в течение 8 (восьми) рабочих дней доставляет пакет документов посредством почтовой связи услугодателю, в случае подачи услугополучателем пакета документов в Государственную корпорацию города Астаны, в течение 1 (одного) рабочего дня;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z118" w:id="116"/>
-[...15 lines deleted...]
-      4) 4-процесс – көрсетілетін қызметті беруші заңдастырылған немесе апостильденген білім туралы құжаттарды 15 (он бес) жұмыс күні ішінде қарап шешім шығарады.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) процесс 4 – рассмотрение услугодателем легализованных или апостилированных документов об образовании и принятие решения о признании или нострификации по ним в течение 15 (пятнадцати) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z119" w:id="117"/>
-[...15 lines deleted...]
-      Егер білім туралы құжат заңдастырылмаған немесе апостильденбеген болса 30 (отыз) жұмыс күні ішінде қаралады.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если документ об образовании не легализован или апостилирован, в течение 30 (тридцати) рабочих дней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
-[...15 lines deleted...]
-      Білім туралы құжатты тану немесе нострификациялау туарлы куәліктің телнұсқасын беру туралы өтініш 5 (бес) жұмыс күні ішінде қаралады;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление о выдаче дубликата удостоверения о признании или нострификации документа об образовании рассматривается в течение 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z121" w:id="119"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген жағдайларда және негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты Мемлекеттік корпорацияның өңірлік бөлімшелеріне жеткізеді. Астана қаласының Мемлекеттік корпорациясы бөлімшелері үшін 1 (бір) жұмыс күні ішінде;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) процесс 5 – услугодатель в течение 8 (восьми) рабочих дней доставляет в региональные подразделения Государственной корпорации посредством почтовой связи готовое удостоверение о признании или нострификации документа об образовании или его дубликат либо мотивированный ответ об отказе в оказании государственной услуги. Для подразделения Государственной корпорации города Астаны в течение 1 (одного) рабочего дня;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген негіздер және жағдайлар бойынша мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы жауапты береді.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) процесс 6 – оператор Государственной корпорации выдает услугополучателю готовое удостоверение о признании или нострификации документа об образовании или его дубликат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығында көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описание порядка взаимодействия с иными услугодателями и (или) Государственной корпорацией и порядка использования информационных систем в процессе оказания государственной услуги отражается в справочнике бизнес-процессов оказания государственной услуги согласно приложению 2 к настоящему Регламенту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3488,1042 +3369,803 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім туралы құжаттарды</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>к Регламенту государственной услуги</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тану және нострификациялау"</w:t>
+              <w:t>"Признание и нострификация</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...159 lines deleted...]
-              <w:t>1-қосымшасы</w:t>
+              <w:t>документов об образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әрбір рәсiмнің (iс-қимылдың) ұзақтығын көрсете отырып, көрсетілетін мемлекеттік қызметті берушінің құрылымдық бөлiмшелер (қызметкерлер) арасындағы рәсімдер (іс–қимылдар) реттілігінің сипаттамасы </w:t>
+        <w:t xml:space="preserve"> Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z126" w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-рәсім</w:t>
+        <w:t xml:space="preserve"> Процедура 1</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя регистрирует заявление и перенаправляет его руководителю ответственного структурного подразделения, который определяет ответственного исполнителя в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-рәсім</w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Процедура 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Шетелдік деректер базасында құжат туралы мәлімет болмаған жағдайда 1 (бір) жұмыс күні ішінде шетелдік білім беру ұйымына ресми сұрау жолданады. </w:t>
-[...1 lines deleted...]
-    </w:p>
+      В случае, если документ об образовании не легализован или не апостилирован, устанавливается факт выдачи документа об образовании через зарубежную базу данных в течение 1 (одного) рабочего дня. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии сведений о документе в зарубежной базе данных, направляет официальный запрос в зарубежную организацию образования в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер білім туралы құжатты берген білім беру ұйымы 13 (он үш) жұмыс күні ішінде жауап бермеген жағдайда, Қағидалардың </w:t>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="125"/>
+      В случае отсутствия ответа от организации образования, выдавшей документ об образовании в течение 13 (тринадцати) рабочих дней, то в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил направляется повторный запрос, и срок рассмотрения заявления продлевается на 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При продлении срока рассмотрения заявления, услугодатель в течение 1 (одного) рабочего дня со дня принятия решения продлевает срок в ИИС ЦОН и направляет письмо-уведомление в произвольной форме услугополучателю, с указанием причин продления срока</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-рәсім</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="125"/>
+        <w:t xml:space="preserve"> Процедура 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный работник услугодателя проводит экспертную оценку или экспертизу по выявлению эквивалентности зарубежного документа об образовании (при необходимости с привлечением специалистов организации образования Республики Казахстан) на соответствие требованиям ГОСО РК в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті берушінің жауапты қызметкері 5 (бес) жұмыс күні ішінде (қажет болған жағдайда Қазақстан Республикасы білім беру мамандарын тарта отырып) шетелдік білім туралы құжаттың </w:t>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="126"/>
+      При несоответствии и установлении недостоверности материалов и данных (сведений), представленных для получения государственной услуги, ответственный работник услугодателя в течение 1 (одного) рабочего дня готовит мотивированный ответ об отказе в оказании государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="127"/>
+        <w:t xml:space="preserve"> Процедура 4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курирующий заместитель руководителя услугодателя согласовывает результат экспертной оценки или экспертного заключения по выявлению эквивалентности зарубежного документа об образовании либо подписывает мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="128"/>
+        <w:t xml:space="preserve"> Процедура 5</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный работник услугодателя оформляет проект решения о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="129"/>
+        <w:t xml:space="preserve"> Процедура 6</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель услугодателя подписывает решение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="130"/>
+        <w:t xml:space="preserve"> Процедура 7</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный работник услугодателя оформляет удостоверение о признании или нострификации документа об образовании и предоставляет на подпись руководителю услугодателя в течение 2 (двух) рабочих дней</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="131"/>
+        <w:t xml:space="preserve"> Процедура 8</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель услугодателя подписывает удостоверение о признании или нострификации документа об образовании в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10-рәсім</w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Процедура 9</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель доставляет готовое удостоверение о признании или нострификации документов об образовании либо мотивированный ответ об отказе в оказании государственной услуги посредством почтовой связи в региональные подразделения Государственной корпорации в течение 8 (восьми) рабочих дней. Для Государственной корпорации города Астаны в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для выдачи дубликата удостоверения о признании или нострификации документов об образовании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="134"/>
+        <w:t xml:space="preserve"> Процедура 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя регистрирует заявление и перенаправляет руководителю ответственного структурного подразделения, который определяет ответственного исполнителя для проверки факта выдачи и оформления дубликата удостоверения о признании или нострификации документа об образовании (не более тридцати минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="135"/>
+        <w:t xml:space="preserve"> Процедура 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный работник услугодателя проверяет полноту пакета документов услугополучателя, принимает заявление в базе ИИС ЦОН (не более тридцати минут) и передает документы руководителю ответственного структурного подразделения, который определяет ответственного работника для проверки факта выдачи и оформления дубликата удостоверения о признании или нострификации документа об образовании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="136"/>
+        <w:t xml:space="preserve"> Процедура 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственный работник услугодателя подтверждает факт выдачи и оформляет дубликат удостоверения о признании или нострификации документа об образовании либо готовит мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-рәсім</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="137"/>
+        <w:t xml:space="preserve"> Процедура 4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель услугодателя подписывает дубликат удостоверения о признании или нострификации документа об образовании или мотивированный ответ об отказе в оказании государственной услуги в течение 1 (одного) рабочего дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z163" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-рәсім</w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Процедура 5</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодателя доставляет посредством почтовой связи дубликат удостоверения о признании или нострификации документа об образовании либо мотивированный отказ в оказании государственной услуги в подразделения Государственной корпорации других регионов в течение 8 (восьми) рабочих дней. Для подразделения Государственной корпорации города Астаны в течение 1 (одного) дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4557,376 +4199,165 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім туралы құжаттарды</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>к Регламенту государственной услуги</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тану және нострификациялау"</w:t>
+              <w:t>"Признание и нострификация</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...159 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>документов об образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="138"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Білім туралы құжаттарды тану және нострификациялау" мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы</w:t>
-[...12 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Справочник бизнес-процессов оказания государственной услуги "Признание и нострификация документов об образовании"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="3962400"/>
+            <wp:extent cx="7810500" cy="4152900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="3962400"/>
+                      <a:ext cx="7810500" cy="4152900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4952,51 +4383,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>