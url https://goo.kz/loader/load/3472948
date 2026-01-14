--- v0 (2025-12-13)
+++ v1 (2026-01-14)
@@ -1,11828 +1,11845 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BC220D" w:rsidRDefault="0067735E" w:rsidP="00AF03DC">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОТКРЫТЫЙ ДОКЛАД </w:t>
+        <w:t>АШЫҚ БАЯНДАМА</w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="00AF03DC">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="00AF03DC">
+    <w:p w:rsidR="00E56C48" w:rsidRPr="00E56C48" w:rsidRDefault="009415D6" w:rsidP="00E56C48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B4A6D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00375663" w:rsidRPr="000B4A6D">
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48" w:rsidRPr="00E56C48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> за 2018-2019 учебный год </w:t>
+        <w:t>2018-2019 оқу жылына арналған мектеп дамуының жағдайы туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375663" w:rsidRPr="000B4A6D" w:rsidRDefault="0067735E" w:rsidP="00AF03DC">
+    <w:p w:rsidR="009415D6" w:rsidRPr="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E56C48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в контексте государственных приоритетов»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00375663" w:rsidRPr="000B4A6D">
+        <w:t>мемлекеттік басымдықтар контексінде</w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E4841" w:rsidRPr="000B4A6D" w:rsidRDefault="009E4841" w:rsidP="00756339">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E4841" w:rsidRPr="000B4A6D" w:rsidRDefault="00850CE4" w:rsidP="00274A87">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B4A6D">
-[...5 lines deleted...]
-        <w:t>Сегодня образование определяет не только настоящий, но и завтрашний день, как отдельного человека, так и общества в целом. От сознания своей профессиональной миссии, от способности каждого педагога ежедневно использовать свой опыт и авторитет для формирования лучших качеств личности ребенка зависит общий успех стратегии развития образования, ведущим показателем которого выступает КАЧЕСТВО.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ертеңгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009415D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жетекші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсеткіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> САПА </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стратегиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>миссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қасиеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнделікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беделін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабілетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B106BA" w:rsidRPr="000B4A6D" w:rsidRDefault="00B106BA" w:rsidP="003B6943">
+    <w:p w:rsidR="00E56C48" w:rsidRPr="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп Қазақстан Республикасының білім беру жүйесінің бір бөлігі бола отырып, мемлекеттік стратегиялық құжаттарда белгіленген бағыттарға сәйкес дамуда, жүргізіліп жатқан өзгерістерге, соның ішінде инновацияларды енгізуге белсенді қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B4A6D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000B4A6D">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Школа, являясь частью системы образования РК, развивается в соответствии с тенденциями, определенными в государственных стратегических документах, активно участвует в происходящих преобразованиях, включаясь в реализацию инноваций. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48" w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы, мектеп сапалы және қол жетімді білім алуға мүмкіндік алу үшін қажетті жағдайларды жасады, бұл көбіне қаржы ресурстарына тәуелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA2E09" w:rsidRDefault="008F6A46" w:rsidP="007B6D0B">
+    <w:p w:rsidR="009415D6" w:rsidRPr="005D2593" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B4A6D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008116E3" w:rsidRPr="000B4A6D">
-[...102 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRDefault="006D48DF" w:rsidP="007B6D0B">
-[...16 lines deleted...]
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="0067735E">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067735E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A061085" wp14:editId="25B475B1">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2830830" cy="2179955"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="10" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Рисунок 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2833537" cy="2187550"/>
+                      <a:ext cx="2830830" cy="2179955"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRDefault="006D48DF" w:rsidP="0067735E">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бюджеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есебінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабаттағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәретхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүгедектер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арбасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдаланушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 1 200 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сомасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өрт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шығу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөндеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 178 800 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жабдықтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 270 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаражат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қауіпсіздігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 580 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сомасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 камера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнатылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>компьютердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жиынтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>студенттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаражаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есебінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқулықтармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жоспарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жабдықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> канализация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөндеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 234 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3152775" cy="1704340"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="9" name="Рисунок 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3152775" cy="1704340"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A205A9" w:rsidRDefault="00A47511" w:rsidP="00FA2E09">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы жылдар ішінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылымда оң үрдіс байқалды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егер бұрын бұл демографиялық факторға байланысты болса, онда жаңа оқу жылында - Қазақстан Республикасы Білім және ғылым министрлігінің 2018 жылғы 12 қазандағы № 564 бұйрығының нормасына сәйкес - 6 жастан бастап балаларды мектепке қабылдау (304 бірінші сынып оқушыларына қарсы 380). 2019-2020 оқу жылының басында контингент 2135 оқушы құрады, 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оның ішінде 40 сынып - бастауыш мектеп - 1144 оқушы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D128CD">
-[...79 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRDefault="006D48DF" w:rsidP="00FA2E09">
+    <w:p w:rsidR="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оқытудың сапасын, қол жетімділігі мен тиімділігін арттыру міндеті біз үшін қазіргі және болашақтың талаптарына жауап беретін инновациялық дамудың стратегиялық нұсқауы болды және солай болып қала береді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="0067735E">
+    <w:p w:rsidR="00E56C48" w:rsidRPr="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткен жылы 1130 оқушы оқу жылын «жақсы» және «өте жақсы» аяқтады. Бұл жалпы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санының 58% (57%), оң үрдісі 1% құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRPr="00E56C48" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48" w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңартылған білім мазмұны бар сыныптарда сапа көрсеткіші 60% құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067735E">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="327324E9" wp14:editId="065BBB91">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2611755" cy="1726565"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:docPr id="8" name="Рисунок 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Рисунок 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3154048" cy="1703771"/>
+                      <a:ext cx="2611755" cy="1726565"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRDefault="006D48DF" w:rsidP="0067735E">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гимназиядағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсеткіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 83,5% (77%), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>динамикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6,5% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 91%, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 75%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2780030" cy="1631315"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="6985"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2780030" cy="1631315"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B6D0B" w:rsidRDefault="008116E3" w:rsidP="00A205A9">
+    <w:p w:rsidR="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-4 сыныптарда жаңартылған білім мазмұнын тексеру мақсатында біз республикалық экспериментті сәтті аяқтадық. Жасалған жұмыстары үшін мектеп ұжымына ҚР Білім және ғылым министрі Асхат Аймағамбетовтың атынан алғыс хат жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56C48" w:rsidRDefault="00E56C48" w:rsidP="00E56C48">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәжірибе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орындау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барысында Тулкубекова М.Х., Трушакова Е.В., Захарова И.А., Жуманова А.К., Бакирова Г.М., Толеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баева Г.М., Перевертова Е. .А .құрмет грамоталармен және алғыс хаттармен марапатталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRPr="00E56C48" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп ұжымын </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48" w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инновациялық қызметті жүзеге асырудағы белсенділігі </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C48" w:rsidRPr="00E56C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім бөлімінің басшысы тамыз конференциясында атап өтті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087F77" w:rsidRDefault="00087F77" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B4A6D">
-[...130 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бізге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 сыныпқа арналған жаңартылған мазмұны бар оқулықтарды тестілеу бойынша республикалық экспериментті аяқтауымыз керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Критериалды бағалау жүйесін қолдануды жетілдіру бойынша жұмысты жалғастыру, өйткені бұл жүйе жоспарланған жеке нәтижелерге қол жеткізуді қамтамасыз етеді және оқу үлгерімінің сапасын арттыруға көмектеседі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6D0B" w:rsidRPr="00F14FFD" w:rsidRDefault="007B6D0B" w:rsidP="007B6D0B">
+    <w:p w:rsidR="00087F77" w:rsidRPr="00087F77" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00087F77" w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мазмұнды жаңартудың маңызды бағыты - үштілді білім беруді дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087F77" w:rsidRDefault="00087F77" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14FFD">
-[...8 lines deleted...]
-        <w:t>Задача повышения качества, доступности и эффективности обучения была и остается для нас стратегическим ориентиром инновационного развития, отвечающим требованиям настоящего и будущего.</w:t>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылдан бастап мектеп - аймақтық мектеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып саналады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ал 2017 жылдан бастап көптілді білім беруді енгізудің Республикалық эксперимент алаңы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006947C5" w:rsidRDefault="007B6D0B" w:rsidP="007B6D0B">
-[...25 lines deleted...]
-    <w:p w:rsidR="007B6D0B" w:rsidRDefault="007B6D0B" w:rsidP="007C6AE7">
+    <w:p w:rsidR="00087F77" w:rsidRPr="00087F77" w:rsidRDefault="00087F77" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B6D0B">
-[...22 lines deleted...]
-        <w:t>с обновленным содержанием образования показатель качества составил 60 % .</w:t>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сауаттылық пен оқу дағдыларын бағалау бойынша зерттеу жобасына қатысады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жыл сайын 6 және 8 сынып оқушылары 3 тілде онлайн тестілеуден өтеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алынған мәліметтер негізінде білім беру мектебіндегі докторантура үш тілде білім беру жағдайында сауаттылықты арттыру және оқу дағдыларын жетілдірудің жаңа тәсілдерін ойластыруда.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRPr="007B6D0B" w:rsidRDefault="006D48DF" w:rsidP="007C6AE7">
+    <w:p w:rsidR="00087F77" w:rsidRDefault="00087F77" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="0067735E">
+    <w:p w:rsidR="005D2593" w:rsidRDefault="00087F77" w:rsidP="005D2593">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00087F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Өрлеу» Ұлттық білім беру орталығымен бірлескен оқыту аясында «Тіл мүмкіндіктері мектебі» инновациялық жобасы жасалды, ол оқытушылар құрамын қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы жұмыс нәтижесінде сабақтар жинағы құрастырылды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D2593" w:rsidRPr="005D2593" w:rsidRDefault="005D2593" w:rsidP="005D2593">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жуковой Т.В., Увалиева А.А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көптілділікті енгізу бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәжірибелері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019 жылғы қалалық педагогикалық оқуларда мұғалімдердің үлкен қызығушылықтарын туғызды, білім бөлімінің ұсынысы бойынша облыста көрсету ұсынылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="005D2593" w:rsidP="005D2593">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бакирова Г.М., Каббасова К.Б., Якубова В.Х., Искакова,  Мукушова Б.К. мұғалімдердің оқушылары қалалық шығармалар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Абай оқулары», «Мақатаев оқулары»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «География» негізгі пәнін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ретінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағылшын және қазақ тілдерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«English Plas», «Atameken» арнайы курстар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқуды жалғастыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектептің инновациялық қызметінің негізгі бағыттарының бірі - неміс лингвистикалық гимназиясының жұмысы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алтыншы жыл ішінде біз неміс тілі мен мәдениетін үйренуге бағытталған «Мектептер - болашақтың серіктестері» халықаралық жобасына сәттілікпен қатысып келеміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тілдік гимназияның оқушыларымен жұмыс тек пәндік олимпиадаларға дайындалумен шектелмейді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен, Мокроусова Т.Р. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і оқушысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ностальгия» халықаралық жобасының жеңімпаздары болып, Германиядағы тілдік лагерьге жіберілді, онда олар B 1 деңгейінің тілдік куәліктерін алды.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екі оқушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мен неге жастар лагеріне барғым келеді?» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тты халықаралық мотивациялық хат жобасының жеңімпазы атанды, марапаттау тілдік лагерьге, Бішкекке (Қырғызстан) жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>окроусова Т.Р. және Перевертова Е.А. Алматы, Нұр-Сұлтан, Кельн қалаларында (Германия) өткен халықаралық тілдік конференциялар мен семинарлардың қатысушысы болды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Олардың белсенді ұстанымдарының арқасында мектеп бірінші сыныптан бастап неміс тіліндегі оқулықтарды тестілеудің тәжірибелік алаңына айналды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көптілділікті дамыту бойынша оқытушылық құрамның жұмыстары облыстық және республикалық басылымдарда жарияланады (Педальманах № 2, 2018; Білім беру ұйымының әдіскері №1, 2019).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстандық немістердің DATZ республикалық интернет-газеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неміс лингвистикалық гимназиясының және онда жұмыс істейтін мұғалімдердің қызметі туралы бірнеше мақалалар жариялады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың дарындылығын дамыту - өткен жылдың тамыз айында өткен педагогикалық кеңесте ұжымға жүктелген міндеттердің бірі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп әртүрлі деңгейдегі зияткерлік жарыстарға, ойындарға және марафондарға қатысу арқылы оқу-танымдық іс-әрекетке деген ынтасын арттырған оқушылармен жұмыс жасаудың белгілі бір жүйесін жасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Слива О.Н., Ажи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баева Л.Ю., Трушакова Е.В., Канапина Б.А., Досмаилова С.Р. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұстаздардың оқушылары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Тұңғыш Президенті күніне арналған «Егер мен Президент болсам» қала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лық шағын шығармалар байқауында жақсы нәтижелерін көрсетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қалалық «Бастау» математикалық турнирінде бастауыш сынып оқушыларының командасы «Гран-при» иеленді, облыстық турда 1 орын, қалалық «Мәтін білімі» байқауында - 2 орын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеңімпаздар мен жүлдегерлер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трушакова Е.В., Канапина Б.А., Кичигина Е.В.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дайындады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRPr="005C7752" w:rsidRDefault="005C7752" w:rsidP="005C7752">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40 қала мектептері қатысқан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Снейл», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>халықаралық сайысында біздің команда екінші орынға ие болды.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұлар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Трушакова Е.В., Канапина Б.А., Слива</w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6" w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.Н. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жыл сайын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> облыстық, республикалық және халықаралық интеллектуалдық жарыстар мен түрлі форматтағы олимпиадаларға қатысады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өкінішке орай, 2018-2019 оқу жылында осы жарыстарға қатысушылардың саны екі есе азайды (3274/1932), бірақ өнімділік 5% -ға (17/22%) жақсарды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C7752" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трушакова Е.В., Чучко О.А., Идрисова М.Г., Майлакова Е.А., Ажибаева Л.Ю., Канапина Б.А., Жуманова А. К., Асаинова А.О., Нурекенова Г.К., Кичигина Е.В., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Белоусова В.В., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы сыныптарда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың әртүрлі жарыстарға қатысу саны мен сапасының жоғары пайызы байқалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="005C7752" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаратылыстану-математикалық цикл пәндері бойынша қалалық кезеңнің кіші олимпиадасында біздің </w:t>
+      </w:r>
+      <w:r w:rsidR="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ал көптілділік бойынша олимпиадада - 3 орын алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="00194219">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстық бағдарламалау олимпиадасында - 2 орын, «Менің роботым» облыстық робототехникалық олимпиадасында - 2 орын, 5-6 сынып оқушыларына арналған кешенді олимпиадада - 1 орын, ақпараттық технологиялар олимпиадасында - 3 орын, «KazRobotix» фестивалінде 1 орны.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жүлдегерлермен жеңімпаздарды </w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6" w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жумабаева А.К., </w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Серикова Е.А., Лаврентий Е.В., </w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6" w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Гурина А.М.,</w:t>
+      </w:r>
+      <w:r w:rsidR="009415D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Крюковская Н.Ю.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дайындады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRPr="00194219" w:rsidRDefault="009415D6" w:rsidP="00194219">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00194219" w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Әл-Фараби-2019» республикалық деңгейдегі олимпиадада біздің </w:t>
+      </w:r>
+      <w:r w:rsidR="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушы </w:t>
+      </w:r>
+      <w:r w:rsidR="00194219" w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тағы да жүлдегер атанды және Алматыда оқуға грант алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3299460" cy="1806575"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3299460" cy="1806575"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қалалық пәндік олимпиадада мектеп командасы 30 жеңімпаз және жүлделі орындарға ие болды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бірінші орынды 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(20%), екінші орынды - 9 (22%), үшінші орынды - 13 (32%) иеленді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мокроусова Т.Р., Хомутова С.В., Умарова Л.О., Асаинова С.И., Гурина А.М., Крюковская Н.Ю., Мукушова Б.К., Жумабаева А. К., Искакова Л.М., Увалиева А.А., Жангазина А.К., Елемесова Б.М., Орумбаева А.Б., Серикова Е.А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұғалімдердің еңбегі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ектептің олимпиадалық командасы тек гимназия оқушыларынан (34 оқушы) ғана емес, сонымен қатар жалпы білім беретін сыныптардан (7) құрылғанын атап өткен жөн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 қатысушының 4-і информатика және қазақ тілі бойынша жеңімпаздар мен жүлдегерлер болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім бөлімі басшысының ашық баяндамасында № 39 мектеп оқушыларға арналған пәндік олимпиаданың облыстық кезеңінде ең белсенді және тиімді деп танылды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің команда қала мектептері арасында үздік нәтиже көрсетті. 9 қатысушының 8-і нәтижеге қол жеткізді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="00194219">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Неміс, химия, орыс тілі, информатика пәндері бойынша облыстық олимпиададағы мектеп оқушыларының жүлделері - бұл Мокроусова Т.Р. жұмысы. (5 орын), Хомутовой С.В., Умарова Л.О., Гурина А.М ..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRPr="00194219" w:rsidRDefault="00194219" w:rsidP="00194219">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қала әкімінің дарынды балалармен «Сарыарқа жұлдыздары» атты дәстүрлі жиналысында барлық жүлдегерлер мен облыстық олимпиада жеңімпаздарына ноутбуктер табысталды. Мұғалімдер дипломдар мен сыйлықтарға ие болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194219" w:rsidRDefault="00194219" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еспубликалық пәндік олимпиаданың қорытындысы бойынша Теміржанов Фарид, Мокроусова</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Т.Р. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушысы Ол облыстың жеңімпаз монетасына қола медаль әкелді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ілияс Сұлтан (4 нәтиже), Хомутова С.В. </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің «Дарын» Республикалық ғылыми-практикалық орталығының құрмет грамотасымен марапатталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бастауыш сынып оқушыларының ғылыми-зерттеу жұмысындағы жетістіктерінде мұғалімдердің жұмыстарын атап өту керек: Канапина Б.А., Павлина А.М., Чучко О.А., Трушакова Е.В., Болехивская Л.Д., Ажибаева Л.Д. Сыздыкова Ж.Е., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Слива </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл оқытушылар Республикалық «Зерде» шығармашылық және ғылыми-зерттеу жұмыстары конкурсының қалалық кезеңінің 5 (9) жеңімпаздары мен жүлдегерлерін және облыстық турдың 4 (8) жеңімпаздары мен жүлдегерлерін дайындады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Канапина Б.А. оқушысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Зерде» республикалық кезеңінің жеңімпазы (3 орын) болды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бес бастауыш сынып оқушысы Қазақстан Республикасының Тұңғыш Президенті күніне арналған «Ғылымға қадам» атты мектеп оқушыларының облыстық ғылыми-практикалық конференциясында сәтті сөз сөйледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республикалық «Зерде» шығармашылық және зияткерлік жұмыстар байқауының қалалық турына 5-7 сыныптар қатарынан 6 оқушы қатысты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лардың 2-і (33%) республикалық «Зерде» байқауының облыстық кезеңінде жеңімп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аз атанды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тулкубекова М.Х., Лаврентий Е.В., Чучко О.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-11 сынып оқушылары арасындағы қалалық ғылыми жобалар байқауына 8,9 сыныптардың 4 оқушысы қатысты, олардың 2-уі (50%) облыстық турға жолдама алды. Қалалық кезеңнің жеңімпаздарын С.Хомутов және Лаврентий Е.В. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайындады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Тұңғыш Президенті күніне арналған мектеп оқушыларының «Ғылымға қадам» атты облыстық конференциясында жоғары сынып оқушылары ұсынған 2 жобаның 1-і (50%) атап өтілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="009415D6" w:rsidP="00695018">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жоғарыда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фактілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұрақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасайтындығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектептен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауысқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми-зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыстарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іктерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабақтастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылжыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>турларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дайындалу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аударулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067735E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4373AFD6" wp14:editId="482D815A">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2750820" cy="1668145"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Рисунок 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2604575" cy="1726628"/>
+                      <a:ext cx="2750820" cy="1668145"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D48DF" w:rsidRDefault="006D48DF" w:rsidP="0067735E">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B6D0B" w:rsidRDefault="007B6D0B" w:rsidP="007B6D0B">
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000674CE">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="000674CE">
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын білім беру қызметтерінің маңызды көрсеткіші - ҰБТ форматындағы тәуелсіз бағалау рәсімі нәтижесінде түлектер алған мемлекеттік білім гранттарының үлесі. Байқау нәтижелері бойынша ҰБТ тапсырғандардың 50% (60%) Қазақстан Республикасы Білім және ғылым министрлігінің білім гранты иегері болды, бұл өткен жылмен салыстырғанда 10% -ға аз. Түлектердің 100% шекті деңгейін жеңу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2655570" cy="1492250"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 7"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2655570" cy="1492250"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC590C" w:rsidRPr="000674CE" w:rsidRDefault="00FC590C" w:rsidP="007B6D0B">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұрынғыдай түлектер ОӘК пәндерін өздері таңдаған пән ретінде таңдайды - 69% (72%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2743200" cy="1616710"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 8"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2743200" cy="1616710"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер 2019 жылы ҰБТ-ға қатысатын оқушылардың үлесі 44% -дан (15 қатысушы) 70% -ға (26 қатысушы) едәуір артса, онда түлектердің орташа балы 21,8 балға төмендеп, 2018 жылғы 102,6-ға қарағанда 80,8 баллды құрады. .</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0067735E" w:rsidRDefault="0067735E" w:rsidP="0067735E">
-[...353 lines deleted...]
-    <w:p w:rsidR="000674CE" w:rsidRDefault="000674CE" w:rsidP="00A01DE7">
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл көрсеткіштер түлектердің ҰБТ-ға дайындық сапасының төмендегенін және оқушылардың функционалдық сауаттылығын қалыптастырудағы қиындықтарды көрсететіні анық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>Активность педагогического коллектива школы в осуществлении инновационной деятельности отмечена руководителем отдела образования на городской августовской конференции этого года.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2479675" cy="1411605"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 9"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2479675" cy="1411605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE31E0" w:rsidRPr="000B4A6D" w:rsidRDefault="008F3DF6" w:rsidP="00AE31E0">
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="009415D6" w:rsidP="00695018">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқытушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрамының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құзіреттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> факторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамыздағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұғалімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 93,3% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009415D6" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2574925" cy="1587500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 10"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2574925" cy="1587500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оның ішінде 33% немесе жаңа форматта сертификациядан өткен 33 мұғалім: «Мұғалім-шебер» - 1, «Педагог-зерттеуші» - 19, «Педагог-сарапшы» - 4, «Мұғалім-модератор» - 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құзыреттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалып</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өсуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Болехивская</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маманның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>апталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>панорамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жинақтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тамаровский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шынықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>форумында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үміт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>номинациясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеңгені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әкімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағазымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>марапатталды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 - 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ИКРО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИнЕУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дидактикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нұсқаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Интеллектуалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марафон» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дипломдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сертификаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>птардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрамында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лива</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.Н., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мукушова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.К., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Искакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л.М., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Каббасова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.Б., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кутнова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л.Г., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Хасен</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.А., Серикова Е.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Манат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орумбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Увалиев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сейтказина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.М., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эндураева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Ю., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Болехивская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л.Д., Павлина А.М., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Темирбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.К. </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеңімпаздар арасында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Минап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.М .</w:t>
+      </w:r>
+      <w:r w:rsidR="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысы жеке жұмыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Минап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.М., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сабирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаймуханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.К. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шеберлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «КӘЖ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғалысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байқаулардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейнетаспа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сайысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеңімпаздары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...117 lines deleted...]
-        <w:t>способствует  повышению качества успеваемости.</w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республикалық байқаулардың қалалық кезеңінде олар көп тілділік бойынша «Ең жақсы сабақ әзірлемесі» байқауында жүлдегерлердің дипломдарын алды М.Тулкубекова. және Төлеубаева Г.М., «Педагогикалық бастамалар» педагогикалық идеялар фестивалінде Н.Тумарбековтің педагогикалық тәжірибесін қорытындылау, «Ең жақсы авторлық бағдарлама» байқауында Минап Г.М.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
-[...34 lines deleted...]
-    <w:p w:rsidR="00E05764" w:rsidRPr="000A6B7B" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A6B7B">
-[...217 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонымен бірге қалалық және облыстық кәсіби жарыстарға қатысу сапасы төмендеді. 2 жылдан бері республикалық конкурстарда мектеп мұғалімдері арасынан жүлдегерлер табылған жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> биотехнология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төңкерісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адамзат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзгертуде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шындықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлемдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғалысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейімделуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...154 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цифрлық Қазақстан жобасын іске асыру қолданыстағы және жаңа жобаларды жүзеге асыру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп жоғары жылдамдықты Интернет, WI-FI нүктелерімен қамтамасыз етілген. Автоматтандырылған KUNDELIK және BILIMLAND ақпараттық жүйелері, Ұлттық білім беру базасы белсенді қолданылады. «Сакура - электрондық мектеп» бағдарламалық өнімі енгізілуде. «Бұлтты бухгалтерлік есеп және кадрлық есепке алу» жобасы сынақтан өткізілуде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="009415D6" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">  вызвал большой  интерес учителей и рекомендован отделом образования для представления в области.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инклюзивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еліміздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стратегиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саналады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетімділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>студенттерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкіндіктеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттіліктерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түрлілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кепілденді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PLO). PLO бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>азаматтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болашақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>артықшылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695018" w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00142B8F" w:rsidRDefault="009F6769" w:rsidP="00142B8F">
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="009415D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2018-2019 оқу жылындағы жұмысты қорытындылай келе, мектеп тұрақты жұмыс істейді, білім беруді модернизациялау жағдайында қарқынды дамып, жалпы оқыту мен тәрбиенің тұрақты нәтижелерін қамтамасыз етеді деп айтуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F6769">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Успешно выступили учащиеся Бакировой Г.М., Каббасовой К.Б., Якубовой В.Х., Искаковой  Мукушовой Б.К. в городских конкурсах сочинений, «Абай оқулары», «Мақатаев оқулары». </w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңа оқу жылындағы маңызды перспективалардың бірі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- жаңартылған білім беру мазмұнына көшу жағдайындағы білім беру қызметтерінің сапасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF2912">
-[...107 lines deleted...]
-        <w:t xml:space="preserve">казахского языков. </w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- инклюзивті білім беруді енгізу шарттары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2220">
-[...125 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- балалардың дарындылығын дамыту, балалар мен жасөспірімдердің шығармашылық, спорттық, технологиялық және IT салаларында өзін-өзі жүзеге асыруы үшін жағдайлар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...216 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім беру қызметтерін цифрландыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05764" w:rsidRDefault="00E05764" w:rsidP="00E05764">
+    <w:p w:rsidR="00695018" w:rsidRPr="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...145 lines deleted...]
-        <w:t xml:space="preserve"> экспериментальной площадкой по апробации учебников немецкого языка с первого класса.</w:t>
+      <w:r w:rsidRPr="00695018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- мұғалімдердің кәсіби құзіреттілігін дамытатын жұмыстың заманауи тиімді формаларын қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00715F5E" w:rsidRDefault="00715F5E" w:rsidP="00715F5E">
+    <w:p w:rsidR="00695018" w:rsidRDefault="00695018" w:rsidP="00695018">
       <w:pPr>
-        <w:pBdr>
-[...6920 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a5"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC220D">
+      <w:r w:rsidRPr="00695018">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Подводя  итоги  работы  в  201</w:t>
-[...189 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>- мұғалім мен мектептің жағымды имиджін қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE61E8" w:rsidRPr="00BC220D" w:rsidRDefault="00AE61E8" w:rsidP="00274A87">
-[...44 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00FF5CF7" w:rsidRDefault="00FF5CF7" w:rsidP="009415D6">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AE61E8" w:rsidRPr="00BC220D" w:rsidRDefault="00AE61E8" w:rsidP="00274A87">
-[...353 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:sectPr w:rsidR="00FF5CF7">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...542 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E4841"/>
-[...596 lines deleted...]
-    <w:rsid w:val="00FF2E15"/>
+    <w:rsidRoot w:val="00B62C83"/>
+    <w:rsid w:val="00087F77"/>
+    <w:rsid w:val="00194219"/>
+    <w:rsid w:val="002510A8"/>
+    <w:rsid w:val="005C7752"/>
+    <w:rsid w:val="005D2593"/>
+    <w:rsid w:val="00695018"/>
+    <w:rsid w:val="009415D6"/>
+    <w:rsid w:val="00B62C83"/>
+    <w:rsid w:val="00C677FC"/>
+    <w:rsid w:val="00E56C48"/>
+    <w:rsid w:val="00FB260F"/>
+    <w:rsid w:val="00FF5CF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -11896,366 +11913,194 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009415D6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009415D6"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009415D6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="009E4841"/>
+    <w:rsid w:val="009415D6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="009E4841"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...12 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="header"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E4841"/>
-[...55 lines deleted...]
-    <w:rsid w:val="009E4841"/>
+    <w:rsid w:val="009415D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009415D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...119 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -12329,517 +12174,421 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009415D6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009415D6"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009415D6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="009E4841"/>
+    <w:rsid w:val="009415D6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="009E4841"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...12 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="header"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E4841"/>
-[...55 lines deleted...]
-    <w:rsid w:val="009E4841"/>
+    <w:rsid w:val="009415D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009415D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...119 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="160245682">
+    <w:div w:id="18050461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="127162629">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="616331735">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="983896430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1145776446">
-          <w:marLeft w:val="547"/>
+        <w:div w:id="1460414686">
+          <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1180851856">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="561477962">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="813526211">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="10038623">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="423305475">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="1998728193">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="559826648">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="300"/>
+                              <w:marTop w:val="180"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1005402353">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
-        <w:div w:id="905991474">
-          <w:marLeft w:val="547"/>
+        <w:div w:id="1068766498">
+          <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="7292467">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1181427755">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1525360481">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1645548027">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="987631167">
-[...129 lines deleted...]
-    <w:div w:id="1939830545">
+    <w:div w:id="1532651349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pandia.ru/text/category/obrazovatelmznaya_deyatelmznostmz/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12873,84 +12622,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -13081,87 +12832,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15008</Characters>
+  <Pages>1</Pages>
+  <Words>2473</Words>
+  <Characters>14100</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17605</CharactersWithSpaces>
+  <CharactersWithSpaces>16540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Lenovo</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>