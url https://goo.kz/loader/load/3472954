--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -462,82 +462,234 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="44"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="44"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГОДОВОЙ ПЛАН РАБОТЫ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD5D0E" w:rsidRPr="004B3AC6" w:rsidRDefault="00D82999">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>БИБЛИОТЕКИ СШ №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B3AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0004514F">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="0004514F">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УЧЕ</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>НЫЙ ГОД</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="36"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-          <w:b/>
-          <w:sz w:val="52"/>
+          <w:sz w:val="36"/>
+          <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD5D0E" w:rsidRDefault="00FD5D0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0084665D" w:rsidRPr="00694AF9" w:rsidRDefault="0084665D" w:rsidP="0084665D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E2440E" w:rsidRDefault="00E2440E" w:rsidP="0084665D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0071457F" w:rsidRDefault="0071457F" w:rsidP="0084665D">
@@ -563,50 +715,51 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E2440E" w:rsidRPr="00BA3D9C" w:rsidRDefault="00E2440E" w:rsidP="00E2440E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Кітапхана</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыстарының</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
@@ -626,50 +779,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>сандық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA3D9C">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>көрсеткіштері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E2440E" w:rsidRPr="00BA3D9C" w:rsidRDefault="00E2440E" w:rsidP="00BD4E68">
+      <w:pPr>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA3D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Количественные показатели библиотечной работы</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="00343004" w:rsidRPr="00343004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
@@ -690,156 +864,209 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="003737DF">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Көрсеткіштер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="003737DF">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -979,63 +1206,91 @@
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оқырмандар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> саны</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество читателей по единому регистрационному номеру</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00912500" w:rsidRPr="005777D5" w:rsidRDefault="00912500" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w:rsidR="00912500" w:rsidRPr="00694AF9" w:rsidRDefault="00343004" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00FB4779">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
@@ -1109,276 +1364,307 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005777D5" w:rsidP="005777D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқырмандар  құрамы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Состав читателей:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Оқырмандар</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>құрамы</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ учащиеся  1-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-4 </w:t>
+              <w:t xml:space="preserve">5-9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сы</w:t>
-[...7 lines deleted...]
-              <w:t>нып</w:t>
+              <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оқушылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ учащиеся  5-9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">5-9 </w:t>
+              <w:t xml:space="preserve">10-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сы</w:t>
-[...7 lines deleted...]
-              <w:t>нып</w:t>
+              <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оқушылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/ учащиеся 10-11</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10-11</w:t>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">оқытушылар </w:t>
+              <w:t>оқытушылар / педагоги</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">басқалар </w:t>
+              <w:t>басқалар / прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00912500" w:rsidRPr="005777D5" w:rsidRDefault="00343004" w:rsidP="005777D5">
@@ -1458,51 +1744,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00912500" w:rsidRPr="00694AF9" w:rsidRDefault="00AF3DBD" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>45</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00912500" w:rsidRPr="00694AF9" w:rsidRDefault="00694AF9" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1536,67 +1821,66 @@
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00DA0137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> саны (</w:t>
             </w:r>
@@ -1612,51 +1896,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ішінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>) /Количество посещений (за год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00912500" w:rsidRPr="00DA0137" w:rsidRDefault="00AF3DBD" w:rsidP="00FB4779">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1734,51 +2018,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00DA0137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ітап</w:t>
@@ -1786,51 +2070,68 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру саны (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">)  </w:t>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество книговыдач (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="003D5424" w:rsidRDefault="00FB4779" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1893,85 +2194,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқылу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00423791">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(дана)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/ Читаемость (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="009638D8" w:rsidRDefault="009638D8" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2028,93 +2337,93 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00423791" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00423791" w:rsidP="00423791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қор айналымы</w:t>
             </w:r>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>рет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>) /Обращаемость фонда (раз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="009F7814" w:rsidRDefault="00343004" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2177,94 +2486,112 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>) / Посещаемость (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>посещ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="009638D8" w:rsidRDefault="009638D8" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2384,136 +2711,184 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>етілу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (дана) </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+              <w:t xml:space="preserve"> (дана)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Книгообеспеченность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(экз.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оқушылары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / Учащиеся 1- 11 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004A2F67" w:rsidRPr="00244EFC" w:rsidRDefault="0091640A" w:rsidP="00244EFC">
+          <w:p w:rsidR="004A2F67" w:rsidRPr="009C1B38" w:rsidRDefault="0091640A" w:rsidP="004A2F67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="004A2F67" w:rsidRPr="009F7814" w:rsidRDefault="004A2F67" w:rsidP="004A2F67">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="004A2F67" w:rsidRPr="00491273" w:rsidRDefault="0091640A" w:rsidP="004A2F67">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2685,50 +3060,70 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084665D" w:rsidRDefault="0084665D" w:rsidP="00912500">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Информационно-библиографическая и массовая работа</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
         <w:tc>
           <w:tcPr>
@@ -2749,212 +3144,262 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Көрсеткіштер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Көрмелер (барлығы) </w:t>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Көрмелер (барлығы) / Выставки (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -3011,57 +3456,58 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00423791" w:rsidP="00244EFC">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00DA0137" w:rsidRDefault="00423791" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Әдебиеттер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -3072,51 +3518,69 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>) /</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Просмотры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -3173,51 +3637,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="00244EFC" w:rsidRDefault="00423791" w:rsidP="00244EFC">
+          <w:p w:rsidR="00DA0137" w:rsidRDefault="00423791" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Әдебиетті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3254,50 +3718,77 @@
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Устные обзоры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="00694AF9" w:rsidRDefault="00694AF9" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3354,87 +3845,114 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00DA0137" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқырман</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>конференциялары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Читательские конференции</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
@@ -3490,94 +4008,94 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ауызша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>журналдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / Устные журналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -3634,51 +4152,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00423791" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00423791" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ә</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ң</w:t>
             </w:r>
@@ -3704,51 +4222,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>топтық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>)/ Беседы (групповые)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="00694AF9" w:rsidRDefault="00694AF9" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3921,51 +4439,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Әдеби</w:t>
             </w:r>
             <w:r w:rsidR="00DA0137">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ет</w:t>
             </w:r>
@@ -3982,51 +4500,68 @@
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00423791">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00423791">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> композиция</w:t>
             </w:r>
             <w:r w:rsidR="00DA0137">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / Литературная</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>композиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -4083,51 +4618,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Әдеби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4144,50 +4679,68 @@
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ойындар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/Литературные праздники, игры...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="00234D74" w:rsidRDefault="00343004" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -4244,84 +4797,84 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Анықтамала</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>р(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">барлығы) </w:t>
+              <w:t>барлығы) /справки(всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -4378,102 +4931,127 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Бейнефильмдерді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қар</w:t>
             </w:r>
             <w:r w:rsidR="00DA0137">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DA0137">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidR="003737DF">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Просмотр</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеофильмов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
@@ -4687,145 +5265,172 @@
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кеңестерінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сөз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00244EFC">
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сөйлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00244EFC">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">- Басқалар </w:t>
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Высту</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0137">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пления перед педагогами о новой </w:t>
+            </w:r>
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>литературе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Басқалар / другие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="0091640A" w:rsidRDefault="0091640A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005B637A" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="005B637A" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00D012AB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w:rsidR="005B637A" w:rsidRPr="00234D74" w:rsidRDefault="0091640A" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
@@ -4900,50 +5505,51 @@
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Кітапхана-библиография</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00423791">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лық</w:t>
       </w:r>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
@@ -4974,794 +5580,88 @@
         </w:rPr>
         <w:t>імін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>насихаттау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:tbl>
-[...683 lines deleted...]
-    <w:p w:rsidR="00BA3D9C" w:rsidRDefault="00BA3D9C" w:rsidP="00912500">
+    <w:p w:rsidR="0084665D" w:rsidRDefault="0084665D" w:rsidP="00DA0137">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Пропаганда </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қорды</w:t>
+        <w:t>библиотечно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> - библиографических знаний</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
         <w:tc>
           <w:tcPr>
@@ -5782,151 +5682,1035 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Көрсеткіштер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00244EFC">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орындалғаны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеке кеңестер / Индивидуальные консультации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="005B637A" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>По мере обращения</w:t>
+            </w:r>
+            <w:r w:rsidR="00423791">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C7FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жүгіну </w:t>
+            </w:r>
+            <w:r w:rsidR="00423791">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлшері бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00D012AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Кітапхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ішіндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экскурсия /Экскурсия по библиотеке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="003D5424" w:rsidRDefault="0091640A" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кітапханалық сабақтар / Библиотечные уроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="00234D74" w:rsidRDefault="009C1B38" w:rsidP="00234D74">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әң</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імелесулер / Беседы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="00234D74" w:rsidRDefault="00234D74" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00BA3D9C" w:rsidRDefault="00BA3D9C" w:rsidP="00912500">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қорды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жинақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084665D" w:rsidRDefault="0084665D" w:rsidP="00912500">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Комплектование фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоспарланғаны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidTr="00BA3D9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6018,111 +6802,161 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>басқасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00244EFC" w:rsidP="00244EFC">
+              <w:t>) /Кол-во поступивших изданий (кроме учебников):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="009C1B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
+          <w:p w:rsidR="0084665D" w:rsidRPr="008E391D" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009638D8" w:rsidRPr="008E391D" w:rsidRDefault="009638D8" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w:rsidR="009638D8" w:rsidRPr="000D7CBB" w:rsidRDefault="0091640A" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009638D8" w:rsidRPr="006300C5" w:rsidRDefault="0091640A" w:rsidP="0091640A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6176,208 +7010,182 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="00244EFC" w:rsidP="00912500">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Түскен оқулықтар саны/ Количество поступивших учебников:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Түскен</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>оқулықтар</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-    </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>барлығы</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...67 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009638D8" w:rsidRPr="000D7CBB" w:rsidRDefault="009638D8" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="006300C5" w:rsidRDefault="006300C5" w:rsidP="009638D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w:rsidR="000D7CBB" w:rsidRPr="000D7CBB" w:rsidRDefault="00CA33AD" w:rsidP="009638D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7019</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006300C5" w:rsidRPr="006300C5" w:rsidRDefault="00CA33AD" w:rsidP="009638D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6440,51 +7248,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002F0E10" w:rsidRDefault="0084665D" w:rsidP="002F0E10">
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6513,118 +7321,163 @@
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>электрондық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>құралдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005777D5">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3D9C">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="0084665D" w:rsidRPr="009638D8" w:rsidRDefault="0084665D" w:rsidP="002F0E10">
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> том числе электронных пособий </w:t>
+            </w:r>
+            <w:r w:rsidR="009C1B38">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(аудиокниг)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="009638D8" w:rsidRDefault="0084665D" w:rsidP="009C1B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009638D8" w:rsidRPr="0091640A" w:rsidRDefault="0091640A" w:rsidP="002F0E10">
+          <w:p w:rsidR="0084665D" w:rsidRPr="003D5424" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009638D8" w:rsidRPr="0091640A" w:rsidRDefault="0091640A" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091640A">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009638D8" w:rsidRPr="003D5424" w:rsidRDefault="0091640A" w:rsidP="009C1B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
@@ -6754,130 +7607,103 @@
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="009C1B38">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009B3C24">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="002F0E10">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="0084665D" w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж.(2 жартыжылдығы/ 2 полугодие):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002F0E10">
-[...5 lines deleted...]
-              <w:t>жартыжылдығы</w:t>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>барлығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002F0E10">
-[...24 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005777D5">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>барлығы</w:t>
+              <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> /</w:t>
+              <w:t xml:space="preserve"> /всего в экземплярах</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">-    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7006,51 +7832,50 @@
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -8536,50 +9361,51 @@
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Қорды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ұйымдастыру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
@@ -11111,51 +11937,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> /основной фонда</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="004C7FD2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005777D5">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
@@ -11258,70 +12083,78 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0084665D" w:rsidRPr="005777D5" w:rsidRDefault="0084665D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FD5D0E" w:rsidRPr="00DA0137" w:rsidRDefault="00FD5D0E" w:rsidP="00DA0137">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.  ОҚУ</w:t>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005777D5">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОҚУ</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖЫЛЫНДАҒЫ </w:t>
       </w:r>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t xml:space="preserve"> НЕГІЗГІ </w:t>
       </w:r>
       <w:r w:rsidRPr="005777D5">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
@@ -14152,61 +14985,51 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F53386" w:rsidRPr="003737DF" w:rsidRDefault="0064754F" w:rsidP="00C45665">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жаңа жазылған оқырмандармен кітап оқу мәдениеті </w:t>
-[...9 lines deleted...]
-              <w:t>туралы,кітапханадағы тәртіп ережелері туралы әңгімеле</w:t>
+              <w:t>Жаңа жазылған оқырмандармен кітап оқу мәдениеті туралы,кітапханадағы тәртіп ережелері туралы әңгімеле</w:t>
             </w:r>
             <w:r w:rsidR="004C7FD2">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">улер өткізу.  </w:t>
             </w:r>
             <w:r w:rsidR="008E391D">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
@@ -14214,51 +15037,50 @@
               <w:t>/ Проведение беседы с вновь записавшимися читателями о правилах поведения в библиотеке, о культуре чтения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0052392E" w:rsidRDefault="0052392E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Әрқашан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E391D" w:rsidRDefault="008E391D" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008E391D" w:rsidRDefault="008E391D" w:rsidP="008E391D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -14284,51 +15106,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C34548" w:rsidRPr="005777D5" w:rsidTr="00435AEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C34548" w:rsidRDefault="00C34548" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C34548" w:rsidRDefault="008E391D" w:rsidP="00C45665">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Қиын балалармен,кітапхананың активімен жұмыс./ </w:t>
@@ -15548,122 +16369,135 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="001664C2" w:rsidRDefault="0049466E" w:rsidP="008E391D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Жасөспірім және заң» көрмесі./ Выставка «Подросток и закон» </w:t>
+              <w:t xml:space="preserve">«Жасөспірім және заң» көрмесі./ Выставка «Подросток и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">закон» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Әрқашан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0049466E" w:rsidRPr="001664C2" w:rsidRDefault="0049466E" w:rsidP="008E391D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>/ Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0049466E" w:rsidRPr="000E338F" w:rsidTr="00435AEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="001664C2" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="001664C2" w:rsidRDefault="00AF1A20" w:rsidP="008B66F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
@@ -16909,168 +17743,155 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="003A6CBE" w:rsidRDefault="0049466E" w:rsidP="00C97583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Кітап құрылымы»,»Периодика», «Каталогтар және картотекалар», «Анықтамалық басылымдар», «Кітапханадағы кітап таңдау» кітапханалық сабақтары./ Библиотечные уроки: </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">«Структура книги», «Периодика», «Каталоги и картотеки», «Справочные издания», «Выбор книг в библиотеке». </w:t>
+              <w:t xml:space="preserve">«Кітап құрылымы»,»Периодика», «Каталогтар және картотекалар», «Анықтамалық басылымдар», «Кітапханадағы кітап таңдау» кітапханалық сабақтары./ Библиотечные уроки: «Структура книги», «Периодика», «Каталоги и картотеки», «Справочные издания», «Выбор книг в библиотеке». </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Жыл бойы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0049466E" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0049466E" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0049466E" w:rsidRDefault="0049466E" w:rsidP="00ED5F2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>/В течение года</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0049466E" w:rsidRPr="003A6CBE" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0049466E" w:rsidRPr="00C97583" w:rsidTr="00435AEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="003A6CBE" w:rsidRDefault="0049466E" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0049466E" w:rsidRPr="003A6CBE" w:rsidRDefault="0049466E" w:rsidP="003737DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Анықтамалар орындалуы./ Выполнение справок</w:t>
@@ -18007,111 +18828,133 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жөндеу және тіркеу</w:t>
             </w:r>
             <w:r w:rsidR="00CB67FB">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,жазылымды дайындау.</w:t>
             </w:r>
             <w:r w:rsidR="00FE049A">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/ Обработка и регистрация новых изданий, оформление подписки.</w:t>
+              <w:t xml:space="preserve">/ Обработка и регистрация новых изданий, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE049A">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оформление подписки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB67FB" w:rsidRPr="003A6CBE" w:rsidRDefault="00CB67FB" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Түсу қажеттілігі бойынша</w:t>
             </w:r>
             <w:r w:rsidR="00FE049A">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / По мере поступления</w:t>
+              <w:t xml:space="preserve"> / По мере </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE049A">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C45665" w:rsidRPr="00FE049A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C45665" w:rsidRPr="003A6CBE" w:rsidRDefault="003A6CBE" w:rsidP="00912500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C45665" w:rsidRPr="00BD4E68" w:rsidRDefault="00CB67FB" w:rsidP="00E26C55">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Оқырмандарға шығарылымдарды беру,</w:t>
@@ -19157,96 +20000,85 @@
             </w:r>
             <w:r w:rsidR="009776B9">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
             <w:r w:rsidR="009776B9" w:rsidRPr="00956A2B">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ведение картотеки периодических изданий, работа с каталогами</w:t>
             </w:r>
             <w:r w:rsidR="009776B9" w:rsidRPr="00956A2B">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-              <w:t>выполнение тематических справок</w:t>
+              <w:t>, выполнение тематических справок</w:t>
             </w:r>
             <w:r w:rsidR="009776B9">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00BD4E68" w:rsidRDefault="009776B9" w:rsidP="00956A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ә</w:t>
             </w:r>
             <w:r w:rsidR="00762552">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>рқашан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009776B9" w:rsidRDefault="009776B9" w:rsidP="009776B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
@@ -19288,51 +20120,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C34548" w:rsidRPr="00956A2B" w:rsidTr="00956A2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C34548" w:rsidRPr="00956A2B" w:rsidRDefault="00C34548" w:rsidP="00956A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956A2B">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="005E6566" w:rsidRPr="00956A2B" w:rsidRDefault="005E6566" w:rsidP="00AC1A4A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -19992,58 +20823,58 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Елюбаева Д.К.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FD5D0E" w:rsidRPr="00C45665" w:rsidSect="00670D80">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00255DAC" w:rsidRDefault="00255DAC">
+    <w:p w:rsidR="008E3091" w:rsidRDefault="008E3091">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00255DAC" w:rsidRDefault="00255DAC">
+    <w:p w:rsidR="008E3091" w:rsidRDefault="008E3091">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Jester">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
@@ -20056,120 +20887,120 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00AF1A20" w:rsidRDefault="005774EC">
+  <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00AF1A20">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00AF1A20" w:rsidRDefault="005774EC">
+  <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00AF1A20">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002F0E10">
+    <w:r w:rsidR="005D158C">
       <w:rPr>
         <w:rStyle w:val="a4"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
@@ -20186,58 +21017,58 @@
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00AF1A20" w:rsidRDefault="00AF1A20">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00255DAC" w:rsidRDefault="00255DAC">
+    <w:p w:rsidR="008E3091" w:rsidRDefault="008E3091">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00255DAC" w:rsidRDefault="00255DAC">
+    <w:p w:rsidR="008E3091" w:rsidRDefault="008E3091">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05AE055E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="452C2BE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -21022,63 +21853,59 @@
     <w:rsid w:val="001200B1"/>
     <w:rsid w:val="00125CCD"/>
     <w:rsid w:val="00143E9D"/>
     <w:rsid w:val="00144341"/>
     <w:rsid w:val="00152678"/>
     <w:rsid w:val="001664C2"/>
     <w:rsid w:val="00172860"/>
     <w:rsid w:val="00176F2A"/>
     <w:rsid w:val="00177D21"/>
     <w:rsid w:val="00186341"/>
     <w:rsid w:val="0018700B"/>
     <w:rsid w:val="0019105B"/>
     <w:rsid w:val="001A1314"/>
     <w:rsid w:val="001A2BBC"/>
     <w:rsid w:val="001B7410"/>
     <w:rsid w:val="001E4B43"/>
     <w:rsid w:val="001F1A31"/>
     <w:rsid w:val="001F5DC5"/>
     <w:rsid w:val="001F6C6B"/>
     <w:rsid w:val="002071E0"/>
     <w:rsid w:val="0021768E"/>
     <w:rsid w:val="00221FE0"/>
     <w:rsid w:val="00234D74"/>
     <w:rsid w:val="00235D04"/>
     <w:rsid w:val="0023734F"/>
-    <w:rsid w:val="00244EFC"/>
     <w:rsid w:val="00252976"/>
     <w:rsid w:val="00252FCE"/>
-    <w:rsid w:val="00255DAC"/>
     <w:rsid w:val="00256DEE"/>
     <w:rsid w:val="0028528E"/>
     <w:rsid w:val="0028716C"/>
-    <w:rsid w:val="002B093F"/>
     <w:rsid w:val="002B5F1A"/>
     <w:rsid w:val="002C1005"/>
     <w:rsid w:val="002C64C4"/>
     <w:rsid w:val="002D217D"/>
-    <w:rsid w:val="002F0E10"/>
     <w:rsid w:val="002F54F7"/>
     <w:rsid w:val="003002A3"/>
     <w:rsid w:val="003130AF"/>
     <w:rsid w:val="00330643"/>
     <w:rsid w:val="00330A7B"/>
     <w:rsid w:val="00334AE9"/>
     <w:rsid w:val="0034295B"/>
     <w:rsid w:val="00343004"/>
     <w:rsid w:val="00345301"/>
     <w:rsid w:val="0035625F"/>
     <w:rsid w:val="00367DE6"/>
     <w:rsid w:val="003737DF"/>
     <w:rsid w:val="00383BBB"/>
     <w:rsid w:val="00386F7A"/>
     <w:rsid w:val="00387354"/>
     <w:rsid w:val="003930F5"/>
     <w:rsid w:val="00397BD1"/>
     <w:rsid w:val="003A6CBE"/>
     <w:rsid w:val="003B564F"/>
     <w:rsid w:val="003B7084"/>
     <w:rsid w:val="003C5F5F"/>
     <w:rsid w:val="003D0106"/>
     <w:rsid w:val="003D523E"/>
     <w:rsid w:val="003D5424"/>
     <w:rsid w:val="003E084F"/>
@@ -21090,51 +21917,50 @@
     <w:rsid w:val="00443D67"/>
     <w:rsid w:val="00446D5E"/>
     <w:rsid w:val="004601F1"/>
     <w:rsid w:val="004702D1"/>
     <w:rsid w:val="00480D15"/>
     <w:rsid w:val="00482176"/>
     <w:rsid w:val="00484D2F"/>
     <w:rsid w:val="00487B69"/>
     <w:rsid w:val="00491273"/>
     <w:rsid w:val="00491936"/>
     <w:rsid w:val="004938A6"/>
     <w:rsid w:val="0049466E"/>
     <w:rsid w:val="004971B5"/>
     <w:rsid w:val="004A2F67"/>
     <w:rsid w:val="004B3AC6"/>
     <w:rsid w:val="004C4B36"/>
     <w:rsid w:val="004C7FD2"/>
     <w:rsid w:val="004E3897"/>
     <w:rsid w:val="004F00F8"/>
     <w:rsid w:val="004F0CD2"/>
     <w:rsid w:val="004F28E4"/>
     <w:rsid w:val="0052392E"/>
     <w:rsid w:val="00525226"/>
     <w:rsid w:val="005329B5"/>
     <w:rsid w:val="00533792"/>
-    <w:rsid w:val="005774EC"/>
     <w:rsid w:val="005777D5"/>
     <w:rsid w:val="005805D4"/>
     <w:rsid w:val="005B637A"/>
     <w:rsid w:val="005B79FA"/>
     <w:rsid w:val="005C7551"/>
     <w:rsid w:val="005D0CC9"/>
     <w:rsid w:val="005D158C"/>
     <w:rsid w:val="005D3EA9"/>
     <w:rsid w:val="005E20B7"/>
     <w:rsid w:val="005E6566"/>
     <w:rsid w:val="005F2593"/>
     <w:rsid w:val="0061103B"/>
     <w:rsid w:val="006300C5"/>
     <w:rsid w:val="00636912"/>
     <w:rsid w:val="00636AFF"/>
     <w:rsid w:val="00637695"/>
     <w:rsid w:val="0064152C"/>
     <w:rsid w:val="0064754F"/>
     <w:rsid w:val="00650B66"/>
     <w:rsid w:val="00655F52"/>
     <w:rsid w:val="00670D80"/>
     <w:rsid w:val="00671BE6"/>
     <w:rsid w:val="00694AF9"/>
     <w:rsid w:val="00697276"/>
     <w:rsid w:val="006A1056"/>
@@ -21211,51 +22037,50 @@
     <w:rsid w:val="00A44D2E"/>
     <w:rsid w:val="00A62FC8"/>
     <w:rsid w:val="00A637FA"/>
     <w:rsid w:val="00A7663A"/>
     <w:rsid w:val="00A771D8"/>
     <w:rsid w:val="00A80092"/>
     <w:rsid w:val="00AA6F05"/>
     <w:rsid w:val="00AB0ABD"/>
     <w:rsid w:val="00AB3A56"/>
     <w:rsid w:val="00AB5F25"/>
     <w:rsid w:val="00AB76D2"/>
     <w:rsid w:val="00AC1A4A"/>
     <w:rsid w:val="00AD667F"/>
     <w:rsid w:val="00AD68F6"/>
     <w:rsid w:val="00AE6E25"/>
     <w:rsid w:val="00AF050C"/>
     <w:rsid w:val="00AF1A20"/>
     <w:rsid w:val="00AF3DBD"/>
     <w:rsid w:val="00B02938"/>
     <w:rsid w:val="00B055A7"/>
     <w:rsid w:val="00B12983"/>
     <w:rsid w:val="00B66364"/>
     <w:rsid w:val="00B755A9"/>
     <w:rsid w:val="00B75E2A"/>
     <w:rsid w:val="00B7674D"/>
-    <w:rsid w:val="00B96783"/>
     <w:rsid w:val="00BA284F"/>
     <w:rsid w:val="00BA3D9C"/>
     <w:rsid w:val="00BA53C6"/>
     <w:rsid w:val="00BA68A3"/>
     <w:rsid w:val="00BB7554"/>
     <w:rsid w:val="00BC1FF0"/>
     <w:rsid w:val="00BD157A"/>
     <w:rsid w:val="00BD4E68"/>
     <w:rsid w:val="00BD6F5F"/>
     <w:rsid w:val="00BF04BE"/>
     <w:rsid w:val="00C0202D"/>
     <w:rsid w:val="00C075FA"/>
     <w:rsid w:val="00C2382B"/>
     <w:rsid w:val="00C3422C"/>
     <w:rsid w:val="00C34548"/>
     <w:rsid w:val="00C41D42"/>
     <w:rsid w:val="00C45665"/>
     <w:rsid w:val="00C50F3F"/>
     <w:rsid w:val="00C64E59"/>
     <w:rsid w:val="00C70D57"/>
     <w:rsid w:val="00C901D6"/>
     <w:rsid w:val="00C9119C"/>
     <w:rsid w:val="00C96657"/>
     <w:rsid w:val="00C97583"/>
     <w:rsid w:val="00CA33AD"/>
@@ -21331,51 +22156,51 @@
     <w:rsid w:val="00FD1A58"/>
     <w:rsid w:val="00FD290D"/>
     <w:rsid w:val="00FD5D0E"/>
     <w:rsid w:val="00FE049A"/>
     <w:rsid w:val="00FE560A"/>
     <w:rsid w:val="00FF13E0"/>
     <w:rsid w:val="00FF2E97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22331,82 +23156,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830F31A1-FB87-41C9-BD52-7CF221B92906}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF794E23-4462-45C7-99CC-4DE9C6876054}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10575</Characters>
+  <Pages>1</Pages>
+  <Words>2063</Words>
+  <Characters>11762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ИНДИВИДУАЛЬНЫЙ ТРУДОВОЙ ДОГОВОР</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>тел. 32-39-40</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12406</CharactersWithSpaces>
+  <CharactersWithSpaces>13798</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ИНДИВИДУАЛЬНЫЙ ТРУДОВОЙ ДОГОВОР</dc:title>
   <dc:subject/>
   <dc:creator>Интерлэнд</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>