--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,34343 +1,22665 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях среднего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, а также приобретения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>товаров, связанных с обеспечением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания детей, воспитывающихся и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в дошкольных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B75684" w:rsidRPr="00B75684" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRDefault="00B75684" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRPr="00B75684" w:rsidRDefault="00810E34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRPr="00B75684" w:rsidRDefault="00810E34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор ГУ «СОШ №34 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>инновационного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRPr="00B75684" w:rsidRDefault="00810E34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>типа города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRPr="00B75684" w:rsidRDefault="00810E34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00810E34" w:rsidRPr="00B75684" w:rsidRDefault="00810E34">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.К.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00810E34" w:rsidRDefault="00810E34" w:rsidP="00B75684">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-[...28 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C956C2" w:rsidRDefault="007B094E" w:rsidP="00C956C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z103"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовая конкурсная документация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="00B75684">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по выбору поставщика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75684">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>білім алушыларды</w:t>
-[...136 lines deleted...]
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...28 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B75684">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00B138D2" w:rsidRPr="00B75684">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...360 lines deleted...]
-        <w:t>жеткізушіні таңдау жөніндегі үлгілік конкурстық құжаттама</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «СОШ №34 инновационного типа города Павлодар»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00124AAA" w:rsidRPr="00124AAA">
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурсты ұйымдастырушы</w:t>
-[...102 lines deleted...]
-      <w:r w:rsidR="00124AAA" w:rsidRPr="007B094E">
+        <w:t>Организатор конкурса _ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="00996FAC" w:rsidP="007B094E">
+        <w:t>140006, г. Павлодар ул.  Лермонтова 93/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...27 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">140006, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75684">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>8 (718</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t>2) 55-39-51</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="00B75684" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Лермонтова</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>8 (718</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>к-с</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>2) 55-59-84 (факс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">і, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t xml:space="preserve">980640002014           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>93/1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t xml:space="preserve">KZ02 0701 03KS N451 5000                                                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00B75684">
+        <w:t>KKMFKZ2A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>8 (718</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2) 55-39-51</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="00B75684" w:rsidP="007B094E">
+        <w:t>Департамент Казначейства по Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Представитель организатора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Айгожин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Болат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Капкенович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Должность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Контактный телефон:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87075564089</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2) 55-59-84 (факс)</w:t>
-[...33 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t>_34@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...45 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">KZ02 0701 03KS N451 5000                                                                                   </w:t>
-[...33 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00996FAC">
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар облысы бойынша Қазынашылық департаменті</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь конкурсной комиссии: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...246 lines deleted...]
-      </w:r>
+        <w:t>Токабаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сабина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>_34@</w:t>
+        <w:t>Байболатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должность: </w:t>
       </w:r>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>list</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактный телефон: </w:t>
       </w:r>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>8(7182) 55-39-51</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B094E" w:rsidRPr="007B094E" w:rsidRDefault="007B094E" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ru</w:t>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...52 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t>_34@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...35 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бухгалтер</w:t>
-[...59 lines deleted...]
-      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="00B4547A" w:rsidP="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z272"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00AB1DF9" w:rsidRPr="00CC2206" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Конкурс проводится с целью выбора поставщика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007B094E">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Сумма, выделенная для данного конкурса (лота) по</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приобретению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...53 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z305"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">429 946 (четыреста двадцать девять тысяч девятьсот сорок шесть) тенге 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без учета НДС.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9" w:rsidRDefault="007B094E" w:rsidP="00AB1DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...23 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC0315">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая конкурсная документация включает в себя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) перечень категорий получателей услуг по форме согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75684" w:rsidRPr="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) техническое задание к конкурсной документации по выбору поставщика услуги (с приложением перспективного меню, требуемого для обеспечения обучающихся, имеющих право на получение бесплатного питания) согласно приложению 3 к настоящей Типовой конкурсной документации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) заявку на участие в конкурсе для физических и юридических</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лиц по формам согласно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложениям 4,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5 к настоящей Типовой</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсной документации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) сведения о квалификации потенциального поставщика по форме</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 6 к настоящей Типовой конкурсной документации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) критерии выбора поставщика услуги согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33134">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложениям 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) Типовой договор об оказании услуги по</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации питания обучающихся в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9 к настоящей Типовой конкурсной документации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Потенциальный поставщик, изъявивший желание участвовать в</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсе, вносит с заявкой на участие в конкурсе обеспечение заявки</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на участие в конкурсе в размере одного процента от суммы, выделенной</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для приобретения услуг или товаров, в одной из нижеперечисленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форм:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) гарантийного денежного взноса, размещаемых на следующем</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>банковском счете</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организатора конкурса (Заказчика)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9" w:rsidRDefault="00AB1DF9" w:rsidP="00AB1DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>орта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A1541C">
+        <w:t xml:space="preserve">980640002014           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9" w:rsidRDefault="00AB1DF9" w:rsidP="00AB1DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KZ27 0705 0346 4841 9001 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB1DF9" w:rsidRPr="00AB1DF9" w:rsidRDefault="00AB1DF9" w:rsidP="00AB1DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>KKMFKZ2A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C956C2" w:rsidRDefault="00AB1DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Департамент Казначейства по Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) банковской гарантии.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Потенциальный поставщик или его представитель по доверенности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC0315">
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>направляет на почтовый адрес организатора конкурса, находящегося по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адресу: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>білім</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A1541C">
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>140006, г. Павлодар ул.  Лермонтова 93/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC0315">
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо нарочно сдает секретарю комиссии (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кабинет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DF9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерии</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) пакет документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункту </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75684">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22(91)</w:t>
+      </w:r>
+      <w:r w:rsidR="00193EA2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил в срок до</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87E07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00093226">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="00093226">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года до 18.00 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы представляются потенциальным поставщиком организатору</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурса в прошитом виде с пронумерованными страницами без</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исправлений и помарок. Последняя страница заявки заверяется подписью</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя и скрепляется печатью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы, представленные после истечения установленного</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организатором конкурса срока, не подлежат регистрации и возвращаются</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>потенциальным поставщикам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C956C2" w:rsidRPr="00AB1DF9" w:rsidRDefault="00C956C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A1541C">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z104"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE36D4" w:rsidRDefault="00DE36D4" w:rsidP="00193EA2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z105"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в дошкольных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для детей-сирот и детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оставшихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без попечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019356C" w:rsidRPr="0019356C" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родителей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00193EA2" w:rsidRDefault="0019356C" w:rsidP="0019356C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019356C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00193EA2" w:rsidRDefault="00193EA2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> категорий получателей услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00C956C2" w:rsidRDefault="007B094E" w:rsidP="00C956C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс по </w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00C956C2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4498C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC0315">
-[...12 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC0315">
-[...1623 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5916"/>
-        <w:gridCol w:w="3861"/>
+        <w:gridCol w:w="307"/>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="2073"/>
+        <w:gridCol w:w="1097"/>
+        <w:gridCol w:w="1261"/>
+        <w:gridCol w:w="1614"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B2171" w:rsidRPr="00A1541C" w:rsidTr="00FB4973">
+      <w:tr w:rsidR="00C706CA" w:rsidRPr="00A87E07" w:rsidTr="00C956C2">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="730" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00DB32B9" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="2006" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организатора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Общее количество получателей услуги в организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Из них обучающихся, обеспечивающихся бесплатным питанием за счет бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2635" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>Сумма, выделенная для обеспечения бесплатным питанием обучающихся за счет бюджетных средств, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C706CA" w:rsidTr="00C956C2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2635" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C706CA" w:rsidRPr="00A87E07" w:rsidTr="00C956C2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00C956C2" w:rsidRDefault="00C956C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00C956C2" w:rsidRDefault="00C956C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r w:rsidRPr="00C956C2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>ГУ СОШ № 34 инновационного типа г. Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00C956C2" w:rsidRDefault="0019356C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>балалар</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>1490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00FF0072" w:rsidRDefault="0019356C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ға арналған білім беру</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00CC2206" w:rsidRDefault="00A87E07">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87E07">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>с 1 декабря по 31 декабря 2019г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00C956C2" w:rsidRDefault="00C956C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r w:rsidRPr="00C956C2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>Лермонтова 93/1, г. Павлодар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2635" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C956C2" w:rsidRPr="00C956C2" w:rsidRDefault="00A87E07" w:rsidP="00C706CA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+            </w:pPr>
+            <w:r w:rsidRPr="00A87E07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t xml:space="preserve">429 946 (четыреста двадцать девять тысяч девятьсот сорок шесть) тенге 44 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A87E07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>жаттама</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006B2171">
+              <w:t>тиын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A87E07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ға</w:t>
-[...8 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve"> без учета НДС.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z321"/>
+    <w:p w:rsidR="00C956C2" w:rsidRPr="00810E34" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F2F12">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B2171">
-[...12 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00810E34">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r w:rsidR="009638E9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16</w:t>
+      </w:r>
+      <w:r w:rsidR="0019356C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.10.2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00810E34">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE36D4" w:rsidRDefault="00DE36D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE36D4" w:rsidRDefault="00DE36D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="00C956C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б. К.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C956C2" w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="00875E88">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00292CF7" w:rsidRDefault="00292CF7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRPr="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00292CF7" w:rsidRDefault="00D74490" w:rsidP="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B2171">
+      <w:bookmarkStart w:id="5" w:name="z109"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...18 lines deleted...]
-          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Техническое задание к конкурсной документации по выбору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     в организации</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="004B2BA0" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B2171">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услуга по организации питания. В данном техническом задании описываются качественные и количественные характеристики, которым должна соответствовать услуга по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B2171">
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00053158" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Питание предоставляется </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының № 34 инновациялық үлгідегі жалпы орта бі</w:t>
+        <w:t>1490</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающимся, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="00FF0072">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за счет средств местного бюджета на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сумму  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">429 946 (четыреста двадцать девять тысяч девятьсот сорок шесть) тенге 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без учета НДС</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006B2171">
+      <w:r w:rsidR="00A87E07" w:rsidRPr="00A87E07">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053158">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006B2171">
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основными целями и задачами при организации питания учащихся в </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ім беру мектебі» ММ</w:t>
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются обеспечение учащихся рациональным питанием, соответствующим возрастным физиологическим потребностям в пищевых веществах и энергии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Питание обучающихся осуществляется в столовой </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ул.Лермонтова,93/1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщик услуги осуществляет руководство работой пищеблока и его персонала, а также обеспечивает соблюдение технологии приготовления пищи, закладки продуктов, норм выхода порций, отпуск продуктов и блюд </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и контроль качества доставляемых продуктов, соблюдение правил их хранения и реализации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщик услуги обеспечивает соблюдение санитарн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эпидемиологических и гигиенических правил на пищеблоке, в производственных и складских помещениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B2171">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщик обеспечивает условия для ведения журнала контроля качества готовой пищи (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бракеражный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) организацией образования, по форме утвержденной Санитарными правилами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Потребительские свойства блюд, пищевых продуктов и кулинарных изделий, их органолептические свойства, технологии и условия изготовления должны соответствовать техническим регламентам Евразийского экономического союза в части безопасности пищевой продукции для детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае, доставки блюд с базовой организации школьного питания, в столовую и (или) буфет </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="004B2BA0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> используются специализированные емкости (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>термоконтейнеры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), обеспечивающие сохране</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ние соответствующей температуры.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Горячее </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питание</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся для первой смены предоставляется</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87E07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с 8.00 до 13.00</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2BA0" w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRDefault="004B2BA0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>часов</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, для второй смены </w:t>
+      </w:r>
+      <w:r w:rsidR="00550C14" w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с 14.00 до 17.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно установленному режиму питания обучающихся, утвержденному директором </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожиным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550C14">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.К.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Создаются условия для реализации буфетной продукции, которая соответствует санитарно-эпидемиологическим требованиям.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реализация готовой кулинарной продукции и пищевых продуктов осуществляется в </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.00 часов </w:t>
+      </w:r>
+      <w:r w:rsidR="00733D68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>до 17</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.00 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщик услуги ежемесячно п</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редоставляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожину</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.К.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения об используемом перечне продуктов питания для обучающихся с приложением документов, удостоверяющих их качество и безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRDefault="00D74490" w:rsidP="00D74490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщик в обязательном порядке утверждает ассортиментный перечень выпускаемой продукции в соответствии с требованиями нормативных правовых актов в сфере санитарно-эпидемиологического благополучия населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74490" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фактический рацион питания должен соответствовать перспективному меню. Замена одних продуктов, блюд и кулинарных изделий на другие допускается в исключительных случаях, в соответствии с требованиями санитарно-эпидемиологического законодательства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для отдельных категорий учащихся </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с заболеваниями желудочно-кишечного тракта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организуется щадящее (диетическое) питание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщик услуги обеспечивает наличие единой картотеки (технологические карты) приготовления блюд на пищеблоках для соблюдения технологии приготовления и соответствия калорийности готовых блюд.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приготовление пищи производится с использованием картотеки блюд, в которых отражается раскладка продуктов, выход блюд, сведения о технологии приготовления блюд, полная информация о составе каждого блюда и его пищевой ценности (содержание белков, жиров, углеводов, витаминов) и энергетической ценности (калорийности) каждого блюда (кулинарного изделия) и каждого приема пищи в совокупности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организацию работы по обеспечению технологического процесса приготовления блюд и кулинарной продукции на пищеблоке столовой обеспечивает заведующий производством. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В пищеблоке постоянно должна находиться необходимая документация в соответствии с требованиями санитарно-эпидемиологического законодательства (перечислить журналы бракеражей сырой продукции, готовой пищи, журнал регистрации состояния здоровья работников пищеблока, журнал проведения витаминизации блюд, меню, технологические карты на приготовляемые блюда, приходные документы на пищевую продукцию, документы, подтверждающие качество поступающей пищевой продукции (накладные, сертификаты соответствия, удостоверения качества, документы ветеринарно-санитарной экспертизы, книга отзывов и предложений и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D74490" w:rsidRPr="00D74490">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRDefault="00B26DAB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>У поставщика в наличии имеются медицинские книжки на каждого работника пищеблока с допуском к работе.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщик обеспечивает исправность и своевременную государственную поверку (для средств измерения) имеющегося технологического, холодильного и санитарно-технического оборудования, а также организует доставку продуктов питания.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для поддержки отечественных производителей услуг, товаров поставщик приобретает не менее 80% (восьмидесяти процентов) продуктов питания в рамках организации питания, у отечественных производителей услуг, товаров.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26DAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявки потенциального поставщика услуг по организации питания не принимаются, если:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) состоит в Реестре недобросовестных участников государственных закупок, формируемый в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом Республики Казахстан от 4 декабря 2015 года «О государственных закупках»;</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) близкие родственники, супру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) или свойственники потенциального и (или) уполномоченного представителя данного потенциального поставщика обладают правом принимать решение о выборе поставщика либо являются представителем организатора конкурса в проводимых конкурсах;</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) не является резидентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26DAB" w:rsidRDefault="00B26DAB" w:rsidP="00B26DAB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26DAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) наличие налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26DAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>размере одного тенге и более (за исключением случаев, когда срок уплаты отсрочен в соответствии с законодательством Республики Казахстан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26DAB" w:rsidRDefault="00B26DAB" w:rsidP="009D1A33">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA214D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.10.2019</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="00810E34">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26DAB" w:rsidRDefault="00B26DAB" w:rsidP="009D1A33">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B26DAB" w:rsidRDefault="00B26DAB" w:rsidP="009D1A33">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B11EB1" w:rsidRPr="00EA7C62" w:rsidRDefault="00B26DAB" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б. К.   ________________________        М.П.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z111"/>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRPr="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7C62" w:rsidRDefault="00EA7C62" w:rsidP="00EA7C62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8250"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B11EB1" w:rsidRDefault="00B11EB1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B11EB1" w:rsidRDefault="00B11EB1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кому</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Средняя общеобразовательная школа №34 инновационного типа города Павлодара»                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>От кого______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Сведения о потенциальном поставщике, претендующем на участие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в конкурсе </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="425"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="5934"/>
+        <w:gridCol w:w="3728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B2171" w:rsidTr="006B2171">
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>№</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Юридический, почтовый адреса и контактные телефоны, потенциального поставщика </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Конкурсты ұйымдастырушының атауы</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымындағы көрсетілетін қызметті алушылардың жалпы саны</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Банковские реквизиты юридического лица (БИН, БИК), а также полное наименование и адрес банка или его филиала, в котором юридическое лицо обслуживается</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Оның ішінде бюджет қаражаты есебінен тегін тамақтандыру мен қамтамасыз етілетін білім алушылар</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Қызметті көрсету мерзімдері</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество (при его наличии) первого руководителя юридического лица </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Қызметті көрсету орны</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>Білім алушыларды тегін тамақтандыруды қамтамасыз етуге бюджет қаражаты есебінен бөлінген сома</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>остоит</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ли юридическое лицо в реестре недобросовестных участников государственных закупок, формируемый в соответствии с Законом Республики Казахстан от 4 декабря 2015 года «О государственных закупках»</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Имеются ли у руководителя юридического лица и (или) уполномоченного представителя данного юридического лица близкие родственники, супру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>г(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) или свойственники обладающие правом принимать решение о выборе поставщика либо являются ли они представителями организатора конкурса в проводимых конкурсах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="8223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Резидентство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>юридического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лица</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="5777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z275"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей заявкой выражает желание принять участие в конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(полное наименование конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в качестве потенциального поставщика и согласен осуществить оказание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги или поставки товаров_____________________(указать необходимое)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в соответствии с требованиями и условиями, предусмотренными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсной документацией.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящей заявкой подтверждает отсутствие нарушений, предусмотренных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подтверждает, что он ознакомлен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с конкурсной документацией и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осведомлен об ответственности за представление организатору конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и конкурсной комиссии недостоверных сведений о своей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правоспособности, квалификации, качественных и иных характеристиках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказываемой услуги или приобретаемых товаров________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать необходимое)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а также иных ограничений, предусмотренных действующим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает на себя полную ответственность за представление в данной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявке на участие в конкурсе и прилагаемых к ней </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таких</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>недостоверных сведений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящая конкурсна</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7C62">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я заявка действует в течение 45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. В случае признания _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование юридического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>победителем конкурса обязуемся внести обеспечение исполнения договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на сумму, составляющую </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7C62" w:rsidRPr="00EA7C62">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполняет роль</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора между нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпись руководителя ____________________________________________М.П.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z112"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z113"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRPr="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0A59" w:rsidRDefault="00FB0A59" w:rsidP="00FB0A59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7650"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(для физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кому</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D1A33" w:rsidRPr="009D1A33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа №34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> От кого___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z281"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Сведения о физическом лице, претендующем на участие в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсе (потенциальном поставщике): </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5997"/>
+        <w:gridCol w:w="3665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество (при его наличии) физического лица - потенциального поставщика, в соответствии с документом, удостоверяющим личность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="5768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="006B2171" w:rsidRDefault="006B2171" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B2171" w:rsidRPr="00A1541C" w:rsidTr="006B2171">
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00C956C2" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t xml:space="preserve">Данные документа удостоверяющего личность физического лица - потенциального поставщика (№, кем </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>выдан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="5768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00C956C2" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B2171">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«Павлодар қаласының № 34 инновациялық үлгідегі жалпы орта бі</w:t>
-[...17 lines deleted...]
-              <w:t>ім беру мектебі» ММ</w:t>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00C956C2" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1490</w:t>
+              <w:t xml:space="preserve">Адрес прописки физического лица - потенциального поставщика </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="5768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00FF0072" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>66</w:t>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00CC2206" w:rsidRDefault="00066D9C" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00066D9C">
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2019 жылғы 1 желтоқсанынан бастап 31 желтоқсанға дейін</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Номер свидетельства о регистрации, патента либо иного документа дающего право на занятие, соответствующее предмету конкурса, предпринимательской деятельностью в соответствии с законодательством Республики Казахстан </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="5768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00C956C2" w:rsidRDefault="006B2171" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C956C2">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Павлодар</w:t>
-[...25 lines deleted...]
-              <w:t>і, 93/1</w:t>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B2171" w:rsidRPr="00C956C2" w:rsidRDefault="00066D9C" w:rsidP="006B2171">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00066D9C">
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ҚҚС қоспағанда 429 946 (төрт жүз жиырма тоғыз </w:t>
-[...17 lines deleted...]
-              <w:t>ң тоғыз жүз қырық алты) теңге 44 тиын</w:t>
+              <w:t>Банковские реквизиты физического лица – потенциального поставщика (ИИН, БИК, ИИК), а также полное наименование и адрес банка или его филиала, в котором обслуживается физическое лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...9875 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="5768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA23F9" w:rsidRDefault="00BA23F9" w:rsidP="00647614">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны, почтовый адрес и адрес электронной почты (при его наличии) физического лица - потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00BA23F9" w:rsidRDefault="00BA23F9" w:rsidP="00647614">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>остоит</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ли физическое лицо в реестре недобросовестных участников государственных закупок, формируемый в соответствии с Законом Республики Казахстан от 4 декабря 2015 года «О государственных закупках»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00BA23F9" w:rsidRDefault="00BA23F9" w:rsidP="00647614">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Имеются ли у физического лица и (или) уполномоченного представителя данного физического лица близкие родственники, супру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>г(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а) или свойственники обладающие правом принимать решение о выборе поставщика либо являются ли они представителями организатора конкурса в проводимых конкурсах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+            <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00647614" w:rsidRPr="00BA23F9" w:rsidRDefault="00647614" w:rsidP="00647614">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Резидентство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>физического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лица</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...5 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00647614">
-[...69 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
-            </w:r>
-[...804 lines deleted...]
-              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00647614">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указывается фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящей заявкой выражает желание принять участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать полное наименование конкурса) в качестве потенциального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика и выражает согласие осуществить оказание услуг или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поставку товаров ______(указать необходимое) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии с требованиями и условиями, предусмотренными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной документацией. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящей заявкой подтверждает отсутствие нарушений ограничений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусмотренных законодательством. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подтверждает, что ознакомлен с конкурсной документацией и осведомлен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об ответственности за представление организатору конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>недостоверных сведений о своей правоспособности, квалификации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>качественных и иных характеристиках оказываемых услуг или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приобретаемых товаров (указать необходимое), а так же иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ограничений, предусмотренных действующим законодательством Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает на себя полную ответственность за представление в данной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявке на участие в конкурсе и прилагаемых к ней </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таких</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>недостоверных сведений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящая конкурсная </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявка действует в течение 45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. В случае признания__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>победителем конкурса обязуется внести обеспечение исполнения договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на сумму, составляющую </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0A59" w:rsidRPr="00FB0A59">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не менее трех процентов от общей суммы договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указывается, если внесение обеспечения исполнения договора было</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотрено в конкурсной документации).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполняет роль</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора между нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись руководителя __________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z114"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00D2373F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007032DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3563D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D3563D" w:rsidRPr="007B094E" w:rsidRDefault="00D3563D" w:rsidP="00D3563D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="7920"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z115"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о квалификации работников потенциального поставщика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заполняется потенциальным поставщиком при приобретении услуг)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z288"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA23F9">
-[...142 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Наименование потенциального поставщика _____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...557 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Для оказания услуги по организации питания обучающихся в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях среднего образования у потенциального поставщика ______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование, фамилию, имя, отчество (при его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наличии) потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеются необходимый штат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее количество составляет____ работников, в том числе____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>повара (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), ____ технолога (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), __ диетолога (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) и _______ других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников с приложением копий подтверждающих документов:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5854"/>
-        <w:gridCol w:w="3808"/>
+        <w:gridCol w:w="1014"/>
+        <w:gridCol w:w="1870"/>
+        <w:gridCol w:w="1549"/>
+        <w:gridCol w:w="1227"/>
+        <w:gridCol w:w="1441"/>
+        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="1227"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00647614" w:rsidTr="002B180E">
+      <w:tr w:rsidR="00B4547A" w:rsidRPr="00A87E07">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="1340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B180E">
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Әлеуетті</w:t>
-[...121 lines deleted...]
-              <w:t>телефондары</w:t>
+              <w:t>Фамилия, имя, отчество (при его наличии) работника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Образование (средне-специальное, техническое и профессиональное, высшее образование) и специальность (№ диплома)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="2049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B180E">
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Заңды</w:t>
-[...294 lines deleted...]
-              <w:t>мекенжайы</w:t>
+              <w:t>Краткосрочные курсы и квалификация (№ свидетельства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:br/>
-            </w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выполняемая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="2255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B180E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004F2F12">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cтаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B180E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004F2F12">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B180E">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="004F2F12">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B180E">
-[...103 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ведения о курсах повышения квалификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B180E">
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Заңды</w:t>
-[...317 lines deleted...]
-              <w:t>ма</w:t>
+              <w:t>Сведения о допуске к работе (копии медицинских книжек с отметкой о допуске)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="1340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="004F2F12" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...532 lines deleted...]
-              <w:t>ма</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="2049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5854" w:type="dxa"/>
+            <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRPr="002B180E" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> тұлғаның резиденттігі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="2255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00647614" w:rsidRDefault="00647614" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1030 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B180E" w:rsidRDefault="002B180E" w:rsidP="000F3592">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2894" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000F3592" w:rsidRPr="00DB32B9" w:rsidRDefault="000F3592" w:rsidP="000F3592">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...988 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B4547A" w:rsidRPr="000F3592" w:rsidRDefault="007B094E" w:rsidP="000F3592">
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z290"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7E7C" w:rsidRPr="009D7E7C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объем услуг в сфере общественного питания, оказанных ранее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="z282"/>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...197 lines deleted...]
-        <w:t>1. Конкурсқа қатысуға үміткер әлеуетті өнім беруші туралы мәліметтер:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009D7E7C" w:rsidRPr="009D7E7C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с приложением копий, подтверждающих документов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5996"/>
-        <w:gridCol w:w="3666"/>
+        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="3312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D55CD" w:rsidRPr="00A1541C" w:rsidTr="006D55CD">
+      <w:tr w:rsidR="00B4547A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcW w:w="4144" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказанных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заказчиков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcW w:w="5037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4547A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcW w:w="4144" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...5 lines deleted...]
-              <w:t>Жеке тұлғаның - әлеуетті өнім берушінің тіркелген мекенжайы</w:t>
+            <w:r>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcW w:w="5037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00B4547A" w:rsidRDefault="007B094E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D55CD" w:rsidRPr="00A1541C" w:rsidTr="006D55CD">
+    </w:tbl>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z291"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Потенциальный поставщик указывает дополнительные сведения об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>имеющихся ресурсах для оказания услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Достоверность всех сведений о квалификации подтверждаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007B094E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись руководителя ______________________________________М.П.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="007B094E" w:rsidP="009D7E7C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z116"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z117"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRDefault="00124E2E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A294B" w:rsidRDefault="008A294B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B094E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00141927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей, оставшихся без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00373B17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z413"/>
+      <w:bookmarkStart w:id="21" w:name="z273"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>выбора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поставщика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="332"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="2363"/>
+        <w:gridCol w:w="2526"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...5 lines deleted...]
-              <w:t>Тіркеу туралы куәліктің, патенттің не Қазақстан Республикасының заңнамасына сәйкес конкурс мәніне сәйкес келетін кәсіпкерлік қызметпен айналысуға құқық беретін өзге де құжаттың нөмірі</w:t>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
-[...38 lines deleted...]
-          <w:p w:rsidR="006D55CD" w:rsidRPr="004F2F12" w:rsidRDefault="006D55CD" w:rsidP="00FB4973">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F2F12">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
-[...4676 lines deleted...]
-            <w:tcW w:w="6785" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Баллы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidRPr="00A1541C" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қызмет нарығында жұмыс </w:t>
-[...19 lines deleted...]
-              <w:t>ірибесі (10 балдан артық емес)</w:t>
+              <w:t>Опыт работы на рынке услуги (не более 10 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қоғамдық тамақтануды ұйымдастыру бойынша жұмыс тәжірибесі - ә</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> жылға 0,5 балдан</w:t>
+              <w:t>Опыт работы по организации общественного питания – 0,6 баллов за каждый год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім беру ұйымдарының білім алушылары мен тәрбиеленушілерін тамақтандыруды ұйымдастыру бойынша жұмыс тәжірибесі - ә</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> жылға 1 балдан</w:t>
+              <w:t>Опыт работы по организации питания обучающихся и воспитанников организаций образования – 1 балл за каждый год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Экологиялық </w:t>
-[...19 lines deleted...]
-              <w:t>үйесін қанағаттандыратын тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметке қолданылатын сәйкестік сертификатының бар болуы</w:t>
+              <w:t>Наличие сертификата соответствия, удовлетворяющего систему экологического менеджмента применительно к услугам по организации питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметке қолданылатын менеджмент сапасы жүйесі сертификатының бар болуы</w:t>
+              <w:t>Наличие сертификата системы менеджмента качества, применительно к услугам по организации питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidRPr="00A1541C" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Аспазшылардың бі</w:t>
-[...19 lines deleted...]
-              <w:t>іктілігі (10 балдан аспайды)</w:t>
+              <w:t>Квалификация повара (не более 10 баллов).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және </w:t>
-[...19 lines deleted...]
-              <w:t>әсіптік білім 3 разряд (1 балл)</w:t>
+              <w:t>Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 3 (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және </w:t>
-[...19 lines deleted...]
-              <w:t>әсіптік білім 4 разряд (2 балл)</w:t>
+              <w:t>Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 4 (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және </w:t>
-[...19 lines deleted...]
-              <w:t>әсіптік білім 5 разряд және (немесе) жоғары білім (3 балл)</w:t>
+              <w:t>Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 5 и (или) высшее образование (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Технологтың (қоғамдық тамақтану саласында), диетологтың болуы (2 балдан аспайды)</w:t>
+              <w:t>Наличие технолога (в области общественного питания), диетолога (не более 2 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствуют</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...29 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              <w:t>Имеется только один из специалистов (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеются</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(2 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Технолог біліктілігі бар өнді</w:t>
-[...29 lines deleted...]
-              <w:t>болуы (қоғамдық тамақтану саласында), (1 балдан аспайды)</w:t>
+              <w:t>Наличие заведующего производством, имеющего квалификацию технолога (в области общественного питания) (не более 1 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidRPr="00A1541C" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Конкурс ұйымдастырушысының техникалық тапсырмаға тіркеген перспективтік ас мәзі</w:t>
-[...19 lines deleted...]
-              <w:t>іне Санитариялық қағидаларға сәйкес шығарылатын өнімнің ассортименттік тізбесінің болуы</w:t>
+              <w:t>Наличие ассортиментного перечня выпускаемой продукции согласно Санитарным правилам, в том числе соответствующего перспективному меню, приложенному организатором конкурса к техническому заданию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>До</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименований</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>блюд</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>10-нан 30-ға дейін ас атауы</w:t>
-[...9 lines deleted...]
-              <w:t>(2 балл)</w:t>
+              <w:t>От 10 до 30 наименований блюд (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>30-дан 50-ге дейін ас атауы</w:t>
-[...9 lines deleted...]
-              <w:t>(3 балл)</w:t>
+              <w:t>От 30 до 50 наименований блюд (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">100% қызметкерде жұмысқа </w:t>
-[...19 lines deleted...]
-              <w:t>ұқсаты бар болуы (1 балдан аспайды)</w:t>
+              <w:t>Наличие документов о допуске к работе у 100% персонала (не более 1 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...29 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              <w:t>Отсутствует у одного из сотрудников (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Барлық қызметкерде бар</w:t>
-[...9 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              <w:t>Имеются документы у всех сотрудников (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidRPr="00A1541C" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Отандық өндірушілерден сатып алынатын тамақ өнімдерінің көлемі (3 балдан аспайды)</w:t>
+              <w:t>Объем продуктов питания, приобретаемых у отечественных производителей (не более 3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(2 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> 85 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90 % </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продуктов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t xml:space="preserve"> 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(3 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100 % </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продуктов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Мектептік тамақтандыруды ұйымдастыру барысында пайдаланылатын тамақ өнімдерінің жеке өнді</w:t>
-[...19 lines deleted...]
-              <w:t>ісінің бар болуы (шаруа немесе фермерлік қожалығы, жылыжай және басқалары) (2 балдан аспайды)</w:t>
+              <w:t>Наличие собственного производства продуктов питания, используемых при организации школьного питания (крестьянское или фермерское хозяйство, теплица и другие) (не более 2 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(2 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тамақты дайындаудың технологиялық картасының болуы (1 балдан аспайды)</w:t>
+              <w:t>Наличие технологических карт приготовления блюд (не более 1 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>используются</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Используются</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Ұсынылатын қызметтің тиі</w:t>
-[...19 lines deleted...]
-              <w:t>і сапасын қамтамасыз ететін тағамдарды дайындау кезінде жеке қуат үнемдеуші жабдықтарды пайдалану (2 балдан аспайды)</w:t>
+              <w:t>Использование собственного энергосберегающего оборудования при приготовлении блюд, обеспечивающего надлежащее качество предоставляемой услуги (не более 2 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>имеется</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Толық көлемде бар</w:t>
-[...9 lines deleted...]
-              <w:t>(2 балл)</w:t>
+              <w:t>Имеется в полном объеме (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тамақтандыруды ұйымдастыру мәселесі бойынша аспазшылардың біліктілігін көтеру туралы сертификаттың болуы (1 балдан аспайды)</w:t>
+              <w:t>Наличие сертификатов о повышении квалификации поваров по вопросу организации питания (не более 1 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:bookmarkStart w:id="22" w:name="z414"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Нет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="22"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеются</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Өнді</w:t>
-[...19 lines deleted...]
-              <w:t>істік бақылау жоспарының болуы (1 балдан аспайды)</w:t>
+              <w:t>Наличие плана производственного контроля (не более 1 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:bookmarkStart w:id="23" w:name="z415"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Нет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="23"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Имеются</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(1 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidRPr="00A1541C" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00A87E07" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тамақтандыруды ұйымдастыру бойынша қызмет көрсеткен білім беру ұйымдары ата-аналар комитеті төрағаларының қолы, мектептер директорларының қолы қойылған және мө</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              <w:t xml:space="preserve">Наличие характеристики на поставщика услуги со стороны родителей за подписью председателей родительского комитета организаций образования, подписью и печатью директоров школ в которых </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>қызмет берушіге ата-аналар тарапынан берілген сипаттамалардың болуы (3 балдан аспайды)</w:t>
+              <w:t>потенциальный поставщик оказывал услугу по организации питания (не более 3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Жоқ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бар</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> сипаттамаға 1 балдан, бірақ 3 балдан аспайды)</w:t>
+              <w:t>Имеется (за каждую характеристику 1 балл, но не более 3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4092" w:rsidTr="002D4092">
+      <w:tr w:rsidR="00141927" w:rsidRPr="00141927" w:rsidTr="00816EC1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>16.</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Әлеуетті өнім берушілердің конкурс өткізілетін тиі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              <w:t>Наличие регистрации потенциального поставщика на территории соответствующей области,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ст</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              <w:t>города республиканского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>і облыстардың, республикалық маңызы бар қаланың аумағында, астанада тіркелуінің бар болуы</w:t>
+              <w:t>значения, столицы, где проводится конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Отсутствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(0 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4800" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D4092" w:rsidRPr="002D4092" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D4092">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D4092">
+              </w:rPr>
+              <w:t>Зарегистрирован</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-              <w:t>(3 балл)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00141927">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D4092" w:rsidRDefault="002D4092" w:rsidP="00141927">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00141927" w:rsidRPr="00141927" w:rsidRDefault="00141927" w:rsidP="00141927">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z416"/>
+      <w:r w:rsidRPr="00141927">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141927">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00141927">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание: по пункту 1 наличие опыта работы по организации питания обучающихся и воспитанников организаций образования подтверждается ранее заключенными договорами, в пункте 4 баллы выставляются за каждого специалиста, для выставления баллов по пункту 10 используются данные о заключенных договорах на приобретение продуктов, произведенных в предыдущем году, по пункту 14 необходимо представить правоустанавливающие документы на оборудование (паспорт оборудования, платежные документы и другие).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E5489C" w:rsidRPr="002D4092" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002D4092" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="003E7D8B" w:rsidRPr="004F2F12" w:rsidRDefault="002D4092" w:rsidP="002D4092">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00B4547A" w:rsidRPr="004F2F12" w:rsidRDefault="007B094E" w:rsidP="003E7D8B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приобретения товаров,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>связанных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с обеспечением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания детей, воспитывающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обучающихся в дошкольных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003E7D8B" w:rsidRPr="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5489C" w:rsidRDefault="00E5489C" w:rsidP="00206C71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="003E7D8B" w:rsidRDefault="003E7D8B" w:rsidP="003E7D8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00BF032E" w:rsidRDefault="007B094E" w:rsidP="003E7D8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF032E">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00BF032E" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z128"/>
+      <w:r w:rsidRPr="00BF032E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF032E">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Протокол вскрытия конвертов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="00756B6F" w:rsidRPr="00BF032E" w:rsidRDefault="00756B6F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C83142" w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «СОШ №34 инновационного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00BF032E" w:rsidRDefault="00756B6F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C83142" w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Лермонтов </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>к-с</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>», Лермонтова 93/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00756B6F" w:rsidRPr="00BF032E">
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 93/1</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00BF032E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00BF032E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>__________________</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00BF032E">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">                                         </w:t>
+        <w:t>время и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00B647C6" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z129"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00561746" w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конкурсная комиссия в составе:</w:t>
+      </w:r>
+      <w:r w:rsidR="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00561746" w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчест</w:t>
+      </w:r>
+      <w:r w:rsidR="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во (при его наличии), должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00561746" w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>председателя и членов конкурсной комиссии, дата, вр</w:t>
+      </w:r>
+      <w:r w:rsidR="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емя и место вскрытия конкурсных </w:t>
+      </w:r>
+      <w:r w:rsidR="00561746" w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>заявок) произвела процедуру вскрытия конвертов с конкурсными заявками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конкурсная документация представлена следующим пот</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>енциальным поставщикам:____________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(наименование, адрес всех потенциальных поставщиков, которым предоставлена конкурсная документация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки следующих потенциальных поставщиков:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(наименование, адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B094E" w:rsidRPr="00BF032E">
-[...53 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>всех потенциальных поставщиков, представивших конкурсные заявки после истечения</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>    </w:t>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>окончательного срока представления конкурсных заявок,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...24 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> время представления конкурсных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="007032DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">явок) возвращены невскрытыми на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>основании_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(указать причины не вскрытия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки следующих потенциальных постав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щиков, представивших конкурсную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>заявку в установленные сроки до истечения окончательного срока представления конкурсных заявок:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>_______________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...48 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(наименование, адрес всех потенциальных поставщиков, представивших конкурс</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Конкурстық құжаттаманың көшірмесі мынадай әлеуетті өнім берушілерге берілді: </w:t>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>заявки до истечения окончательного срока предста</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вления конкурсных заявок, время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>представления конкурсной заявки) вскрыты и содержат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...40 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(информация о наличии или отсутствии доку</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t>_______</w:t>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ментов, составляющих конкурсную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>заявку и другая информация, объявленная при вскры</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...93 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тии конкурсных заявок), которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>оглашены всем присутствующим при вскрытии конкурсных заявок и допущены комиссией к участию в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>При вскрытии конкурсных заявок присутствовали следующие потенциальные поставщики (в случае их присутствия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00561746" w:rsidRPr="00561746" w:rsidRDefault="00561746" w:rsidP="00561746">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...108 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(наименование, адрес всех потенциальных поставщик</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="00C83142" w:rsidRDefault="00C83142" w:rsidP="00561746">
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов, присутствующих при вскрытии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>конкурсных заявок)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E2E" w:rsidRPr="007F7EAE" w:rsidRDefault="00561746" w:rsidP="00561746">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F45D8E" w:rsidRPr="00C83142" w:rsidRDefault="007B094E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561746">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) и подписи председателя, его заместителя, членов и секретаря конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F45D8E" w:rsidRDefault="007B094E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C83142">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F45D8E" w:rsidRPr="00C83142" w:rsidRDefault="00F45D8E">
+    <w:p w:rsidR="00F45D8E" w:rsidRDefault="00F45D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="004F2F12" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приобретения товаров,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>связанных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с обеспечением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания детей, воспитывающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F2F12">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00C83142" w:rsidRPr="00C83142" w:rsidRDefault="00C83142" w:rsidP="00BB14E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обучающихся в дошкольных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB14E8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>нысан</w:t>
-[...6 lines deleted...]
-          <w:b/>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:b/>
+        <w:t>, организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей, оставшихся </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Конкур</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRPr="00BB14E8" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">сқа қатысуға </w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F45D8E" w:rsidRDefault="00BB14E8" w:rsidP="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ұқсат беру туралы</w:t>
-[...7 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB14E8">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C83142">
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRDefault="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>хаттама</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z130"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w:rsidR="00BB14E8" w:rsidRDefault="00BB14E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007F7EAE" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Протокол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о допуске к участию в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="00745EA4" w:rsidRPr="007F7EAE" w:rsidRDefault="00745EA4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E48A0" w:rsidRPr="007F7EAE" w:rsidRDefault="007E48A0" w:rsidP="007E48A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C83142">
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ., Лермонтов </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C83142">
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>к-с</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C83142">
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t>, Лермонтова 93/1</w:t>
       </w:r>
       <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007F7EAE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00745EA4" w:rsidRPr="007F7EAE" w:rsidRDefault="007E48A0" w:rsidP="007E48A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C83142">
+      </w:pPr>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  __________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00745EA4" w:rsidRPr="007F7EAE" w:rsidRDefault="007E48A0" w:rsidP="007E48A0">
+        <w:t xml:space="preserve">                                                       (время и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E48A0" w:rsidRPr="007F7EAE" w:rsidRDefault="007B094E" w:rsidP="007E48A0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C83142">
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>уақыты мен кү</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Конкурс выбора поставщиков услуг по организации</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3227">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C83142">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-      </w:r>
+        <w:t>питания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> обучающихся в</w:t>
+      </w:r>
+      <w:r w:rsidR="007E48A0" w:rsidRPr="007F7EAE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C83142">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E48A0" w:rsidRPr="007F7EAE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2510 lines deleted...]
-    <w:p w:rsidR="00B138D2" w:rsidRPr="00B138D2" w:rsidRDefault="00B138D2" w:rsidP="00F470C8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственном учреждении «Средняя общеобразовательная школа №34 инновационного типа города Павлодар»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B647C6" w:rsidRPr="00B647C6" w:rsidRDefault="00B647C6" w:rsidP="00B647C6">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B138D2">
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>  1. Конкурсная комиссия в составе: _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                             (перечислить состав конкурсной комиссии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _________ (указать дату) рассмотрела заявки на участие в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>конкурсе выбора поставщиков услуг или товаров по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучающихся в _________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z327"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Заявки на участие в конкурсе следующих потенциальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>поставщиков, представивших их в установленные сроки до истечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>окончательного срока представления заявок на участие в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>конкурсе____________________ (указываются наименования, адрес всех</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>потенциальных поставщиков, представивших конкурсные заявки до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>истечения окончательного срока представления конкурсных заявок, время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>представления заявки на участие в конкурсе) оглашены всем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>присутствующим в заседании конкурсной комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z328"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Следующие конкурсные заявки на участие в конкурсе отклонены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к участию в конкурсе________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(указываются потенциальные поставщики (его реквизиты), конкурсные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>заявки на участие которых, отклонены с указанием причины: не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствуют требованиям конкурсной документации)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z329"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4. Конкурсные заявки поставщиков, которые соответствуют требованиям конкурсной документации _______________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                         (указывается перечень всех поставщиков)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z330"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конкурсная комиссия по результатам рассмотрения заявок на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>участие в конкурсе путем открытого голосования решила:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) Допустить к участию в конкурсе следующих потенциальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>поставщиков:________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (указать перечень поставщиков, допущенных к участию в конкурсе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) Не допустить к участию в конкурсе следующих потенциальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>поставщиков:_______________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(указать перечень поставщиков, не допущенных к участию в конкурсе и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                     причины отклонения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) Назначить день, время и место рассмотрения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>документации потенциальных поставщиков к участию в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      За данное решение проголосовали:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
         <w:rPr>
           <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkEnd w:id="71"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>За - ______ голосов (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>членов конкурсной комиссии);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Против - ________ голосов (фамилия, имя, отчество (при его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наличии) членов конкурсной комиссии).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B647C6" w:rsidRPr="00B647C6" w:rsidRDefault="00B647C6" w:rsidP="00B647C6">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подписи председателя, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членов и секретаря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B647C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="007F7EAE" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F7EAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F45D8E" w:rsidRDefault="00F45D8E" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z131"/>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A87E07" w:rsidRDefault="00A87E07" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00516824" w:rsidRDefault="00BB166E" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания обучающихся в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, а также приобретения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>товаров, связанных с обеспечением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания детей, воспитывающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обучающихся в дошкольных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациях, организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей, оставшихся без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="00B4547A" w:rsidRPr="00516824" w:rsidRDefault="007B094E" w:rsidP="00BB166E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004909C0" w:rsidRPr="00516824" w:rsidRDefault="007B094E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z132"/>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Протокол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004909C0" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об итогах конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C588B" w:rsidRPr="00516824" w:rsidRDefault="004909C0" w:rsidP="00516824">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по закупке услуг по организации питания обучающихся в </w:t>
+      </w:r>
+      <w:r w:rsidR="00B138D2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «СОШ №34 инновационного типа города Павлодар»</w:t>
+      </w:r>
+      <w:r w:rsidR="007B094E" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z331"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C588B" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002C588B" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002C588B" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C588B" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Лермонтова 93/1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C588B" w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C588B" w:rsidRDefault="002C588B" w:rsidP="002C588B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516824">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (время и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B138D2" w:rsidRPr="00B138D2" w:rsidRDefault="00B138D2" w:rsidP="00B138D2">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>  1. Конкурсная комиссия в составе: ____________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                             (перечислить состав конкурсной комиссии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z386"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2. Следующие конкурсные заявки потенциальных поставщиков на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>участие в конкурсе были допущены:____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(указать заявки потенциальных поставщиков, допущенных к конкурсу в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствии с протоколом о допуске к участию в конкурсе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z387"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3. Конкурсная комиссия по результатам рассмотрения в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствии с критериями путем открытого голосования решила:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) признать победителем конкурса _____________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(указать наименование и местонахождение участника конкурса, а также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>условия, на которых он признан победителем)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) признать конкурс ____________________________ несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (указать наименование конкурса и причины признания конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      несостоявшимся)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Если при рассмотрении конкурсных заявок участников конкурса не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>был определен победитель конкурса или все конкурсные заявки были</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>отклонены, указать причины.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) Организатору конкурса ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (указать наименование и местонахождение)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      в срок до ___ года заключить договор </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BB166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказании услуги по организации питания обучающихся в организациях среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>с__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(указать наименование победителя конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) Организатору конкурса __________________ (указать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разместить текст данного протокола об итогах конкурса на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организатора конкурса или органа образования в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>случае отсутствия у организатора конкурса собственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>интернет-ресурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      За данное решение проголосовали:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>За - ____ голосов (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>членов конкурсной комиссии);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Против - _____ голосов (фамилия, имя, отчество (при его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наличии) членов конкурсной комиссии).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B138D2" w:rsidRPr="00B138D2" w:rsidRDefault="00B138D2" w:rsidP="00B138D2">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подписи председателя, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B138D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>секретаря конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p w:rsidR="00B138D2" w:rsidRPr="00B138D2" w:rsidRDefault="00B138D2" w:rsidP="002C588B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B138D2" w:rsidRPr="00B138D2" w:rsidSect="003C3127">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="284" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA03E9" w:rsidRDefault="00EA03E9" w:rsidP="003058CD">
+    <w:p w:rsidR="000D1919" w:rsidRDefault="000D1919" w:rsidP="003058CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA03E9" w:rsidRDefault="00EA03E9" w:rsidP="003058CD">
+    <w:p w:rsidR="000D1919" w:rsidRDefault="000D1919" w:rsidP="003058CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -34356,248 +22678,223 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA03E9" w:rsidRDefault="00EA03E9" w:rsidP="003058CD">
+    <w:p w:rsidR="000D1919" w:rsidRDefault="000D1919" w:rsidP="003058CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA03E9" w:rsidRDefault="00EA03E9" w:rsidP="003058CD">
+    <w:p w:rsidR="000D1919" w:rsidRDefault="000D1919" w:rsidP="003058CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B4547A"/>
+    <w:rsid w:val="00053158"/>
     <w:rsid w:val="00060773"/>
-    <w:rsid w:val="00066D9C"/>
     <w:rsid w:val="00093226"/>
-    <w:rsid w:val="000F3592"/>
+    <w:rsid w:val="000D1919"/>
     <w:rsid w:val="0011713D"/>
-    <w:rsid w:val="00124AAA"/>
     <w:rsid w:val="00124E2E"/>
     <w:rsid w:val="00141927"/>
     <w:rsid w:val="00170454"/>
     <w:rsid w:val="0019356C"/>
     <w:rsid w:val="00193EA2"/>
     <w:rsid w:val="001E61DB"/>
     <w:rsid w:val="001F0604"/>
     <w:rsid w:val="00206C71"/>
     <w:rsid w:val="00215CF6"/>
+    <w:rsid w:val="00232CFF"/>
     <w:rsid w:val="00232EF2"/>
     <w:rsid w:val="00292CF7"/>
     <w:rsid w:val="002931B8"/>
     <w:rsid w:val="002A247A"/>
     <w:rsid w:val="002A3227"/>
-    <w:rsid w:val="002B180E"/>
     <w:rsid w:val="002C588B"/>
     <w:rsid w:val="002D17DC"/>
-    <w:rsid w:val="002D2109"/>
-    <w:rsid w:val="002D4092"/>
     <w:rsid w:val="003058CD"/>
     <w:rsid w:val="003634B0"/>
     <w:rsid w:val="00373DF3"/>
     <w:rsid w:val="003A6891"/>
     <w:rsid w:val="003C3127"/>
     <w:rsid w:val="003E6FBC"/>
     <w:rsid w:val="003E7D8B"/>
     <w:rsid w:val="003E7EF7"/>
     <w:rsid w:val="003F5117"/>
     <w:rsid w:val="004162F8"/>
-    <w:rsid w:val="00416DFA"/>
-    <w:rsid w:val="0042387A"/>
     <w:rsid w:val="00470979"/>
     <w:rsid w:val="0047236F"/>
     <w:rsid w:val="00476313"/>
     <w:rsid w:val="004901A9"/>
     <w:rsid w:val="004909C0"/>
     <w:rsid w:val="004B2BA0"/>
     <w:rsid w:val="004D0D35"/>
-    <w:rsid w:val="004D76ED"/>
-    <w:rsid w:val="004F2F12"/>
     <w:rsid w:val="00505B15"/>
     <w:rsid w:val="00516824"/>
     <w:rsid w:val="00521398"/>
     <w:rsid w:val="0052555B"/>
-    <w:rsid w:val="00535010"/>
+    <w:rsid w:val="00550C14"/>
     <w:rsid w:val="0055387C"/>
     <w:rsid w:val="00560667"/>
     <w:rsid w:val="00561746"/>
     <w:rsid w:val="005F5FDA"/>
     <w:rsid w:val="00604D44"/>
     <w:rsid w:val="00612840"/>
     <w:rsid w:val="006146B4"/>
-    <w:rsid w:val="00647614"/>
     <w:rsid w:val="0065767B"/>
     <w:rsid w:val="006616FC"/>
     <w:rsid w:val="00671824"/>
-    <w:rsid w:val="006B2171"/>
     <w:rsid w:val="006B52C9"/>
-    <w:rsid w:val="006D3A35"/>
-    <w:rsid w:val="006D55CD"/>
     <w:rsid w:val="007032DA"/>
     <w:rsid w:val="00726728"/>
     <w:rsid w:val="00733D68"/>
     <w:rsid w:val="00745EA4"/>
     <w:rsid w:val="0074643B"/>
     <w:rsid w:val="00750D7B"/>
     <w:rsid w:val="00756B6F"/>
     <w:rsid w:val="00787627"/>
     <w:rsid w:val="007B094E"/>
     <w:rsid w:val="007E48A0"/>
     <w:rsid w:val="007E4D67"/>
     <w:rsid w:val="007E7002"/>
     <w:rsid w:val="007F7EAE"/>
     <w:rsid w:val="00810E34"/>
-    <w:rsid w:val="00817A66"/>
     <w:rsid w:val="00834863"/>
     <w:rsid w:val="0084736E"/>
     <w:rsid w:val="008536ED"/>
+    <w:rsid w:val="00854B12"/>
     <w:rsid w:val="00875E88"/>
     <w:rsid w:val="008A294B"/>
     <w:rsid w:val="008B4DE0"/>
     <w:rsid w:val="008F7B15"/>
     <w:rsid w:val="0091331B"/>
-    <w:rsid w:val="00996FAC"/>
+    <w:rsid w:val="009638E9"/>
     <w:rsid w:val="009A71CA"/>
     <w:rsid w:val="009C2EDF"/>
     <w:rsid w:val="009D1A33"/>
     <w:rsid w:val="009D7E7C"/>
     <w:rsid w:val="009F540D"/>
-    <w:rsid w:val="00A06325"/>
-    <w:rsid w:val="00A1541C"/>
     <w:rsid w:val="00A275A2"/>
     <w:rsid w:val="00A450D4"/>
     <w:rsid w:val="00A52A4C"/>
     <w:rsid w:val="00A66B03"/>
+    <w:rsid w:val="00A87E07"/>
     <w:rsid w:val="00AB1DF9"/>
     <w:rsid w:val="00AE0CB6"/>
     <w:rsid w:val="00AF6B79"/>
     <w:rsid w:val="00B06399"/>
     <w:rsid w:val="00B11EB1"/>
     <w:rsid w:val="00B138D2"/>
     <w:rsid w:val="00B26DAB"/>
     <w:rsid w:val="00B4547A"/>
-    <w:rsid w:val="00B45A4F"/>
     <w:rsid w:val="00B64398"/>
     <w:rsid w:val="00B647C6"/>
     <w:rsid w:val="00B75684"/>
     <w:rsid w:val="00B769D0"/>
-    <w:rsid w:val="00BA23F9"/>
     <w:rsid w:val="00BB14E8"/>
     <w:rsid w:val="00BB166E"/>
     <w:rsid w:val="00BB3ED9"/>
-    <w:rsid w:val="00BB6602"/>
     <w:rsid w:val="00BF032E"/>
-    <w:rsid w:val="00C35CD0"/>
     <w:rsid w:val="00C43554"/>
-    <w:rsid w:val="00C83142"/>
+    <w:rsid w:val="00C706CA"/>
     <w:rsid w:val="00C956C2"/>
     <w:rsid w:val="00CA0CBB"/>
     <w:rsid w:val="00CB6F28"/>
-    <w:rsid w:val="00CC0315"/>
     <w:rsid w:val="00CC2206"/>
     <w:rsid w:val="00D02573"/>
     <w:rsid w:val="00D11309"/>
     <w:rsid w:val="00D115B8"/>
     <w:rsid w:val="00D2373F"/>
     <w:rsid w:val="00D3563D"/>
     <w:rsid w:val="00D74490"/>
     <w:rsid w:val="00DA1A42"/>
-    <w:rsid w:val="00DB32B9"/>
     <w:rsid w:val="00DE36D4"/>
     <w:rsid w:val="00E05618"/>
     <w:rsid w:val="00E4498C"/>
     <w:rsid w:val="00E5489C"/>
-    <w:rsid w:val="00EA03E9"/>
     <w:rsid w:val="00EA7C62"/>
     <w:rsid w:val="00ED1A70"/>
-    <w:rsid w:val="00ED42D4"/>
     <w:rsid w:val="00F3267B"/>
     <w:rsid w:val="00F33134"/>
     <w:rsid w:val="00F45D8E"/>
-    <w:rsid w:val="00F470C8"/>
     <w:rsid w:val="00F53BF1"/>
+    <w:rsid w:val="00FA214D"/>
     <w:rsid w:val="00FB0A59"/>
-    <w:rsid w:val="00FB4973"/>
+    <w:rsid w:val="00FB4D34"/>
     <w:rsid w:val="00FF0072"/>
-    <w:rsid w:val="00FF6916"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -34684,51 +22981,50 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
@@ -34976,469 +23272,239 @@
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B647C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00B647C6"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001E61DB"/>
-[...65 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...277 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="450516366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1370958439">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -35446,51 +23512,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2102946051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -35734,87 +23800,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>5490</Words>
-  <Characters>31299</Characters>
+  <Words>5434</Words>
+  <Characters>30979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>260</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>СОШ №34</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36716</CharactersWithSpaces>
+  <CharactersWithSpaces>36341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>LenovoG50-2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>