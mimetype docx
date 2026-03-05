--- v0 (2025-12-19)
+++ v1 (2026-03-05)
@@ -1,4303 +1,3773 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE" w:rsidRDefault="00032354" w:rsidP="00032354">
+    <w:p w:rsidR="000F67C8" w:rsidRDefault="00032354" w:rsidP="00032354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7380"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
+      <w:r w:rsidRPr="00C475B0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Орта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
+        <w:t>Приложение 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или товаров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования, а также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика товаров, связанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с обеспечением питания детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающихся и обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования для детей-сирот и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей, оставшихся без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C475B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z421"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовой договор </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00C239A6" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z422"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C239A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C239A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C239A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C239A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           "___"_____________2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z423"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа №34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>именуемый (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дальнейше</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м Заказчик, в лице </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Болата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Капкеновича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с одной стороны и ______________, (полное наименование поставщика – победителя конкурса), именуемый (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) в дальнейшем Поставщик, в лице _________________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...25 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...25 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, фамилия, имя, отчество (при его наличии) руководителя) действующего на основании_____(свидетельства о регистрации индивидуального предпринимателя, Устава и другие) с другой стороны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, на основании протокола об итогах конкурса по выбору поставщика услуги, состоявшегося "___"____</w:t>
+      </w:r>
+      <w:r w:rsidR="00930C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20___ года заключили насто</w:t>
+      </w:r>
+      <w:r w:rsidR="00930C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ящий Договор об оказании услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее - Договор) и пришли к соглашению о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z424"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Поставщик обязуется поставить Заказчику услугу по организации питания обучающихся в организации образования, в том числе обучающихся отдельных категорий на сумму в размере (указать сумму цифрами и прописью), в том числе НДС (указать сумму НДС цифрами и прописью)/без учета НДС (далее – цена Договора).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z425"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В данном Договоре нижеперечисленные понятия имеют следующее толкование:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z426"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) "Непреодолимая сила (Форс-мажор)" – чрезвычайные и непредотвратимые события (стихийные явления, военные действия и другие). К таким обстоятельствам не относится, в частности, отсутствие на рынке нужных для исполнения товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z427"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) "Услуга" – предоставление качественного и безопасного питания обучающимся в организации среднего образования, включающее процесс производства и реализации кулинарной продукции и товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z428"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) "Заказчик" – орган или организация среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z429"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) "Товар" – товар по организации питания обучающихся в организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z430"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) "Поставщик" – физическое или юридическое лицо, осуществляющее предпринимательскую деятельность, (за исключением государственных учреждений, если иное не установлено законами Республики Казахстан), выступающее в качестве контрагента Заказчика в заключенном с ним договоре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z431"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Договор" – гражданско-правовой акт, заключенный между Заказчиком и Поставщиком, зафиксированный в письменной форме в соответствии с гражданским законодательством Республики Казахстан, подписанный сторонами со всеми приложениями и дополнениями к нему, а также со всей документацией, на которую в договоре есть ссылки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z432"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) "Цена Договора" – сумма, выплаченная Заказчиком Поставщику в рамках Договора за полное выполнение своих договорных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z433"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стороны не несут ответственности за полное или частичное неисполнение своих обязанностей по настоящему договору, если оно явилось результатом непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z434"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Перечисленные ниже документы и условия, оговоренные в них, образуют данный Договор и считаются его неотъемлемой частью, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z435"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) настоящий Договор;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z436"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) техническое задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z437"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обеспечение исполнения Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z438"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Поставщик вносит обеспечение исполнения Договора (банковская гарантия или гарантийный денежный взнос) на условиях, предусмотренных в Правилах организации питания обучающихся в организациях среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z439"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Не допускается совершение Поставщиком действий, приводящих к возникновению у третьих лиц права исполнения Договора, в том числе права требования в целом либо части обеспечения исполнения Договора. Не допускается использование Заказчиком обеспечения исполнения Договора, внесенного Поставщиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z440"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Договор заключается согласно утвержденному индивидуальному плану финансирования по обязательствам на соответствующий финансовый год в пределах выделенных средств и продлевается не более двух раз по истечении срока действия договора при отсутствии нарушений со стороны поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z441"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При изменении количества </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, имеющих право на получение бесплатного питания составляется дополнительное соглашение к действующему договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z442"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поставщик обязуется оказать, а Заказчик принять и оплатить услугу по организации питания обучающихся в организации образования в количестве </w:t>
+      </w:r>
+      <w:r w:rsidR="009821CD" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1490 обучающимся, в том числе 66 </w:t>
+      </w:r>
+      <w:r w:rsidR="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся отдельных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с техническим заданием, являющимся неотъемлемой частью настоящего Договора.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма оплаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>перечисление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z443"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Сроки выплат</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по факту с 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>декабря по 31 декабря 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z444"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Необходимые документы, пред</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шествующие оплате: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>счет-фактура</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4330C" w:rsidRPr="00D4330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, акт оказанных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z445"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Поставщик без предварительного письменного согласия Заказчика не раскрывает кому-либо содержание Договора или какого-либо из его положений, а также документации или информации, предоставленных Заказчиком или от его имени другими лицами, за исключением того персонала, который привлечен Поставщиком для выполнения настоящего Договора. Указанная информация должна предоставляться этому персоналу конфиденциально, и в той мере, насколько это необходимо для выполнения договорных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z446"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата Поставщику за оказанную услугу по организации питания обучающихся, имеющих право на получение бесплатного питания в организации среднего образования производится по результатам фактического выполнения услуги в форме и в</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сроки, указанные в пунктах </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA685A" w:rsidRPr="00BA685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7,8,9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z447"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Стоимость одноразового питания на одного</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="009821CD" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>342,86 тенге (без НДС), 384 тенге (с НДС)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009821CD" w:rsidRPr="009821CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z448"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Предоставление услуги осуществляется Поставщиком в соответствии со сроками установленными Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z449"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Задержка выполнения услуги со стороны Поставщика является основанием для расторжения Заказчиком Договора с удержанием обеспечения исполнения Договора, выплаты неустойки за несвоевременное оказание услуги или других мер, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z450"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...17 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик не предоставляет услугу, предусмотренные Договором, Заказчик вычитает из цены Договора в виде неустойки сумму в 0,1 % от цены договора за каждый день просрочки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z451"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. За нарушение условий Договора Заказчик расторгает настоящий Договор, направив Поставщику письменное уведомление о неисполнении обязательств:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z452"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) если Поставщик не оказал часть услуги или всю услугу в срок (и), предусмотренный Договором, или в течение периода продления этого Договора, предоставленного Заказчиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z453"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) если Поставщик не выполняет какие-либо другие свои обязательства по Договору, в том числе при несоответствии количественного и качественного состава работников пищеблока, указанных в период конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z454"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. При возникновении непреодолимой силы Поставщик в течение одного рабочего дня направляет Заказчику письменное уведомление о таких </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обстоятельствах и их причинах. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если от Заказчика не поступает иных письменных инструкций, Поставщик продолжает выполнять свои обязательства по Договору, и ведет поиск альтернативных способов выполнения Договора, не зависящих от непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z455"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Поставщик при выполнении требований пункта 17 настоящего Договора не лишается своего обеспечения исполнения Договора и не несет ответственность за выплату неустоек или расторжение Договора в силу неисполнения его условий, если задержка с исполнением Договора является результатом непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z456"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик становится, неплатежеспособным или включается в Реестр недобросовестных поставщиков, Заказчик расторгает Договор в любое время, направив Поставщику соответствующее письменное уведомление. В этом случае, расторжение осуществляется немедленно, и Заказчик не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несет никакой финансовой обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по отношению к Поставщику при условии, если расторжение Договора не наносит ущерба или не затрагивает каких-либо прав на совершение действий или применение санкций, которые были или будут впоследствии предъявлены Заказчику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z457"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Заказчик расторгает Договор в любое время в случае нецелесообразности его дальнейшего выполнения, направив Поставщику соответствующее письменное уведомление. В уведомлении указывается причина расторжения Договора, оговаривается объем аннулированных договорных обязательств, а также дата вступления в силу расторжения Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z458"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Когда Договор аннулируется в силу вышеуказанных обстоятельств, Поставщику производится оплата только за фактические затраты на день расторжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z459"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Заказчик и Поставщик прилагают все усилия к тому, чтобы разрешать в процессе прямых переговоров все разногласия или споры, возникающие между ними по Договору или в связи с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z460"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Если в течение 21 (двадцати одного) дня после начала таких переговоров Заказчик и Поставщик не разрешили спор по Договору, любая из сторон решает вопрос в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z461"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Договор составляется на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z462"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Любое уведомление, которое одна сторона направляет другой стороне в соответствии с Договором, высылается в виде письма, телеграммы или факса с последующим предоставлением оригинала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z463"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Уведомление вступает в силу после доставки или в указанный день вступления в силу (если указано в уведомлении), в зависимости оттого, какая из этих дат наступит позднее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z464"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Налоги и другие обязательные платежи в бюджет подлежат уплате в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z465"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Настоящим Договором предусматриваются иные штрафные санкции, согласованные Заказчиком и Поставщиком в установленном порядке, либо иные условия, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z466"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Настоящий Договор вступает в силу после регистрации его Заказчиком в территориальном подразделении казначейства Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z467"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае отсутствия в организации образования обучающихся, имеющих право на получение бесплатного питания потенциальный поставщик услуги не вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z468"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Настоящий Типовой договор регулирует правоотношения, возникающие между Заказчиком и Поставщиком в процессе осуществления Заказчиком услуги или приобретения товаров по организации питания обучающихся в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z469"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внесение изменений в договор допускается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z470"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) улучшения меню заказчиком (увеличение рациона питания) и соответственно увеличения суммы договора по взаимному согласию сторон при условии неизменности качества и других условий, явившихся основой для выбора поставщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z471"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) изменения количества </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, имеющих право на получение бесплатного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z472"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Другие вносимые в настоящий Договор изменения и дополнения должны соответствовать конкурсной документации Заказчика, конкурсной заявке Поставщика и Протоколу об итогах конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z473"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адреса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реквизиты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0EDE" w:rsidRPr="00FD0EDE">
-[...2811 lines deleted...]
-        <w:t>31. Тараптардың мекенжайлары мен деректемелері:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сторон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4583"/>
         <w:gridCol w:w="4687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00C3738A">
+      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00346646">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00C3738A">
-[...46 lines deleted...]
-          <w:p w:rsidR="00032354" w:rsidRPr="00C3738A" w:rsidRDefault="00032354" w:rsidP="00BA685A">
+          <w:p w:rsidR="00032354" w:rsidRPr="00BA685A" w:rsidRDefault="00032354" w:rsidP="00BA685A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="54" w:name="z474"/>
+            <w:bookmarkEnd w:id="53"/>
+            <w:r w:rsidRPr="00BA685A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заказчик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA685A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00BA685A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГУ «Средняя общеобразовательная школа №34 инновационного типа города Павлодара»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00032354" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00032354">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="62" w:name="z475"/>
-[...13 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:bookmarkStart w:id="55" w:name="z475"/>
+            <w:bookmarkEnd w:id="54"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поставщик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t>(толық атауы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="62"/>
+        <w:bookmarkEnd w:id="55"/>
       </w:tr>
-      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00C3738A">
+      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00346646">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
-[...347 lines deleted...]
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">тел. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Адрес: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>8 (718</w:t>
+              <w:t>140006, г. Павлодар ул.  Лермонтова 93/1</w:t>
             </w:r>
             <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2) 55-39-51</w:t>
+              <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БИН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>8 (718</w:t>
+              <w:t xml:space="preserve">980640002014           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИИК </w:t>
             </w:r>
             <w:r w:rsidRPr="007B094E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2) 55-59-84 (факс)</w:t>
+              <w:t xml:space="preserve">KZ02 0701 03KS N451 5000                                                                                   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+          <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БИК </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>KKMFKZ2A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Департамент Казначейства по Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00032354" w:rsidRPr="00BA685A" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00032354" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00032354">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C3738A">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C3738A">
-[...6 lines deleted...]
-              <w:t>(телефоны, факс)</w:t>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00032354" w:rsidRPr="00225ED3" w:rsidTr="00C3738A">
+      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00346646">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тел. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8 (718</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) 55-39-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00930C28" w:rsidRPr="007B094E" w:rsidRDefault="00930C28" w:rsidP="00930C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8 (718</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B094E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) 55-59-84 (факс)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00032354" w:rsidRPr="009821CD" w:rsidTr="00346646">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00930C28" w:rsidP="00930C28">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Директор  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Айгожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Болат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Капкенович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00032354" w:rsidRPr="00225ED3" w:rsidRDefault="00C3738A" w:rsidP="00032354">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00225ED3">
+            <w:r w:rsidRPr="00032354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00225ED3">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>(тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3738A" w:rsidRPr="00032354" w:rsidTr="00C3738A">
+      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00346646">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00725B3D">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C3738A">
+            <w:r w:rsidRPr="00032354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C3738A">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t>(қолы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00032354">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C3738A">
+            <w:r w:rsidRPr="00032354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C3738A">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t>(қолы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3738A" w:rsidRPr="00032354" w:rsidTr="00C3738A">
+      <w:tr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidTr="00346646">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00725B3D">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C3738A">
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:bookmarkStart w:id="56" w:name="z476"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___"_____________________ ____г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4687" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00032354">
+          <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="63" w:name="z477"/>
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:bookmarkStart w:id="57" w:name="z477"/>
+            <w:bookmarkEnd w:id="56"/>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"___"_____________________ ____г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00032354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="63"/>
+        <w:bookmarkEnd w:id="57"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C3738A" w:rsidRPr="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00C3738A">
-[...126 lines deleted...]
-    <w:p w:rsidR="00032354" w:rsidRPr="00225ED3" w:rsidRDefault="00032354" w:rsidP="00032354">
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z478"/>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата регистрации в территориальном органе казначейства: ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="00032354" w:rsidRPr="00032354" w:rsidRDefault="00032354" w:rsidP="00032354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7380"/>
         </w:tabs>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00032354" w:rsidRPr="00225ED3" w:rsidSect="001A7D7F">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00032354" w:rsidRPr="00032354" w:rsidSect="001A7D7F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005455CA"/>
     <w:rsid w:val="00032354"/>
     <w:rsid w:val="00046F9C"/>
     <w:rsid w:val="000F67C8"/>
     <w:rsid w:val="00166812"/>
-    <w:rsid w:val="001822F2"/>
     <w:rsid w:val="001A7D7F"/>
     <w:rsid w:val="001C4796"/>
     <w:rsid w:val="001D3931"/>
-    <w:rsid w:val="00225ED3"/>
     <w:rsid w:val="005455CA"/>
     <w:rsid w:val="00637854"/>
     <w:rsid w:val="006A419B"/>
-    <w:rsid w:val="006B561D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00930C28"/>
+    <w:rsid w:val="009821CD"/>
     <w:rsid w:val="00AE2248"/>
     <w:rsid w:val="00BA685A"/>
-    <w:rsid w:val="00C1142A"/>
     <w:rsid w:val="00C239A6"/>
-    <w:rsid w:val="00C3738A"/>
     <w:rsid w:val="00D4330C"/>
     <w:rsid w:val="00F126A4"/>
     <w:rsid w:val="00F51D9E"/>
-    <w:rsid w:val="00FD0EDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5034,66 +4504,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1792</Words>
-  <Characters>10220</Characters>
+  <Words>1798</Words>
+  <Characters>10252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11989</CharactersWithSpaces>
+  <CharactersWithSpaces>12026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>