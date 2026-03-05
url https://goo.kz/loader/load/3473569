--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,2057 +1,2260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AD4960" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
+    <w:p w:rsidR="009F49EB" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор СОШ №27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00830118" w:rsidRPr="00F86079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00830118" w:rsidRPr="00F86079">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F86079" w:rsidRPr="00EA4FF3" w:rsidRDefault="00830118" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA4FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План мероприятий по реализации программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0051371C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңғыру» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F86079" w:rsidRPr="00EA4FF3" w:rsidRDefault="00830118" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA4FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в школьной библиотеке СОШ №27 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00830118" w:rsidRPr="00EA4FF3" w:rsidRDefault="00A66AE4" w:rsidP="00830118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>на 2019-2020</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidR="00830118" w:rsidRPr="00EA4FF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>№ 27 ЖОББМ  Директоры</w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D45A8" w:rsidRPr="007D45A8" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
-[...101 lines deleted...]
-    <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
+    <w:p w:rsidR="005B7DB5" w:rsidRPr="00F86079" w:rsidRDefault="005B7DB5" w:rsidP="00830118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="1514"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="2189"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidTr="001A7229">
+      <w:tr w:rsidR="00002DAD" w:rsidRPr="00F86079" w:rsidTr="00932291">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F86079">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:ind w:left="-554" w:firstLine="554"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00002DAD" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставка «Бір ел – бір кітап»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обзор выставки «Бір ел – бір кітап»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00A369BA" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2A21" w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00A66AE4" w:rsidP="00D848DC">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Іс-шара атауы</w:t>
+              <w:t xml:space="preserve"> «Снискавший любовь миллионов»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D848DC" w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> устный журнал, посвященный А. Кекильбаеву</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00A66AE4" w:rsidP="00830118">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мерзім</w:t>
+              <w:t>18 сентября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00A66AE4" w:rsidP="00830118">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>9 а,б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2189" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...1 lines deleted...]
-              <w:ind w:left="-554" w:firstLine="554"/>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставка литературы ко Дню духовного согласия</w:t>
+            </w:r>
+            <w:r w:rsidR="002471C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Духовность и культура против экстремизма и терроризма»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
-            </w:r>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00D848DC" w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D848DC" w:rsidRPr="00F86079" w:rsidRDefault="00D848DC" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidTr="001A7229">
+      <w:tr w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidTr="00932291">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F86079">
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00774344">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Читательская конференция «Моя любимая книга»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="002471C4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00774344">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставка «Болашаққа бағдар: рухани жаңғыру/Курс в будущее: духовное обновление»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002471C4" w:rsidRPr="00F86079" w:rsidRDefault="002471C4" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="0038269A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Игра «Литературный дилижанс»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 кл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="0038269A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Игровая программа «По следам великого обманщика»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 кл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="0038269A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00D848DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставка «День независимости»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="0038269A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="008D3079">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Лидер 21 века»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="008D3079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidTr="00932291">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көрме</w:t>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="005B7DB5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь. Клуб «Книголюб»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...16 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="001A7229">
-[...16 lines deleted...]
-              <w:t>1-11</w:t>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2189" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
-[...1449 lines deleted...]
-              <w:t xml:space="preserve">Елюбаева </w:t>
+          <w:p w:rsidR="00932291" w:rsidRPr="00F86079" w:rsidRDefault="00932291" w:rsidP="00830118">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елюбаева Д.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
+    <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="00830118" w:rsidP="00830118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
+    <w:p w:rsidR="00F86079" w:rsidRPr="00F86079" w:rsidRDefault="00F86079" w:rsidP="00830118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D45A8" w:rsidRPr="00F86079" w:rsidRDefault="00296FAD" w:rsidP="007D45A8">
+    <w:p w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidRDefault="005B7DB5" w:rsidP="00830118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F86079">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орынд</w:t>
-[...17 lines deleted...]
-        <w:t>Кітапхана меңгерушісі – Д.К.Елюбаева</w:t>
+        <w:t>Исп.: зав. библиотекой – Елюбаева Д.К.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D45A8" w:rsidRPr="007D45A8" w:rsidRDefault="007D45A8" w:rsidP="007D45A8">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="007D45A8" w:rsidRPr="007D45A8" w:rsidSect="00AD4960">
+    <w:sectPr w:rsidR="00830118" w:rsidRPr="00F86079" w:rsidSect="00751FEF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="007D45A8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AD4960"/>
+    <w:rsidRoot w:val="00CF5769"/>
+    <w:rsid w:val="00002DAD"/>
+    <w:rsid w:val="00060FC0"/>
+    <w:rsid w:val="00065F25"/>
+    <w:rsid w:val="00084CE2"/>
+    <w:rsid w:val="00090F9A"/>
+    <w:rsid w:val="000A11E3"/>
+    <w:rsid w:val="000A4629"/>
+    <w:rsid w:val="000B2E78"/>
+    <w:rsid w:val="000C3A00"/>
+    <w:rsid w:val="000C7DF5"/>
+    <w:rsid w:val="000E47FE"/>
+    <w:rsid w:val="001005F2"/>
+    <w:rsid w:val="00103D4A"/>
+    <w:rsid w:val="001112DA"/>
+    <w:rsid w:val="0011253B"/>
+    <w:rsid w:val="0011291B"/>
+    <w:rsid w:val="00151AE8"/>
+    <w:rsid w:val="00161873"/>
+    <w:rsid w:val="0016299E"/>
+    <w:rsid w:val="001663CD"/>
+    <w:rsid w:val="00167FFD"/>
+    <w:rsid w:val="001A4FDB"/>
+    <w:rsid w:val="001C0E06"/>
+    <w:rsid w:val="001D1433"/>
+    <w:rsid w:val="001F1A71"/>
+    <w:rsid w:val="001F1CAC"/>
+    <w:rsid w:val="001F6F3A"/>
+    <w:rsid w:val="00220EF2"/>
+    <w:rsid w:val="00235DBD"/>
+    <w:rsid w:val="00240639"/>
+    <w:rsid w:val="002413DC"/>
+    <w:rsid w:val="00243011"/>
+    <w:rsid w:val="00247089"/>
+    <w:rsid w:val="002471C4"/>
+    <w:rsid w:val="0026724A"/>
+    <w:rsid w:val="002741AD"/>
+    <w:rsid w:val="00274489"/>
+    <w:rsid w:val="00275282"/>
+    <w:rsid w:val="00282CA2"/>
+    <w:rsid w:val="002877A2"/>
+    <w:rsid w:val="002953E6"/>
+    <w:rsid w:val="002957DF"/>
+    <w:rsid w:val="002972F5"/>
+    <w:rsid w:val="002A2479"/>
+    <w:rsid w:val="002A68D4"/>
+    <w:rsid w:val="002B272A"/>
+    <w:rsid w:val="002B3E2C"/>
+    <w:rsid w:val="002C6015"/>
+    <w:rsid w:val="002E27D2"/>
+    <w:rsid w:val="002E5283"/>
+    <w:rsid w:val="002F0C26"/>
+    <w:rsid w:val="003246B8"/>
+    <w:rsid w:val="00324E31"/>
+    <w:rsid w:val="00330278"/>
+    <w:rsid w:val="00333166"/>
+    <w:rsid w:val="0034708D"/>
+    <w:rsid w:val="003537AB"/>
+    <w:rsid w:val="003631FE"/>
+    <w:rsid w:val="00372116"/>
+    <w:rsid w:val="003A3D9C"/>
+    <w:rsid w:val="003A48BB"/>
+    <w:rsid w:val="00404A99"/>
+    <w:rsid w:val="00411C54"/>
+    <w:rsid w:val="004138E9"/>
+    <w:rsid w:val="00435008"/>
+    <w:rsid w:val="00435B18"/>
+    <w:rsid w:val="00436227"/>
+    <w:rsid w:val="0044795B"/>
+    <w:rsid w:val="00461338"/>
+    <w:rsid w:val="00461730"/>
+    <w:rsid w:val="0048401A"/>
+    <w:rsid w:val="0049221E"/>
+    <w:rsid w:val="004B3A00"/>
+    <w:rsid w:val="004B641C"/>
+    <w:rsid w:val="004B654D"/>
+    <w:rsid w:val="004C504E"/>
+    <w:rsid w:val="004D1C1B"/>
+    <w:rsid w:val="005047C1"/>
+    <w:rsid w:val="0051371C"/>
+    <w:rsid w:val="00522C46"/>
+    <w:rsid w:val="00524A8E"/>
+    <w:rsid w:val="00535C94"/>
+    <w:rsid w:val="00542035"/>
+    <w:rsid w:val="0055032A"/>
+    <w:rsid w:val="00576E55"/>
+    <w:rsid w:val="00587964"/>
+    <w:rsid w:val="005A210B"/>
+    <w:rsid w:val="005A619A"/>
+    <w:rsid w:val="005B4EA5"/>
+    <w:rsid w:val="005B538A"/>
+    <w:rsid w:val="005B7DB5"/>
+    <w:rsid w:val="005D3C66"/>
+    <w:rsid w:val="005E20C9"/>
+    <w:rsid w:val="005F5507"/>
+    <w:rsid w:val="00622148"/>
+    <w:rsid w:val="00646ED0"/>
+    <w:rsid w:val="00661EC6"/>
+    <w:rsid w:val="006673C9"/>
+    <w:rsid w:val="00672F4D"/>
+    <w:rsid w:val="00681A19"/>
+    <w:rsid w:val="00691734"/>
+    <w:rsid w:val="006A5FC2"/>
+    <w:rsid w:val="006B6904"/>
+    <w:rsid w:val="006C22B4"/>
+    <w:rsid w:val="006F6FD0"/>
+    <w:rsid w:val="00706198"/>
+    <w:rsid w:val="00726FEA"/>
+    <w:rsid w:val="007317BE"/>
+    <w:rsid w:val="0073181D"/>
+    <w:rsid w:val="007420D3"/>
+    <w:rsid w:val="0075067B"/>
+    <w:rsid w:val="00751FEF"/>
+    <w:rsid w:val="007526B3"/>
+    <w:rsid w:val="0075310F"/>
+    <w:rsid w:val="00776149"/>
+    <w:rsid w:val="00783D30"/>
+    <w:rsid w:val="007A2A21"/>
+    <w:rsid w:val="007A68AF"/>
+    <w:rsid w:val="007B21D4"/>
+    <w:rsid w:val="007B57C9"/>
+    <w:rsid w:val="007B615C"/>
+    <w:rsid w:val="007B73CA"/>
+    <w:rsid w:val="007C1E11"/>
+    <w:rsid w:val="007D3DA8"/>
+    <w:rsid w:val="007D4D82"/>
+    <w:rsid w:val="007E399E"/>
+    <w:rsid w:val="007E40D8"/>
+    <w:rsid w:val="007F44C5"/>
+    <w:rsid w:val="00805009"/>
+    <w:rsid w:val="0081514C"/>
+    <w:rsid w:val="00823359"/>
+    <w:rsid w:val="008249EC"/>
+    <w:rsid w:val="008260B8"/>
+    <w:rsid w:val="00830118"/>
+    <w:rsid w:val="0084160D"/>
+    <w:rsid w:val="00843BC2"/>
+    <w:rsid w:val="00861863"/>
+    <w:rsid w:val="00875BEA"/>
+    <w:rsid w:val="008775F8"/>
+    <w:rsid w:val="0088426F"/>
+    <w:rsid w:val="00890422"/>
+    <w:rsid w:val="008A61B3"/>
+    <w:rsid w:val="008A79DE"/>
+    <w:rsid w:val="008B2F9E"/>
+    <w:rsid w:val="008B455B"/>
+    <w:rsid w:val="008D4332"/>
+    <w:rsid w:val="008E714B"/>
+    <w:rsid w:val="00911D36"/>
+    <w:rsid w:val="009152AF"/>
+    <w:rsid w:val="009152B3"/>
+    <w:rsid w:val="00915CC2"/>
+    <w:rsid w:val="00932291"/>
+    <w:rsid w:val="00933A4E"/>
+    <w:rsid w:val="00935D82"/>
+    <w:rsid w:val="00936461"/>
+    <w:rsid w:val="00952E3D"/>
+    <w:rsid w:val="00960777"/>
+    <w:rsid w:val="00967A0D"/>
+    <w:rsid w:val="00970184"/>
+    <w:rsid w:val="00974EC6"/>
+    <w:rsid w:val="0097798F"/>
+    <w:rsid w:val="00982D4A"/>
+    <w:rsid w:val="00987C00"/>
+    <w:rsid w:val="009B4BF2"/>
+    <w:rsid w:val="009C1865"/>
+    <w:rsid w:val="009C268A"/>
+    <w:rsid w:val="009C4207"/>
+    <w:rsid w:val="009D5283"/>
+    <w:rsid w:val="009F220A"/>
+    <w:rsid w:val="009F417F"/>
+    <w:rsid w:val="009F49EB"/>
+    <w:rsid w:val="00A02F35"/>
+    <w:rsid w:val="00A13A4A"/>
+    <w:rsid w:val="00A14E4A"/>
+    <w:rsid w:val="00A2306A"/>
+    <w:rsid w:val="00A369BA"/>
+    <w:rsid w:val="00A4076A"/>
+    <w:rsid w:val="00A427FA"/>
+    <w:rsid w:val="00A66AE4"/>
+    <w:rsid w:val="00A75312"/>
+    <w:rsid w:val="00A83050"/>
+    <w:rsid w:val="00A9023C"/>
+    <w:rsid w:val="00A94072"/>
+    <w:rsid w:val="00AC4A4C"/>
+    <w:rsid w:val="00AC52C1"/>
+    <w:rsid w:val="00AE634F"/>
+    <w:rsid w:val="00AF4FF1"/>
+    <w:rsid w:val="00B00E78"/>
+    <w:rsid w:val="00B10133"/>
+    <w:rsid w:val="00B177F3"/>
+    <w:rsid w:val="00B62E9C"/>
+    <w:rsid w:val="00B76396"/>
+    <w:rsid w:val="00B87F27"/>
+    <w:rsid w:val="00B95E60"/>
+    <w:rsid w:val="00BA3200"/>
+    <w:rsid w:val="00BA4A5D"/>
+    <w:rsid w:val="00BF4205"/>
+    <w:rsid w:val="00BF72A1"/>
+    <w:rsid w:val="00C03BBA"/>
+    <w:rsid w:val="00C1334D"/>
+    <w:rsid w:val="00C15B82"/>
+    <w:rsid w:val="00C23D42"/>
+    <w:rsid w:val="00C47DCE"/>
+    <w:rsid w:val="00C62BAA"/>
+    <w:rsid w:val="00C655C3"/>
+    <w:rsid w:val="00C72E0E"/>
+    <w:rsid w:val="00C80332"/>
+    <w:rsid w:val="00CD00F6"/>
+    <w:rsid w:val="00CD0E1A"/>
+    <w:rsid w:val="00CD1B2E"/>
+    <w:rsid w:val="00CD6719"/>
+    <w:rsid w:val="00CF025D"/>
+    <w:rsid w:val="00CF1704"/>
+    <w:rsid w:val="00CF4FCF"/>
+    <w:rsid w:val="00CF5769"/>
+    <w:rsid w:val="00CF58AE"/>
+    <w:rsid w:val="00D11085"/>
+    <w:rsid w:val="00D124F2"/>
+    <w:rsid w:val="00D27D6F"/>
+    <w:rsid w:val="00D448A1"/>
+    <w:rsid w:val="00D44A77"/>
+    <w:rsid w:val="00D65C82"/>
+    <w:rsid w:val="00D72350"/>
+    <w:rsid w:val="00D848DC"/>
+    <w:rsid w:val="00D90504"/>
+    <w:rsid w:val="00D94ADC"/>
+    <w:rsid w:val="00DA1A1A"/>
+    <w:rsid w:val="00DB1156"/>
+    <w:rsid w:val="00DB180C"/>
+    <w:rsid w:val="00DB4F83"/>
+    <w:rsid w:val="00DB6539"/>
+    <w:rsid w:val="00DC28AE"/>
+    <w:rsid w:val="00DC4117"/>
+    <w:rsid w:val="00DE05D5"/>
+    <w:rsid w:val="00DE7435"/>
+    <w:rsid w:val="00DF2EAB"/>
+    <w:rsid w:val="00E022DB"/>
+    <w:rsid w:val="00E12808"/>
+    <w:rsid w:val="00E15E07"/>
+    <w:rsid w:val="00E27334"/>
+    <w:rsid w:val="00E30A57"/>
+    <w:rsid w:val="00E330AD"/>
+    <w:rsid w:val="00E41681"/>
+    <w:rsid w:val="00E469AB"/>
+    <w:rsid w:val="00E5044B"/>
+    <w:rsid w:val="00E52171"/>
+    <w:rsid w:val="00E535BA"/>
+    <w:rsid w:val="00E53920"/>
+    <w:rsid w:val="00E54E26"/>
+    <w:rsid w:val="00E6044E"/>
+    <w:rsid w:val="00E76066"/>
+    <w:rsid w:val="00E81922"/>
+    <w:rsid w:val="00EA0705"/>
+    <w:rsid w:val="00EA1AA8"/>
+    <w:rsid w:val="00EA4FF3"/>
+    <w:rsid w:val="00EB076C"/>
+    <w:rsid w:val="00EC365D"/>
+    <w:rsid w:val="00ED61AA"/>
+    <w:rsid w:val="00ED651D"/>
+    <w:rsid w:val="00EE4583"/>
+    <w:rsid w:val="00EE69CC"/>
+    <w:rsid w:val="00EF568D"/>
+    <w:rsid w:val="00F1038B"/>
+    <w:rsid w:val="00F12C9F"/>
+    <w:rsid w:val="00F25C77"/>
+    <w:rsid w:val="00F26F98"/>
+    <w:rsid w:val="00F3566A"/>
+    <w:rsid w:val="00F36200"/>
+    <w:rsid w:val="00F41C98"/>
+    <w:rsid w:val="00F74BB2"/>
+    <w:rsid w:val="00F86079"/>
+    <w:rsid w:val="00F900E1"/>
+    <w:rsid w:val="00F96F05"/>
+    <w:rsid w:val="00FA7E86"/>
+    <w:rsid w:val="00FC16AC"/>
+    <w:rsid w:val="00FC3000"/>
+    <w:rsid w:val="00FE4F54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2176,117 +2379,328 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD4960"/>
+    <w:rsid w:val="002B272A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007D45A8"/>
+    <w:rsid w:val="00830118"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00830118"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2320,84 +2734,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2530,72 +2946,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>178</Words>
-  <Characters>1018</Characters>
+  <Words>170</Words>
+  <Characters>969</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1194</CharactersWithSpaces>
+  <CharactersWithSpaces>1137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>dina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>