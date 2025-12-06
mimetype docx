--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,124 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FE561E" w:rsidRDefault="009A4FF6">
+    <w:p w:rsidR="00FE561E" w:rsidRDefault="00A2204B">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6752140" cy="9005103"/>
+            <wp:extent cx="6750685" cy="9284335"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Рисунок 2" descr="Рисунок (488).jpg"/>
+            <wp:docPr id="5" name="Рисунок 4" descr="Рисунок (490).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок (488).jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок (490).jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
-                    <a:srcRect t="2993"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6752140" cy="9005103"/>
+                      <a:ext cx="6750685" cy="9284335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6752140" cy="7118431"/>
+            <wp:extent cx="6752140" cy="5671595"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 3" descr="Рисунок (489).jpg"/>
+            <wp:docPr id="6" name="Рисунок 5" descr="Рисунок (491).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок (489).jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок (491).jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
-                    <a:srcRect b="23317"/>
+                    <a:srcRect b="38902"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6752140" cy="7118431"/>
+                      <a:ext cx="6752140" cy="5671595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE561E" w:rsidSect="004A6EA1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="566" w:bottom="426" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
@@ -1370,50 +1369,51 @@
     <w:rsid w:val="009F5D1B"/>
     <w:rsid w:val="009F67DA"/>
     <w:rsid w:val="00A00D14"/>
     <w:rsid w:val="00A013E1"/>
     <w:rsid w:val="00A01B69"/>
     <w:rsid w:val="00A01CCD"/>
     <w:rsid w:val="00A02216"/>
     <w:rsid w:val="00A0227B"/>
     <w:rsid w:val="00A0227D"/>
     <w:rsid w:val="00A038A8"/>
     <w:rsid w:val="00A04390"/>
     <w:rsid w:val="00A04C01"/>
     <w:rsid w:val="00A06DEA"/>
     <w:rsid w:val="00A07B88"/>
     <w:rsid w:val="00A106EF"/>
     <w:rsid w:val="00A109BE"/>
     <w:rsid w:val="00A11B7F"/>
     <w:rsid w:val="00A1332F"/>
     <w:rsid w:val="00A13934"/>
     <w:rsid w:val="00A14D1C"/>
     <w:rsid w:val="00A16029"/>
     <w:rsid w:val="00A16B82"/>
     <w:rsid w:val="00A1703C"/>
     <w:rsid w:val="00A174BC"/>
     <w:rsid w:val="00A219A4"/>
+    <w:rsid w:val="00A2204B"/>
     <w:rsid w:val="00A2399F"/>
     <w:rsid w:val="00A23F13"/>
     <w:rsid w:val="00A244A0"/>
     <w:rsid w:val="00A24BD9"/>
     <w:rsid w:val="00A25707"/>
     <w:rsid w:val="00A2749C"/>
     <w:rsid w:val="00A3047B"/>
     <w:rsid w:val="00A41314"/>
     <w:rsid w:val="00A4138C"/>
     <w:rsid w:val="00A41AAD"/>
     <w:rsid w:val="00A4510D"/>
     <w:rsid w:val="00A45BE7"/>
     <w:rsid w:val="00A46211"/>
     <w:rsid w:val="00A479B5"/>
     <w:rsid w:val="00A47F0A"/>
     <w:rsid w:val="00A511BA"/>
     <w:rsid w:val="00A5133F"/>
     <w:rsid w:val="00A51CFE"/>
     <w:rsid w:val="00A521E5"/>
     <w:rsid w:val="00A5349B"/>
     <w:rsid w:val="00A535C0"/>
     <w:rsid w:val="00A54CF2"/>
     <w:rsid w:val="00A54D42"/>
     <w:rsid w:val="00A55048"/>
     <w:rsid w:val="00A61957"/>