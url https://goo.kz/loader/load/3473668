--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,15079 +1,15607 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Білім туралы" Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізу туралы</w:t>
+        <w:t>О внесении изменений и дополнений в Закон Республики Казахстан "Об образовании"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2011 жылғы 24 қазандағы № 487-ІV Заңы</w:t>
+        <w:t>Закон Республики Казахстан от 24 октября 2011 года № 487-IV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>Текст</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ресми жарияланым</w:t>
+        <w:t>Официальная публикация</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Информация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>История изменений</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Ссылки</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Скачать</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Басқа</w:t>
+        <w:t>Прочее</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      РҚАО-ның ескертпесі!</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Осы Заңның қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+        <w:t>      Порядок введения в действие настоящего Закона РК см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z292" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст. 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап.</w:t>
-[...10 lines deleted...]
-        <w:t> "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының </w:t>
+        <w:t>      Статья 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Внести в </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңына</w:t>
+          <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...8 lines deleted...]
-        <w:t> (Қазақстан Республикасы Парламентінің Жаршысы, 2007 ж., № 20, 151-құжат; 2008 ж., № 23, 124-құжат; 2009 ж., № 18, 84-құжат; 2010 ж., № 5, 23-құжат; № 24, 149-құжат; 2011 ж., № 1, 2-құжат; № 2, 21-құжат; № 5, 43-құжат; № 11, 102-құжат; 2011 жылғы 30 шілдеде "Егемен Қазақстан" және "Казахстанская правда" газеттерінде жарияланған "Қазақстан Республикасының кейбiр заңнамалық актiлерiне рұқсат беру жүйесін жетілдіру мәселелерi бойынша өзгерiстер мен толықтырулар енгiзу туралы" 2011 жылғы 15 шілдедегі Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 27 июля 2007 года "Об образовании" (Ведомости Парламента Республики Казахстан, 2007 г., № 20, ст. 151; 2008 г., № 23, ст. 124; 2009 г., № 18, ст. 84; 2010 г., № 5, ст. 23; № 24, ст. 149; 2011 г., № 1, ст. 2; № 2, ст. 21; № 5, ст. 43; № 11, ст. 102; </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңы</w:t>
+          <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...8 lines deleted...]
-        <w:t>; 2011 жылғы 6 тамызда "Егемен Қазақстан" және "Казахстанская правда" газеттерінде жарияланған "Қазақстан Республикасының кейбiр заңнамалық актiлерiне халықтың көші-қоны мәселелерi бойынша өзгерiстер мен толықтырулар енгiзу туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 15 июля 2011 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования разрешительной системы", опубликованный в газетах "Егемен Қазақстан" и "Казахстанская правда" 30 июля 2011 г.; </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңы</w:t>
+          <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...82 lines deleted...]
-        <w:t>      2) </w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 22 июля 2011 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам миграции населения", опубликованный в газетах "Егемен Қазақстан" и "Казахстанская правда" 6 августа 2011 г.) следующие изменения и дополнения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) по всему тексту:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слова "участникам войны и к инвалидам", "участникам войны и инвалидам" заменить словами "участникам и инвалидам Великой Отечественной";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слова "учебного и воспитательного процесса", "Учебный и воспитательный процесс", "учебной и воспитательной работы" заменить соответственно словами "учебно-воспитательного процесса", "Учебно-воспитательный процесс", "учебно-воспитательной работы";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) в </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:anchor="z3" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-бапта</w:t>
+          <w:t>статье 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...94 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z5"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00A56FBE">
-[...1681 lines deleted...]
-        <w:t>      3) </w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:anchor="z5" w:history="1">
-        <w:r w:rsidRPr="00A56FBE">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>3-баптың</w:t>
+          <w:t>подпункт 2)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...108 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) академия – высшее учебное заведение, реализующее образовательные учебные программы высшего и послевузовского образования по одной-двум группам специальностей;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 2-1), 2-2), 2-3), 3-1) и 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1) академическая мобильность – перемещение обучающихся или преподавателей-исследователей для обучения или проведения исследований на определенный академический период: семестр или учебный год в другое высшее учебное заведение (внутри страны или за рубежом) с обязательным перезачетом освоенных образовательных учебных программ в виде кредитов в своем высшем учебном заведении или для продолжения учебы в другом высшем учебном заведении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-2) аккредитационные органы – юридические лица, которые разрабатывают стандарты (регламенты) и проводят аккредитацию организаций образования на основе разработанных ими стандартов (регламентов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-3) стандарты (регламенты) аккредитации – документы аккредитационного органа, устанавливающие требования к процедуре аккредитации;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "3-1) методический кабинет – структурное подразделение органов управления образования, обеспечивающее организационно-методическое сопровождение, анализ и оценку результативности образовательного процесса, обобщение и распространение инновационного педагогического опыта, что способствует творческому росту педагогических кадров и их профессиональной самореализации;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "5-1) профильная школа – учебное заведение, реализующее образовательную учебную программу общего среднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>4-бапта</w:t>
+          <w:t>подпункт 7)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...468 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7) международная стипендия "Болашак" – стипендия, учреждаемая Президентом Республики Казахстан для обучения граждан Республики Казахстан в ведущих зарубежных высших учебных заведениях по очной форме обучения или прохождения стажировки научными, педагогическими, инженерно-техническими и медицинскими работниками в зарубежных организациях;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 7-1), 7-2), 7-3) и 7-4) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) ваучерно-модульная система повышения квалификации – форма повышения квалификации, предоставляющая работнику образования возможность выбора организации, содержания и сроков обучения, финансируемая на основе подушевого норматива, установленного государством и оформленного в виде именного документа (ваучера), обеспеченного определенной суммой денег;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-2) институт повышения квалификации – организация образования, реализующая актуальные образовательные учебные программы профессионального повышения квалификации и переподготовку кадров в системе непрерывного образования, осуществляющая поддержку инновационных процессов в образовании, обеспечивающих эффективность методической работы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-3) присвоение квалификации – процедура подтверждения совокупности индивидуальных способностей, профессиональных знаний, умений и навыков, необходимых для выполнения работы в рамках соответствующего вида профессиональной деятельности по конкретной специальности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-4) специальные условия для получения образования – условия для получения образования, включая специальные образовательные учебные программы и специальные методы обучения, технические и иные средства, среду жизнедеятельности, а также медицинские, социальные и иные услуги, без которых невозможно освоение общеобразовательных и профессиональных образовательных учебных программ лицами с ограниченными возможностями;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>5-бапта</w:t>
+          <w:t>подпункте 10)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...1619 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слово "профессионального" заменить словом "высшего";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z11"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 10-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10-1) образовательный кредит – деньги, предоставляемые заемщику финансовыми организациями для оплаты обучения на условиях срочности, платности и возвратности;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>6-бапта</w:t>
+          <w:t>подпункт 12)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...1345 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слова "сети" дополнить словами ", а также рейтинговых показателей достижений деятельности";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>7-баптың</w:t>
+          <w:t>подпункт 16)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "16) аккредитация организаций образования – процедура признания аккредитационным органом соответствия образовательных услуг установленным стандартам (регламентам) аккредитации с целью предоставления объективной информации об их качестве и подтверждения наличия эффективных механизмов его повышения;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 17-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "17-1) особый статус организации образования – особый режим функционирования, предоставляющий возможность самостоятельного определения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>порядка приема на обучение, реализации самостоятельно разработанных образовательных учебных программ, использования собственных норм и нормативов в области учебной, научной и методической деятельности, выдачи документов об образовании собственного образца;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>8-бапта</w:t>
+          <w:t>подпункт 18)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...468 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "18) гимназия – учебное заведение, реализующее общеобразовательные и дополнительные образовательные учебные программы начального, основного среднего и общего среднего образования, обеспечивающие расширенное и углубленное образование по общественно-гуманитарному и иным направлениям обучения в соответствии со склонностями и способностями обучающихся;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z17"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 18-1), 18-2), 18-3) и 18-4) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "18-1) научно-методическая работа – вид деятельности, основанный на достижениях науки и передового педагогического опыта и направленный на совершенствование функционирования и развития системы непрерывного образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18-2) кандидат наук, доктор наук – ученые степени, присужденные на основании защиты диссертаций соискателями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18-3) докторант – лицо, обучающееся в докторантуре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18-4) докторантура – профессиональная образовательная учебная программа послевузовского образования, направленная на подготовку научных и педагогических кадров с присуждением ученой степени доктор философии (PhD), доктор по профилю;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-бапта</w:t>
+          <w:t>подпункты 19)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...107 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-тарау</w:t>
+          <w:t>20)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...218 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 21-1), 21-2) и 21-3) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21-1) высшая техническая школа – учебное заведение, реализующее интегрированные образовательные учебные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-2) исследовательский университет – высшее учебное заведение, реализующее утвержденную Правительством Республики Казахстан программу развития на пять лет и самостоятельно разработанные образовательные учебные программы высшего и послевузовского образования по трем и более группам специальностей, использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-3) инклюзивное образование – совместное обучение и воспитание лиц с ограниченными возможностями, предусматривающие равный доступ с иными категориями обучающихся к соответствующим образовательным учебным программам обучения, коррекционно-педагогическую и социальную поддержку развития посредством обеспечения специальных условий;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>10-бапта</w:t>
+          <w:t>подпункты 23)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>11-бапта</w:t>
+          <w:t>24)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...156 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>14-бапта</w:t>
+          <w:t>подпункт 25)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25) институт – высшее учебное заведение, реализующее образовательные учебные программы высшего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 26-1), 28-1) и 29-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "26-1) интегрированные образовательные учебные программы – образовательные учебные программы, разработанные на основе объединения соответствующих содержательных аспектов образовательных учебных программ;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "28-1) центры адаптации несовершеннолетних – организации, находящиеся в ведении органов образования, обеспечивающие прием и временное содержание безнадзорных и беспризорных детей в возрасте от трех до восемнадцати лет для установления родителей или других законных представителей, детей, оставшихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>стандарттарының талаптарына сәйкес әзірленеді.</w:t>
-[...111 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+        <w:t>без попечения родителей или лиц, их заменяющих, в случае невозможности их своевременного устройства, детей, отобранных при непосредственной угрозе их жизни или здоровью органом опеки и попечительства от родителей (одного из них) или от других лиц, на попечении которых они находятся, а также детей, направляемых в специальные организации образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "29-1) профессиональная подготовка – часть системы технического и профессионального образования, предусматривающей реализацию профессиональных образовательных учебных программ с сокращенным сроком обучения по подготовке специалистов технического и обслуживающего труда;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>16-бапта</w:t>
+          <w:t>подпункт 30)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...132 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "30) оценка профессиональной подготовленности – определение степени соответствия уровня квалификации (способности) выпускника организаций образования, реализующих образовательные учебные программы технического и профессионального, послесреднего образования, к выполнению работы в рамках соответствующего вида профессиональной деятельности;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>17-бап</w:t>
+          <w:t>подпункты 31)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...385 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>19-бапта</w:t>
+          <w:t>32)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...122 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>20-баптың</w:t>
+          <w:t>подпункт 35)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35) колледж – учебное заведение, реализующее образовательные учебные программы общего среднего и технического и профессионального образования или послесреднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 35-1), 37-1), 37-2) и 38-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35-1) кооперативное обучение – одна из форм организации профессиональной подготовки кадров, основанной на корпоративной ответственности государства, работодателей и учебных заведений;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "37-1) образовательный грант Первого Президента Республики Казахстан – Лидера Нации "Өркен" (далее – грант "Өркен") – грант, учреждаемый Первым Президентом Республики Казахстан для оплаты обучения одаренных детей в специализированных организациях образования "Назарбаев Интеллектуальные школы";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      37-2) ассоциированный профессор (доцент), профессор – ученые звания, присваиваемые уполномоченным органом в области образования по ходатайству высшего учебного заведения или научной организации;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "38-1) внешкольная организация дополнительного образования – учебно-воспитательная организация, реализующая образовательные учебные программы дополнительного образования обучающихся и воспитанников;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>21-бапта</w:t>
+          <w:t>подпункты 39)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...168 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>23-бапта</w:t>
+          <w:t>40)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...132 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "39) дополнительное образование – процесс воспитания и обучения, осуществляемый с целью удовлетворения всесторонних потребностей обучающихся и воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      40) лицей – учебное заведение, реализующее общеобразовательные и дополнительные образовательные учебные программы основного среднего и общего среднего образования, обеспечивающие расширенное и углубленное естественно-математическое образование учащихся в соответствии с их склонностями и способностями;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 41-1) и 41-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "41-1) магистрант – лицо, обучающееся в магистратуре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      41-2) магистратура – профессиональная образовательная учебная программа послевузовского образования, направленная на подготовку научных и педагогических кадров с присуждением академической степени "магистр" по соответствующей специальности;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>24-бап</w:t>
+          <w:t>подпункт 43)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 45-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "45-1) государственный выпускной экзамен – одна из форм итоговой аттестации обучающихся в организациях общего среднего образования, являющаяся необходимым условием для получения ими документа государственного образца, свидетельствующего об окончании курса общего среднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>26-бапта</w:t>
+          <w:t>подпункт 46)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...372 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "46) учебная программа – программа, определяющая по каждой учебной дисциплине (предмету) содержание и объем знаний, умений, навыков и компетенций, подлежащих освоению;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 49-1), 51-1), 53-1) и 53-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "49-1) грант "Лучшая организация среднего образования" – деньги, выделяемые ежегодно местными исполнительными органами области, города республиканского значения и столицы государственным организациям среднего образования по итогам конкурса на основе рейтинговых показателей;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "51-1) слушатель резидентуры – специалист, осваивающий образовательные учебные программы послевузовского углубленного медицинского образования по клиническим специальностям;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "53-1) студент – лицо, обучающееся в организации образования, реализующей образовательные учебные программы технического и профессионального, послесреднего и высшего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      53-2) опорная школа (ресурсный центр) – организация общего среднего образования, на базе которой консолидируются образовательные ресурсы близлежащих малокомплектных школ для проведения краткосрочных сессионных занятий и промежуточной и итоговой аттестации обучающихся в целях обеспечения доступа к качественному образованию учащимся малокомплектных школ;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>27-баптағы</w:t>
+          <w:t>подпункты 54)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z58" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>28-бапта</w:t>
+          <w:t>55)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...156 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>29-бапта</w:t>
+          <w:t>56)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...117 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "54) университет – высшее учебное заведение, реализующее образовательные учебные программы высшего образования, магистратуры и докторантуры по трем и более группам специальностей, осуществляющее фундаментальные и прикладные исследования, являющееся научным и методическим центром;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      55) училище – учебное заведение, реализующее образовательные учебные программы основного среднего, общего среднего, технического и профессионального или послесреднего образования в области культуры и искусства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      56) единое национальное тестирование – одна из форм итоговой аттестации обучающихся в организациях общего среднего образования, совмещенная со вступительными экзаменами в организации образования, дающие послесреднее или высшее образование;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 56-1) и 56-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "56-1) национальное высшее учебное заведение – высшее учебное заведение, являющееся ведущим научным и методическим центром страны, имеющее особый статус;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      56-2) национальный исследовательский университет – высшее учебное заведение, имеющее особый статус и утвержденную Правительством Республики Казахстан программу развития на пять лет, реализующее самостоятельно разработанные образовательные учебные программы высшего и послевузовского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      үшінші абзацтағы "білім департаменттерінің" деген сөздер "білім беруді басқару органдарының" деген сөздермен ауыстырылсын;</w:t>
-[...51 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+        <w:t>образования по трем и более группам специальностей, использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z60" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>30-бап</w:t>
+          <w:t>подпункт 57)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...134 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "57) доктор философии (PhD), доктор по профилю – ученая степень, присуждаемая лицам, освоившим профессиональные образовательные учебные программы докторантуры по соответствующим специальностям и защитившим диссертацию;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>31-бапта</w:t>
+          <w:t>пункте 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...84 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 3:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 4) после слова "гражданских" дополнить словами "и национальных";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 8) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "8) единство обучения, воспитания и развития;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z72" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>32-бапта</w:t>
+          <w:t>статье 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...218 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 4) слова "(за исключением подготовки специалистов в организациях образования Комитета национальной безопасности Республики Казахстан)" заменить словами "(за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных Сил, других войск и воинских формирований)";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 5) дополнить словами "для оплаты высшего образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1) утверждает правила присуждения и размеры гранта "Өркен";";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 6) слова "и сроки действия" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 7) слова "и Правила аккредитации организаций образования" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z50"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 12) слова "инновационном университете" заменить словами "особом статусе организации образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 15) дополнить словами "и определяет направления расходования международной стипендии "Болашак";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 20) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 21) и 22) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21) утверждает правила формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      22) утверждает правила проведения конкурса на присуждение гранта "Лучшая организация среднего образования" с установлением порядка и размера его предоставления;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z54"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 22-1) и 22-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "22-1) определяет порядок гарантирования образовательных кредитов, предоставляемых финансовыми организациями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      22-2) определяет порядок направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>табысты өткен адамдарға нақты мамандық бойынша тиісті біліктілік деңгейі беріледі және біліктілікті беру туралы белгіленген үлгідегі куәлік (сертификат) беріледі.";</w:t>
-[...27 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+        <w:t>обязанности или прекращения обязанности по отработке гражданами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>33-баптың</w:t>
+          <w:t>пункте 17</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 47 настоящего Закона, обучавшимися на основе государственного образовательного заказа;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z55"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 23) слова "положения о порядке их назначения, прохождения" заменить словами "порядка их назначения,";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z56"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 24-1) и 25-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "24-1) утверждает размеры квоты приема при поступлении на учебу в организации образования, реализующие профессиональные образовательные учебные программы технического и профессионального, послесреднего и высшего образования, по представлению уполномоченного органа в области образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z57"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "25-1) определяет размер, источники, виды и порядок предоставления социальной помощи гражданам, указанным в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>34-бап</w:t>
+          <w:t>пункта 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 8 настоящего Закона;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>35-баптың</w:t>
+          <w:t>статье 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...72 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 2-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1) утверждает распределение государственного образовательного заказа на подготовку специалистов с высшим образованием в магистратуре и докторантуре в разрезе специальностей;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 3) после слова "ежегодного" дополнить словом "национального";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 6) слова "(кроме медицинского и фармацевтического образования)" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 6-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6-1) согласовывает государственные общеобязательные стандарты образования медицинского, фармацевтического и военного образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 7) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 7-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) организует разработку и утверждает типовые учебные планы и программы детских музыкальных школ, детских художественных школ и детских школ искусств;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 8) и 9) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "8) выдает лицензии и (или) приложения на право осуществления образовательной деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим общеобразовательные программы начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим профессиональные программы технического и профессионального образования, в том числе по профессиям и специальностям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим профессиональные программы послесреднего, высшего, послевузовского образования, в том числе по специальностям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим духовные образовательные программы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) проводит государственную аттестацию организаций образования независимо от форм собственности и ведомственной подчиненности, реализующих образовательные программы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      специального и специализированного образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнительного образования для детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнительного образования по спорту для детей и юношества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      высшего и послевузовского образования (за исключением медицинского и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>фармацевтического образования);";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 9-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "9-1) определяет базовые высшие учебные заведения, осуществляющие инновационную деятельность и внедряющие результаты научных исследований в производство;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 10) и 12) изложить в следующей редакции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10) устанавливает требования и порядок признания аккредитационных органов, в том числе зарубежных, и формирует реестр признанных аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "12) разрабатывает и утверждает правила проведения единого национального тестирования и комплексного тестирования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 13) слово "уровням" заменить словом "видам";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 14) слово "время" заменить словом "сроки";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 18) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 20) слова "порядок подтверждения" заменить словами "правила оценки";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 22) слова "организует заказ" заменить словами "разрабатывает и утверждает правила по организации заказа, хранению, учету и выдаче";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 25) после слов "учебно-методической" дополнить словами "и научно-методической";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 25-1), 25-2) и 26-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25-1) разрабатывает и утверждает правила организации деятельности подготовительных отделений высших учебных заведений Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-2) создает при высших учебных заведениях учебно-методические объединения по родственным группам специальностей и утверждает положения об их деятельности;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "26-1) организует разработку и утверждает нормы оснащения оборудованием и мебелью организаций дошкольного, начального, основного среднего, общего среднего, технического и профессионального образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z77"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 27) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "27) разрабатывает и утверждает правила организации работы по подготовке, экспертизе, апробации и проведению мониторинга, изданию учебников, учебно-методических комплексов и учебно-методических пособий и организует эту работу;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z78"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 27-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "27-1) формирует и утверждает перечень учебников, учебно-методических комплексов, пособий и другой дополнительной литературы, в том числе на электронных носителях, разрешенных к использованию в организациях образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z79"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 29) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "29) разрабатывает и утверждает правила организации и проведения Президентской олимпиады по предметам естественно-математического цикла, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам, республиканских конкурсов исполнителей и конкурсов профессионального мастерства;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z80"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 29-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "29-1) формирует и утверждает перечень республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>профессионального мастерства и спортивных соревнований;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z81"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 33) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z82"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 35) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35) разрабатывает и утверждает правила конкурсного замещения руководителей государственных учреждений среднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z83"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 36-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "36-1) присваивает ученые звания ассоциированного профессора (доцента), профессора по ходатайству высшего учебного заведения и научных организаций;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z84"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 41) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "41) разрабатывает, утверждает и устанавливает порядок направления для обучения за рубежом, в том числе в рамках академической мобильности;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z85"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 42) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z86"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 43) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "43) разрабатывает и утверждает правила размещения государственного образовательного заказа на дошкольное воспитание и обучение, подготовку специалистов с техническим и профессиональным, послесредним, высшим и послевузовским образованием, а также на подготовительные отделения высших учебных заведений;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z87"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 44-1), 44-2), 44-3), 44-4), 44-5), 44-6), 45-1), 45-2), 45-3), 46-1), 46-2), 46-3), 46-4), 46-5), 46-6), 46-7), 46-8) и 46-9) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "44-1) разрабатывает и утверждает правила разработки, апробации и внедрения образовательных учебных программ, реализуемых в режиме эксперимента в организациях образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-2) осуществляет информационное обеспечение органов управления системой образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-3) организует разработку и утверждает правила организации и функционирования единой информационной системы образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-4) утверждает нормы расходов, типовые договора на обучение и прохождение стажировки по международной стипендии "Болашак";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-5) утверждает номенклатуру видов организаций образования и типовые правила их деятельности, в том числе малокомплектных школ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-6) формирует и утверждает перечень услуг, связанных с государственным образовательным заказом;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z88"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "45-1) организует разработку и утверждает правила деятельности психологической службы в организациях среднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45-2) получает сведения, содержащиеся в национальных реестрах идентификационных номеров в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45-3) разрабатывает и утверждает типовые правила внутреннего распорядка организации образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z89"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "46-1) организует разработку и утверждает методику подушевого нормативного финансирования среднего, технического и профессионального образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-2) организует разработку и утверждает правила подушевого финансирования среднего, технического и профессионального образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-3) организует разработку и утверждает методику ваучерно-модульной системы повышения квалификации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-4) организует разработку и утверждает правила обеспечения дистанционного повышения квалификации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      46-5) разрабатывает и утверждает правила подтверждения уровня квалификации педагогов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-6) разрабатывает и утверждает механизм целевой подготовки магистров и докторов PhD в базовых высших учебных заведениях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-7) разрабатывает и утверждает правила назначения ректоров государственных высших учебных заведений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-8) определяет и утверждает требования к университетским интернет-ресурсам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-9) организует разработку и утверждает технические условия к школам-интернатам, профильным школам;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z90"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>36-баптың</w:t>
+          <w:t>статье 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...72 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="z91"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>37-бап</w:t>
+          <w:t>пункте 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...156 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="z92"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1) утверждает государственный образовательный заказ на дошкольное воспитание и обучение, размер подушевого финансирования и родительской платы;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="z93"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 6) после слова "порядке" дополнить словами "по согласованию с уполномоченным органом в области образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z94"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 7), 7-1) и 7-2) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z95"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 11), 12) и 13) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) обеспечивает приобретение и доставку учебников и учебно-методических комплексов на бумажных и электронных носителях для организаций образования, реализующих на основе государственного заказа профессиональные образовательные учебные программы технического и профессионального образования, а также специализированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) обеспечивает организацию и проведение школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам, конкурсов исполнителей и конкурсов профессионального мастерства областного масштаба;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z96"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 14) слова "по спорту" заменить словами ", осуществляемое на областном уровне";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z97"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 20-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "20-1) ежегодно до 15 апреля представляет в уполномоченные органы в области образования и здравоохранения заявки о потребности в кадрах в сельской местности с последующим трудоустройством согласно представленным заявкам;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="z98"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 22) слова "департамента образования" заменить словами "органа управления образованием";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="z99"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 22-1), 24-1), 24-2), 24-3), 24-4) и 24-5) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>асырылады.</w:t>
-[...198 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+        <w:t>      "22-1) осуществляет образовательный мониторинг;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="z100"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "24-1) оказывает содействие попечительским советам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-2) организует кадровое обеспечение государственных организаций образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-3) выплачивает победителям конкурса – государственным учреждениям среднего образования грант "Лучшая организация среднего образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-4) выдает разрешение на обучение в форме экстерната в организациях образования, реализующих специализированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-5) обеспечивает материально-техническую базу районных методических кабинетов, института повышения квалификации;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="z101"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="z102"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 2) слово "обязательного" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="z103"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) организует и обеспечивает среднее образование, включая вечернюю (сменную) форму обучения, и среднее образование, предоставляемое через организации образования интернатного типа;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z104"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 6), 6-1) и 6-2) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z105"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 7) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7) утверждает государственный образовательный заказ на подготовку специалистов с техническим и профессиональным, послесредним образованием;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z106"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 7-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) утверждает государственный образовательный заказ на дошкольное воспитание и обучение, размер подушевого финансирования и родительской платы;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="z107"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 11) и 15) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="z108"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "15) обеспечивает организацию и проведение школьных олимпиад, конкурсов научных проектов по общеобразовательным предметам, конкурсов исполнителей и конкурсов профессионального мастерства в масштабе города республиканского значения, столицы;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="z109"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 25) слова "департаментов образования" заменить словами "органа управления образованием";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="z110"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 25-1), 25-2), 25-3), 25-4), 25-5), 25-6), 25-7) и 25-8) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25-1) организует заказ и обеспечение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования и профессиональные программы технического и профессионального, послесреднего образования, бланками документов государственного образца об образовании и осуществляет контроль за их использованием;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      25-2) осуществляет образовательный мониторинг;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-3) оказывает содействие попечительским советам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-4) организует кадровое обеспечение государственных организаций образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-5) обеспечивает методическое руководство психологической службой в организациях образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-6) выплачивает победителям конкурса – государственным учреждениям среднего образования грант "Лучшая организация среднего образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-7) выдает разрешение на обучение в форме экстерната в организациях основного среднего, общего среднего образования, а также в организациях образования, реализующих специализированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-8) обеспечивает материально-техническую базу районных методических кабинетов, института повышения квалификации;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="109" w:name="z111"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>39-бапта</w:t>
+          <w:t>пункте 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...157 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="z112"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 4) слово "обязательного" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="z113"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 6), 6-1) и 6-2) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="z114"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 10) и 11) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10) обеспечивает организацию и проведение школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам, конкурсов районного (городского) масштаба;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="z115"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 19-1) и 19-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "19-1) осуществляет образовательный мониторинг;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      19-2) организует заказ и обеспечение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования, бланками документов государственного образца об образовании и осуществляет контроль за их использованием;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="z116"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункты 20) и 21) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z302"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 21-1), 21-2) и 21-3) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21-1) осуществляет кадровое обеспечение государственных организаций образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-2) обеспечивает методическое руководство психологической службой в организациях образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-3) выдает разрешение на обучение в форме экстерната в организациях основного среднего, общего среднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z117"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>40-бапта</w:t>
+          <w:t>пункт 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...409 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить подпунктом 1-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1) обеспечивает функционирование опорных школ (ресурсных центров);";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="z118"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>41-баптың</w:t>
+          <w:t>пункте 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...60 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 7 слова "в том числе ведомственных" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="z119"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z83" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>43-бапта</w:t>
+          <w:t>статье 8</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...325 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="z120"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      часть третью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>44-бапта</w:t>
+          <w:t>пункта 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...364 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить словами ", за исключением военных учебных заведений";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="z121"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть вторую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>47-бапта</w:t>
+          <w:t>пункта 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...816 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующий редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Государство принимает меры по созданию системы гарантирования образовательных кредитов, выдаваемых финансовыми организациями.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="z122"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>48-бапта</w:t>
+          <w:t>пункте 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...73 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="z123"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      внесено изменение в часть первую на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="z124"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть вторую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "К категории граждан Республики Казахстан, которым оказывается социальная помощь, относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) дети-сироты, дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) дети с ограниченными возможностями в развитии, инвалиды и инвалиды с детства, дети-инвалиды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) дети из многодетных семей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) дети, находящиеся в центрах временной изоляции, адаптации и реабилитации несовершеннолетних;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) дети, проживающие в школах-интернатах общего и санаторного типов, интернатах при школах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) дети, воспитывающиеся и обучающиеся в специализированных интернатных организациях образования для одаренных детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) воспитанники интернатных организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) дети из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) дети, которые по состоянию здоровья в течение длительного времени обучаются по программам начального, основного среднего, общего среднего образования на дому или в организациях, оказывающих стационарную помощь, а также восстановительное лечение и медицинскую реабилитацию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) иные категории граждан, определяемые законами Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="124" w:name="z125"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть третью исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="z126"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z88" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>49-баптың</w:t>
+          <w:t>пункте 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...84 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "лечебных организациях" заменить словами "организациях, оказывающих стационарную помощь, а также восстановительное лечение и медицинскую реабилитацию";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="z127"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z89" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>51-бапта</w:t>
+          <w:t>пункт 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...96 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6. Государство, реализуя цели инклюзивного образования, обеспечивает гражданам с ограниченными возможностями в развитии специальные условия для получения ими образования, коррекции нарушения развития и социальной адаптации на всех уровнях образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="z128"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>52-бапта</w:t>
+          <w:t>статье 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...314 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z129"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>53-бапта</w:t>
+          <w:t>пункт 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...132 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Создание соответствующих организаций образования, классов, групп с государственным языком обучения является приоритетным направлением.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z130"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z96" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>55-бапта</w:t>
+          <w:t>пункте 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...227 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "в программу" заменить словами "в перечень предметов при проведении";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="z131"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>57-баптың</w:t>
+          <w:t>главу 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...32 lines deleted...]
-        <w:t>      "2. Техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім берудің білім беретін оқу бағдарламаларын іске асыратын заңды тұлғалардың білім беру қызметін кәсіптік біліктілік деңгейлерін ескере отырып, олар үшін жаңа кәсіптер мен мамандықтар бойынша лицензиялау оларда лицензиялардың болуына қарамастан, жалпы негіздерде жүргізіледі.";</w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить статьей 9-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 9-1. Аккредитация организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Аккредитация организации образования осуществляется на добровольной основе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Организация образования самостоятельна в выборе аккредитационного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Решение о проведении аккредитации или об отказе в проведении аккредитации принимается аккредитационным органом по результатам рассмотрения заявлений организацией образования и представленных документов, перечень которых определяется аккредитационным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Условия и сроки проведения аккредитации определяются в договоре о проведении аккредитации между организацией образования и аккредитационным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Аккредитационный орган проводит институциональную или специализированную аккредитацию в соответствии со своими стандартами (регламентами) аккредитации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Аккредитация организации образования проводится за счет средств организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Организации образования вправе пройти национальную и международную институциональную, специализированную аккредитацию в аккредитационных органах, внесенных в реестр уполномоченного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Институты повышения квалификации вправе пройти аккредитацию на общих основаниях в соответствии с законодательством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>58-бап</w:t>
+          <w:t>статье 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z133"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) органов управления образованием и соответствующей инфраструктуры, в том числе организаций учебно-методического и научно-методического обеспечения, осуществляющих образовательный мониторинг;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z134"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 4) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) объединений субъектов образовательной деятельности.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z135"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>59-бапта</w:t>
+          <w:t>статье 11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A56FBE">
-[...229 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z136"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 3) после слов "к государственным символам" дополнить словами "и государственному языку";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z137"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 10) слова "на знаниях" заменить словами "на знании и компетентности";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z138"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 12) слово "ориентации" заменить словом "мотивации";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z139"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 14) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "14) создание специальных условий для получения образования лицами с ограниченными возможностями.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z140"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z103" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>61-баптың</w:t>
+          <w:t>статье 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...60 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="z141"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      части вторую и третью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z104" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>62-бапта</w:t>
+          <w:t>пункта 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...264 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Типовые учебные программы разрабатываются в соответствии с требованиями государственных общеобязательных стандартов образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Рабочие учебные программы разрабатываются на основе соответствующих типовых учебных планов и типовых учебных программ.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z142"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z110" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>63-бапта</w:t>
+          <w:t>пункты 7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...228 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>64-бап</w:t>
+          <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...61 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7. Типовые учебные программы по военным специальностям утверждаются руководителем соответствующего государственного органа по согласованию с уполномоченным органом в области образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Типовые учебные программы по медицинским и фармацевтическим специальностям утверждаются уполномоченным органом в области здравоохранения по согласованию с уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z143"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>68-баптың</w:t>
+          <w:t>статье 16</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...109 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z144"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть третью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>5) тармақшасының</w:t>
+          <w:t>пункта 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z145"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть четвертую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>6) тармақшасының</w:t>
+          <w:t>пункта 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "Срок освоения общеобразовательной учебной программы основного среднего образования – пять лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При переходе на двенадцатилетнее образование срок освоения общеобразовательной учебной программы основного среднего образования – шесть лет.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="z146"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>52) тармақшасының</w:t>
+          <w:t>пункта 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "социально-гуманитарному, естественно-научному, технологическому и другим направлениям для осуществления ориентированной допрофессиональной подготовки обучающихся" заменить словами "естественно-математическому и общественно-гуманитарному направлениям";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="145" w:name="z147"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z121" w:history="1">
+        <w:r w:rsidRPr="0033178A">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>52) тармақшасының</w:t>
+          <w:t>статью 17</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A56FBE">
-[...8 lines deleted...]
-        <w:t> жетінші және сегізінші абзацтарын қоспағанда, алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi.</w:t>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 17. Образовательные учебные программы технического и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  профессионального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56FBE" w:rsidRPr="00A56FBE" w:rsidRDefault="00A56FBE" w:rsidP="00A56FBE">
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A56FBE">
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Техническое и профессиональное образование является составной частью уровня среднего образования и направлено на подготовку квалифицированных рабочих и специалистов среднего звена по основным направлениям общественно-полезной профессиональной деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Образовательные учебные программы технического и профессионального образования в зависимости от их содержания и уровня квалификации подготовки обучающихся делятся на образовательные учебные программы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) предусматривающие подготовку кадров по массовым профессиям технического и обслуживающего труда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание образовательных учебных программ предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изучение интегрированных курсов по общеобразовательным предметам, являющимся профилирующими для освоения общепрофессиональных и специальных дисциплин, прохождение производственного обучения и профессиональной практики по приобретению профессиональных навыков;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      присвоение обучающимся установленного уровня профессиональной квалификации (разряда, класса, категории) по конкретной профессии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) предусматривающие овладение сложными (смежными) профессиями и практическими навыками выполнения работ во всех отраслях экономики, связанными с высокими технологиями и профессиональной деятельностью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание образовательных учебных программ предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изучение общеобразовательных, общегуманитарных, экономических, общепрофессиональных, специальных дисциплин, прохождение производственного обучения и профессиональной практики по приобретению и закреплению профессиональных навыков;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      присвоение обучающимся повышенного уровня профессиональной квалификации по конкретной специальности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечивающие подготовку специалистов среднего звена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание образовательных учебных программ предусматривает изучение интегрированных образовательных учебных программ технического и профессионального образования с образовательными учебными программами 1-2 курсов высших учебных заведений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По итогам промежуточной аттестации (после каждого курса обучения) обучающимся присваивается достигнутый уровень профессиональной квалификации (разряд, класс, категория) по конкретной специальности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По завершении полного курса обучения и прохождения итоговой аттестации обучающимся присваивается квалификация специалиста среднего звена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. Образовательные учебные программы технического и профессионального образования по специальностям культуры и искусства разрабатываются с учетом принципа ранней профессионализации и особенностей подготовки обучающихся по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>указанным специальностям. Продолжительность обучения зависит от сложности учебных программ и уровня присваиваемой квалификации и определяется соответствующим государственным общеобязательным стандартом образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Образовательные учебные программы технического и профессионального образования для граждан, имеющих общее среднее образование, предусматривают изучение общепрофессиональных, экономических, специальных дисциплин и выполнение учебно-производственных работ, определяющих будущую профессиональную деятельность по избранной специальности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Образовательные учебные программы технического и профессионального образования состоят из программ теоретического и производственного обучения и профессиональной практики.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      16) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="z149"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      заголовок и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z129" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 19. Специальные образовательные учебные программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Специальные образовательные учебные программы разрабатываются на основе образовательных учебных программ начального, основного среднего, общего среднего, технического и профессионального образования и направлены на обучение и развитие лиц с ограниченными возможностями, учитывают психофизические особенности и познавательные возможности обучающихся и воспитанников, определяемые с учетом рекомендаций психолого-медико-педагогических консультаций.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z131" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слов "Республики Казахстан," дополнить словами "в общеобразовательных школах";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="z151"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) в части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z133" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 20 слова "младших специалистов обслуживающего и управленческого труда по гуманитарным специальностям" заменить словами "специалистов технического, обслуживающего и управленческого труда";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="z152"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z135" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 21</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="z153"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="z154"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предложение первое части второй изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Профессиональные образовательные учебные программы высшего образования включают дисциплины обязательного компонента и компонента по выбору.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="z155"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть третью изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Высшие учебные заведения вправе на конкурсной основе разрабатывать и внедрять инновационные образовательные учебные программы, содержащие новейшие технологии и методы обучения, направленные на дальнейшее развитие и совершенствование системы образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z156"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5. Высшие военные учебные заведения реализуют профессиональные образовательные учебные программы по военным специальностям, утверждаемые руководителем соответствующего государственного органа по согласованию с уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="z157"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="z158"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z147" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1. Образовательные учебные программы дополнительного образования направлены на удовлетворение всесторонних потребностей обучающихся, воспитанников и специалистов.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="z159"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z148" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "2) переподготовки и повышения квалификации специалистов, направленные на развитие профессиональных компетенций, адекватных современным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>требованиям.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="z160"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="z161"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z153" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="z162"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктами 1-1 и 2-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1. Порядок приема в организации образования, имеющие особый статус, определяется ими самостоятельно.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="159" w:name="z296"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "2-1. Прием на обучение граждан Республики Казахстан, которым присужден грант "Өркен", осуществляется специализированными организациями образования "Назарбаев Интеллектуальные школы".";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="160" w:name="z163"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="z164"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слово "высшего" заменить словом "послевузовского";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="z165"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      после слов "образования в" дополнить словом "ведущих";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="z166"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "С гражданами Республики Казахстан, которым присуждена международная стипендия "Болашак", заключается договор на обучение по международной стипендии "Болашак".";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="z167"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5. При проведении конкурса на получение образовательных грантов, а также на зачисление в состав обучающихся по государственному образовательному заказу на подготовку кадров с техническим и профессиональным, послесредним и высшим образованием преимущественное право имеют:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, награжденные знаком "Алтын белгі";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лица, имеющие документы об образовании автономных организаций образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени), республиканских и международных конкурсов исполнителей и спортивных соревнований (награжденные дипломами первой, второй и третьей степени) последних трех лет, перечень которых определяется уполномоченным органом в области образования, а также победители Президентской, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени) текущего года при условии соответствия выбранной ими специальности предмету олимпиады, конкурса или спортивного соревнования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае одинаковых показателей при проведении конкурса на получение образовательных грантов, а также на зачисление в состав обучающихся по государственному образовательному заказу на подготовку кадров с техническим и профессиональным, послесредним и высшим образованием преимущественное право имеют дети-сироты и дети, оставшиеся без попечения родителей, инвалиды I и II групп, лица, приравненные по льготам и гарантиям к участникам войны и инвалидам войны, инвалиды с детства, дети-инвалиды, которым согласно заключению медико-социальной экспертизы не противопоказано обучение в соответствующих организациях образования, и лица, имеющие документы об образовании (свидетельства, аттестаты, дипломы) с отличием.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="z168"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 5-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1. В случае отказа обладателя образовательного гранта до зачисления его в высшее учебное заведение свидетельство о присуждении образовательного гранта аннулируется, а образовательный грант присуждается в установленном порядке.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="z169"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "и научно-исследовательские организации" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="167" w:name="z170"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      22) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "и экстерната" заменить словами ", экстерната и дистанционной форме обучения для детей с ограниченными возможностями";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="z171"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="z172"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z169" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "учебными программами и рабочими учебными планами" заменить словами "учебными планами и рабочими учебными программами";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="z173"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z171" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слово "учебного" заменить словом "образовательного";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="z174"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z177" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "9. Итоговая аттестация обучающихся в организациях общего среднего образования осуществляется в форме единого национального тестирования или в форме государственного выпускного экзамена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Итоговая аттестация обучающихся в организациях общего среднего образования и желающих в год завершения обучения поступить в организации образования, дающие послесреднее или высшее образование, осуществляется в форме единого национального тестирования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Итоговая аттестация обучающихся в организациях общего среднего образования, не принявших участие в едином национальном тестировании, в случаях, определяемых Правительством Республики Казахстан, осуществляется в форме государственного выпускного экзамена и позволяет в год завершения обучения поступить в организации образования, дающие послесреднее или высшее образование, через комплексное тестирование.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="z175"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z180" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в заголовке слова "научной и учебно-методической" заменить словами "учебно-методической и научно-методической";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="173" w:name="z176"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="z177"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слова "науки и образования" заменить словами "образования и науки";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="175" w:name="z178"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слова "научная и учебно-методическая" заменить словами "учебно-методическая и научно-методическая";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="z179"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z182" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="z180"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в абзаце первом слова "научной и учебно-методической" заменить словами "учебно-методической и научно-методической";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="178" w:name="z181"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в абзаце третьем слова "департаментов образования" заменить словами "органов управления образованием";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="z182"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z183" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "научной и учебно-методической", "научного и учебно-методического" заменить соответственно словами "учебно-методической и научно-методической", "учебно-методического и научно-методического";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="z183"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z184" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 30</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 30. Дошкольное воспитание и обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дошкольное воспитание детей до шести (семи) лет осуществляется в семье или с одного года до достижения школьного возраста в дошкольных организациях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Дошкольное обучение осуществляется с пяти лет в виде предшкольной подготовки детей к обучению в школе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предшкольная подготовка обязательна и осуществляется в семье, дошкольных организациях, предшкольных классах общеобразовательных школ, лицеев и гимназий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предшкольная подготовка в государственных организациях образования является бесплатной.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      26) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z188" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="181" w:name="z185"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z189" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слова "шести" дополнить словом "(семи)";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="182" w:name="z297"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z190" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после слов "являются школа," дополнить словами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"малокомплектная школа,";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="z186"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z192" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 32</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="184" w:name="z187"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z193" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "профессиональных лицеях," исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="z188"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z194" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="186" w:name="z189"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) дополнить статьей 32-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 32-1. Профессиональная подготовка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Профессиональная подготовка направлена на ускоренное приобретение обучающимися новых или измененных профессиональных навыков, необходимых для выполнения определенного вида работ. Профессиональная подготовка не сопровождается повышением образовательного уровня обучающегося.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Профессиональная подготовка работников или иных лиц, не состоящих в трудовых отношениях с работодателем, проводится работодателем непосредственно в организации, учебных центрах, на курсах, а также в различных учебно-производственных структурах юридических лиц или в организациях образования, реализующих образовательные учебные программы технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Профессиональная подготовка осуществляется за счет средств работодателя или иных средств, не запрещенных законодательством Республики Казахстан, в соответствии с договором обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы, содержание и объем профессиональной подготовки определяются работодателем на основании действующих образовательных учебных программ по соответствующей профессии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К формам профессиональной подготовки относятся обучение на предприятии, переобучение по другой специальности, кооперативное обучение на основе корпоративной ответственности и ученичества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Лицам, успешно прошедшим квалификационный экзамен по оценке профессиональной подготовленности, присваивается соответствующий уровень квалификации по конкретной специальности и выдается свидетельство (сертификат) о присвоении квалификации установленного образца.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      29) в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z195" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 33</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слово "гуманитарным" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="z191"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z196" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 34</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="188" w:name="z192"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) части первую и вторую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z199" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 35 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Профессиональные образовательные учебные программы высшего образования реализуются в высших учебных заведениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными видами высших учебных заведений являются национальный исследовательский университет, национальное высшее учебное заведение, исследовательский университет, университет, академия, институт и приравненные к ним (консерватория, высшая школа, высшее училище).";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="189" w:name="z193"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 36 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Послевузовское образование осуществляется в магистратуре и докторантуре высших учебных заведений, в резидентуре высших учебных заведений и научных организаций, а также путем направления стипендиатов международной стипендии "Болашак" на обучение в ведущие зарубежные высшие учебные заведения по очной форме обучения в соответствии с перечнем специальностей, ежегодно утверждаемым в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Реализация профессиональных образовательных учебных программ послевузовского образования по военным специальностям осуществляется в адъюнктуре высших военных учебных заведений.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="z194"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      33) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z208" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 37. Дополнительное образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дополнительное образование детей осуществляется в организациях образования и внешкольных организациях, виды которых определяются уполномоченным органом в области образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Образовательные услуги по образовательным учебным программам дополнительного образования обучающимся предоставляются организациями образования, реализующими общеобразовательные учебные программы начального, основного среднего и общего среднего образования, и на договорной основе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Образование взрослых (лиц, достигших восемнадцатилетнего возраста) направлено на удовлетворение их образовательных потребностей в течение всей жизни для получения дополнительного объема знаний и навыков в соответствии с происходящими социально-экономическими изменениями в обществе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Образование взрослых осуществляется организациями образования, а также юридическими лицами, имеющими структурные подразделения, реализующими дополнительные образовательные учебные программы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Повышение квалификации и переподготовка кадров осуществляются в организациях образования, реализующих образовательные учебные программы дополнительного образования, научных организациях, институтах повышения квалификации, на производстве и при прохождении стажировки научными, педагогическими, инженерно-техническими и медицинскими работниками в зарубежных организациях по международной стипендии "Болашак".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Повышение квалификации руководящих кадров, педагогических и научных работников организаций образования осуществляется не реже одного раза в пять лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Повышение квалификации и переподготовка медицинских и фармацевтических кадров осуществляются в медицинских организациях образования и науки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Граждане Республики Казахстан вправе участвовать в конкурсе на присуждение международной стипендии "Болашак" для прохождения стажировки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Научный руководитель победителя Президентской олимпиады имеет преимущественное право при равенстве баллов на присуждение международной стипендии "Болашак" для прохождения стажировки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С гражданами Республики Казахстан, которым присуждена международная стипендия "Болашак", заключается договор о прохождении стажировки по международной стипендии "Болашак".";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      34) дополнить статьей 37-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 37-1. Индивидуальная педагогическая деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Индивидуальная педагогическая деятельность, сопровождающаяся получением доходов, является предпринимательской деятельностью. Государственная регистрация лица, занимающегося индивидуальной педагогической деятельностью, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Индивидуальная педагогическая деятельность не лицензируется.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      35) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z218" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="191" w:name="z197"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z219" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "Организации образования, прошедшие специализированную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вправе выдавать гражданам документы об образовании собственного образца по аккредитованным образовательным учебным программам (специальностям).";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="192" w:name="z198"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 1-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1. Организации образования, имеющие особый статус, могут выдавать документы об образовании собственного образца.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="193" w:name="z199"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z220" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слова "образца" дополнить словами "либо собственного образца,";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="194" w:name="z200"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 5 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5. Документы об образовании, выданные зарубежными высшими учебными заведениями, научными центрами и лабораториями гражданам Республики Казахстан – обладателям международной стипендии "Болашак", признаются в Республике Казахстан без прохождения процедур признания или нострификации.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="z201"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z224" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 40</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="196" w:name="z202"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 2-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1. В случае неполучения лицензии на право занятия образовательной деятельностью в течение шести месяцев с момента государственной регистрации в качестве юридического лица организация образования ликвидируется в судебном порядке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Течение данного срока приостанавливается на срок рассмотрения уполномоченным органом в области образования материалов организации образования о получении лицензии на право занятия образовательной деятельностью.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="z203"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Организации образования в зависимости от реализуемых образовательных учебных программ могут быть следующих типов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) дошкольные организации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) общеобразовательные организации (начального, основного среднего, общего среднего);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) технического и профессионального образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) послесреднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) высшего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) высшего и послевузовского образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) специализированные организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) специальные организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) организации образования для детей-сирот и детей, оставшихся без попечения родителей (законных представителей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) организации дополнительного образования для детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) организации дополнительного образования для взрослых.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Номенклатура видов организаций образования утверждается уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="z204"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 41 дополнить подпунктом 4-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4-1) основания и порядок отчисления обучающихся, воспитанников;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="z205"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z237" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 43</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="200" w:name="z206"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z240" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="201" w:name="z207"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 2) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) разработка и утверждение рабочих учебных планов и рабочих учебных программ, кроме утверждения рабочих учебных программ по военным специальностям;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="202" w:name="z208"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 2-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1) разработка и утверждение образовательных учебных программ с сокращенными сроками обучения;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="203" w:name="z209"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      в подпункте 15) слово "законами" заменить словом "законодательством";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="204" w:name="z210"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 16) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="z211"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 17) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17) присуждение обучающимся в высших учебных заведениях академических степеней "бакалавр" и "магистр";";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="206" w:name="z212"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 18) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "18) внедрение современных форм профессиональной подготовки кадров.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="207" w:name="z213"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктами 4 и 5 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Организация образования, имеющая особый статус, самостоятельно утверждает форму договора оказания образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Организации образования, имеющие особый статус, осуществляют образовательную деятельность на основе самостоятельно разработанных образовательных учебных программ, соотношения обучающихся и профессорско-преподавательского состава, норм учебной нагрузки, форм и размеров оплаты труда.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="208" w:name="z214"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z241" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 44</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="209" w:name="z215"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z245" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="210" w:name="z216"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z246" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слово "Правительством" заменить словом "законодательством";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="211" w:name="z217"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z247" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "должности и освобождает от должностей своих заместителей и" заменить словами "должность и освобождает от должности";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="212" w:name="z218"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) дополнить статьей 45-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 45-1. Социальное партнерство в области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    профессионального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Социальное партнерство в области профессионального образования ориентировано на повышение адекватности результатов деятельности системы образования, приближение уровня подготовки кадров к потребностям отраслей экономики и работодателей, укрепление связей обучения с производством, привлечение дополнительных источников финансирования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Основными направлениями взаимодействия партнеров в области профессионального образования являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) участие работодателей в разработке государственных общеобязательных стандартов образования, типовых учебных планов и программ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) организация профессиональной практики обучающихся с использованием технологической базы предприятий, стажировок преподавателей специальных дисциплин и специалистов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) развитие взаимодействия сторон по вопросам подготовки специалистов и содействия их трудоустройству;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) привлечение к процессу обучения специалистов, имеющих опыт профессиональной деятельности в соответствующих отраслях экономики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) участие в организации контроля качества профессионального образования и оценке профессиональной подготовленности выпускников;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) привлечение финансовых средств работодателей на развитие организаций образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      41) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z256" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 47</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="213" w:name="z220"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть вторую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z258" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "К обучающимся относятся учащиеся, кадеты, студенты, магистранты, адъюнкты, интерны, курсанты, слушатели и докторанты.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="214" w:name="z221"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z259" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="215" w:name="z222"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 6) после слов "специальности на другую" дополнить словами ", с платной основы на обучение по государственному образовательному заказу";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="216" w:name="z223"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      в подпункте 7) слова "в порядке, установленном Правительством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республики Казахстан" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="217" w:name="z224"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 8) после слова "залами," дополнить словами "компьютерными классами и";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="218" w:name="z225"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 6-2 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6-2. Победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам последних трех лет, а также участники данных международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам текущего года (за исключением выпускников, претендующих на получение аттестата особого образца и знака "Алтын белгі") получают сертификаты о результатах единого национального тестирования, выданные уполномоченным органом в области образования, на основании перевода итоговых оценок в баллы сертификатов. Шкала для перевода годовых оценок обучающегося в баллы сертификатов утверждается уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="219" w:name="z226"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z263" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="220" w:name="z227"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      части первую и вторую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7. Студентам, интернам, магистрантам, докторантам, слушателям резидентуры, слушателям подготовительных отделений высших учебных заведений, обучающимся в организациях образования по государственному образовательному заказу по очной форме обучения (кроме учащихся профессиональных лицеев), может выплачиваться государственная стипендия. Правила назначения и выплаты государственной стипендии, а также ее размеры утверждаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственная именная стипендия выплачивается наиболее одаренным магистрантам высших учебных заведений и обучающимся высших учебных заведений Республики Казахстан по очной форме обучения на основании решений ученых советов высших учебных заведений.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="221" w:name="z228"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить частью третьей следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Инвалиды по зрению и инвалиды по слуху, дети-сироты и дети, оставшиеся без попечения родителей и находящиеся под опекой (попечительством), а также студенты и магистранты, имеющие по результатам очередной промежуточной аттестации обучающихся только оценки "отлично", имеют право на получение повышенной государственной стипендии, размер которой определяется Правительством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="222" w:name="z229"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z264" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="223" w:name="z230"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 15-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "15-1. Обучающиеся обязаны соблюдать форму одежды, установленную в организации образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="224" w:name="z231"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17. Граждане из числа аульной (сельской) молодежи, поступившие в пределах квоты, установленной подпунктом 3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 26 настоящего Закона, на обучение по педагогическим, медицинским и ветеринарным специальностям, обязаны отработать соответственно в государственных организациях образования, государственных медицинских организациях, в подразделениях государственных органов, осуществляющих деятельность в области ветеринарии, либо в государственных ветеринарных организациях, расположенных в сельской местности, не менее трех лет после окончания высшего учебного заведения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Граждане, обучающиеся по педагогическим и медицинским специальностям на основе государственного образовательного заказа, обязаны отработать в государственных организациях образования и государственных медицинских </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организациях в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Граждане, поступившие на обучение в докторантуру по программе докторов философии (PhD) на основе государственного образовательного заказа, обязаны отработать в высших учебных заведениях или научных организациях не менее трех лет после завершения обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обеспечение мониторинга и контроля за соблюдением выполнения лицами, указанными в настоящем пункте, своих обязанностей по отработке или возмещению расходов бюджетных средств в случае неотработки возлагается на поверенного агента уполномоченного органа в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="225" w:name="z232"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктами 17-1, 17-2, 17-3 и 17-4 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17-1. Право на первоочередное распределение на работу в государственные организации образования и государственные медицинские организации имеют:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, супруги которых проживают, работают или проходят службу в населенном пункте, предоставившем вакансию, или близ-расположенном населенном пункте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лица, у которых один или оба родителя являются инвалидами I и II группы, а также лица, являющиеся опекунами и попечителями, постоянно проживающие в населенном пункте, предоставившем вакансию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-2. Освобождение от обязанности по отработке, предусмотренной пунктом 17 настоящей статьи, предоставляется решением комиссии по персональному распределению молодых специалистов следующим категориям молодых специалистов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лицам в случае отсутствия вакансий в населенном пункте либо в близрасположенном населенном пункте по месту проживания, работы или прохождения службы супруга (супруги);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) инвалидам I и II группы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицам, поступившим для дальнейшего обучения в магистратуру, резидентуру, докторантуру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) беременным женщинам, лицам, имеющим, а также самостоятельно воспитывающим ребенка (детей) в возрасте до трех лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-3. Прекращение обязанности по отработке, предусмотренной пунктом 17 настоящей статьи, без возмещения расходов, понесенных за счет бюджетных средств, связанных с обучением, наступает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) в связи с исполнением обязанностей по отработке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в связи со смертью обучающегося (молодого специалиста), подтверждаемой соответствующими документами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в случае установления инвалидности I и II группы в течение срока отработки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) в связи с освобождением от обязанности по отработке в случаях, предусмотренных пунктом 17-2 настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-4. За неисполнение обязанности по отработке, предусмотренной пунктом 17 настоящей статьи, молодой специалист обязан возместить расходы, понесенные за счет бюджетных средств в связи с его обучением, за исключением случаев, предусмотренных пунктом 17-2 настоящей статьи, в бюджет.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="226" w:name="z233"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z275" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 48</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="227" w:name="z234"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z276" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слово "стимулированию" заменить словом "формированию";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="228" w:name="z235"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z279" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "среднего, технического и профессионального" заменить словами "начального, основного среднего, общего среднего, технического и профессионального, послесреднего";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="229" w:name="z236"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43) подпункты 2) и 3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z284" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 49 изложить в следующей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) обеспечить предшкольную подготовку с дальнейшим определением детей в общеобразовательную школу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) выполнять правила, определенные уставом организации образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="230" w:name="z237"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z289" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 51</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="231" w:name="z238"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z292" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова "и трудовым договором" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="232" w:name="z239"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 6 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6. Педагогическим работникам запрещается использовать образовательный процесс в целях политической агитации, религиозной пропаганды или для побуждения обучающихся к действиям, противоречащим </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и законодательству Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="233" w:name="z240"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z295" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 52</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="234" w:name="z241"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z296" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="235" w:name="z242"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слово "негосударственных" заменить словом "частных";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="236" w:name="z243"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слово "действующим" исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="237" w:name="z244"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z299" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слова "эксперимента" дополнить словами ", за работу с детьми с ограниченными возможностями";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="238" w:name="z245"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="z300" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> после слова "работников" дополнить словом "государственных";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="239" w:name="z246"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="z302" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="240" w:name="z247"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части первой:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="241" w:name="z248"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в абзаце первом слова "государственных организаций образования устанавливается не более" заменить словами ", непосредственно осуществляющих учебно-воспитательный процесс в государственных организациях образования, устанавливается";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="242" w:name="z249"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 1):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="243" w:name="z250"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      абзац второй изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "для организаций начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="244" w:name="z251"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      абзац третий исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="245" w:name="z252"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктом 4) следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) 25 часов для воспитателей специальных организаций образования и организаций образования для детей-сирот и детей, оставшихся без попечения родителей.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="246" w:name="z253"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть вторую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Продолжительность рабочего времени работников организаций образования, для которых не установлена нормативная учебная нагрузка, устанавливается в соответствии с трудовым законодательством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="247" w:name="z254"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      абзац первый пункта 8 после слова "государственного" дополнить словом "образовательного";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="248" w:name="z255"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="z304" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="249" w:name="z256"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 2) пункта 1 после слов "56 календарных дней для педагогических работников" дополнить словами "и приравненных к ним лиц";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="250" w:name="z257"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="z307" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="251" w:name="z258"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 2) дополнить словами ", направления расходования которого определяются Правительством Республики Казахстан";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="252" w:name="z259"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 3) слова "государственный грант" заменить словом "вознаграждение";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="253" w:name="z260"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:anchor="z312" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 55</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="254" w:name="z261"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="z315" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "3. Образовательный мониторинг осуществляется с помощью комплекса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>статистических и аналитических оценочных показателей для внешней и внутренней оценки качества системы образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="255" w:name="z262"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктами 4, 5 и 6 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Внешняя оценка учебных достижений является одним из видов независимого от организаций образования мониторинга за качеством обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внешняя оценка учебных достижений осуществляется в целях оценки качества образовательных услуг и определения уровня освоения обучающимися образовательных учебных программ основного среднего, общего среднего образования и объема учебных дисциплин, предусмотренных государственными общеобязательными стандартами образования высшего образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Внешняя оценка учебных достижений проводится после окончания основного среднего, общего среднего и высшего образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в основной школе (после 9 (10) класса) – с целью определения дальнейшей траектории обучения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в общей средней (профильной) школе – с целью оценивания уровня учебных достижений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в высшем образовании – выборочно, с целью мониторинга освоения учебной программы по направлениям обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Перечень организаций основного среднего, общего среднего образования и специальностей высшего образования, по которым проводится внешняя оценка учебных достижений, определяется уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="256" w:name="z263"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:anchor="z321" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 57 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Лицензирование образовательной деятельности юридических лиц, реализующих образовательные учебные программы технического и профессионального, послесреднего, высшего, послевузовского образования, по новым для них профессиям и специальностям с учетом уровней профессиональной квалификации производится на общих основаниях независимо от наличия у них лицензии.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="257" w:name="z264"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="z325" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 58</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="258" w:name="z265"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="z330" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="259" w:name="z266"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="z333" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="260" w:name="z267"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 2) исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="261" w:name="z268"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) контроль за соблюдением законодательства Республики Казахстан об образовании и квалификационных требований, предъявляемых к образовательной деятельности.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="262" w:name="z269"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="z334" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить частями второй и третьей следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Для организаций образования, реализующих образовательные учебные программы технического и профессионального образования, послесреднего, высшего и послевузовского образования, государственная аттестация осуществляется также по специальностям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Организации образования, прошедшие институциональную и специализированную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ, освобождаются от процедуры государственной аттестации по аккредитованным образовательным учебным программам (специальностям) на срок аккредитации, но не более 5 лет.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="263" w:name="z270"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 4-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "4-1. Организации образования, подлежащие государственной аттестации, проводят самооценку и представляют материалы самооценки в государственные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органы управления образованием.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="264" w:name="z271"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:anchor="z336" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункты 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:anchor="z337" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="265" w:name="z272"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51) подпункт 4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:anchor="z356" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 61 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) кредиты финансовых организаций;";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="266" w:name="z273"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:anchor="z357" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 62</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="267" w:name="z274"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть вторую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:anchor="z360" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="268" w:name="z275"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:anchor="z361" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Перечень услуг, связанных с государственным образовательным заказом, утверждается уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="269" w:name="z276"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части третьей </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:anchor="z362" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> слова ", предусмотренная международными договорами, заключенными Республикой Казахстан," заменить словами "и (или) их филиалах, созданных в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:anchor="z381" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 65 настоящего Закона,";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="270" w:name="z277"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 5-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="271" w:name="z298"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "5-1. Финансирование подготовки кадров с высшим образованием на основе образовательного гранта осуществляется в организациях образования, прошедших институциональную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="272" w:name="z299"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Финансирование подготовки кадров по отдельным специальностям высшего образования на основе образовательного гранта осуществляется в организациях образования, прошедших специализированную аккредитацию по этим специальностям в аккредитованных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="273" w:name="z300"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Финансирование подготовки кадров по специальностям послевузовского образования на основе образовательного заказа осуществляется в организациях образования, прошедших институциональную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="274" w:name="z301"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Финансирование подготовки кадров по отдельным специальностям послевузовского образования на основе образовательного заказа осуществляется в организациях образования по образовательным учебным программам, прошедшим специализированную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="275" w:name="z278"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:anchor="z365" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="276" w:name="z279"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слово "послесреднего," исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="277" w:name="z280"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      слова "по договору возмездного оказания образовательных услуг" заменить словами "на платной основе";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="278" w:name="z281"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дополнить словами "или государственного образовательного заказа";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="279" w:name="z282"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:anchor="z366" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 63</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="280" w:name="z283"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:anchor="z368" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="281" w:name="z284"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      часть первую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Государственным учреждениям образования запрещается:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) предоставлять обучающимся и воспитанникам образовательные услуги на платной основе в рамках государственного общеобязательного стандарта образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) взимать с учащихся и педагогических работников деньги, за исключением случаев, предусмотренных пунктом 3 статьи 63 настоящего Закона.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="282" w:name="z285"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      в части второй слова "учебные программы профессионального обучения по подготовке работников массовых профессий" заменить словами "образовательные учебные программы технического и профессионального образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="283" w:name="z286"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:anchor="z369" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="284" w:name="z287"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      абзац первый после слов "платной основе" дополнить словами "с заключением договора об оказании платных услуг";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="285" w:name="z288"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в подпункте 8) слово "обучения" заменить словом "образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="286" w:name="z289"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предложение второе части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:anchor="z372" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="287" w:name="z290"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:anchor="z373" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статью 64</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дополнить пунктом 4 следующего содержания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Государственные учреждения среднего образования, получившие на конкурсной основе грант "Лучшая организация среднего образования", расходуют грант на материально-техническое и научно-методическое обеспечение образовательного процесса.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="288" w:name="z291"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:anchor="z392" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункт 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 68 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Лица, поступившие на обучение с соответствующими сроками обучения в организации образования до введения в действие настоящего Закона, заканчивают обучение по образовательным программам, действовавшим на момент поступления на обучение, с выдачей документа об образовании установленного образца, действовавшего на момент поступления на обучение.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="289" w:name="z293"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>абзацев одиннадцатого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>двадцать третьего</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> подпункта 5), </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>абзацев шестого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:anchor="z104" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>двадцать шестого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сорок шестого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> подпункта 6) статьи 1, которые вводятся в действие по истечении шести месяцев после его первого официального опубликования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="290" w:name="z294"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:anchor="z300" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>абзацев девятого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:anchor="z301" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>десятого подпункта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 52) статьи 1, которые вводятся в действие с 1 января 2014 года;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="291" w:name="z295"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:anchor="z298" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>абзацев седьмого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:anchor="z299" w:history="1">
+        <w:r w:rsidRPr="0033178A">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>восьмого подпункта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 52) статьи 1, которые вводятся в действие с 1 января 2015 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033178A" w:rsidRPr="0033178A" w:rsidRDefault="0033178A" w:rsidP="0033178A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00A56FBE">
+        <w:t>      Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0033178A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Президенті                                 Н. НАЗАРБАЕВ</w:t>
+        <w:t>      Республики Казахстан                       Н. НАЗАРБАЕВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5E4A" w:rsidRDefault="004A5E4A">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="387"/>
+    <w:p w:rsidR="00DA358C" w:rsidRDefault="00DA358C">
+      <w:bookmarkStart w:id="292" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="292"/>
     </w:p>
-    <w:sectPr w:rsidR="004A5E4A">
+    <w:sectPr w:rsidR="00DA358C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -15096,53 +15624,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06B73CA1"/>
+    <w:nsid w:val="774C7742"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="65E22724"/>
+    <w:tmpl w:val="ECC4D1FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15262,54 +15790,54 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00011027"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsidRoot w:val="00EC23B9"/>
+    <w:rsid w:val="0033178A"/>
+    <w:rsid w:val="00DA358C"/>
+    <w:rsid w:val="00EC23B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15459,153 +15987,153 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -15741,256 +16269,256 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00A56FBE"/>
+    <w:rsid w:val="0033178A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1781299586">
+    <w:div w:id="1723290065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1070925871">
+        <w:div w:id="916480143">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="166137742">
+        <w:div w:id="1717318079">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1823739375">
+            <w:div w:id="987393134">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="129521546">
+        <w:div w:id="1922055889">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1159542391">
+            <w:div w:id="228806928">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487/links" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000478" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000478" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16238,55 +16766,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>74243</Characters>
+  <Pages>28</Pages>
+  <Words>13970</Words>
+  <Characters>79629</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>618</Lines>
-  <Paragraphs>174</Paragraphs>
+  <Lines>663</Lines>
+  <Paragraphs>186</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>87093</CharactersWithSpaces>
+  <CharactersWithSpaces>93413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>