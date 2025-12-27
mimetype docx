--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,15065 +1,15280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>О правах ребенка в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2002 жылғы 8 тамыздағы N 345 Заңы.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Закон Республики Казахстан от 8 августа 2002 года N 345.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>Текст</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ресми жарияланым</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Официальная публикация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Информация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>История изменений</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Ссылки</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Скачать</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Басқа</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Прочее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="15" w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="450"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Жинақталған:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Вложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00F72901">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. По всему тексту слова "законодательными актами", "Законодательными актами" заменены соответственно словами "законами", "Законами" Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
-[...36 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует отношения, возникающие в связи с реализацией основных прав и законных интересов ребенка, гарантированных Конституцией Республики Казахстан, исходя из принципов приоритетности подготовки детей к полноценной жизни в обществе, развития у них общественно значимой и творческой активности, воспитания в них высоких нравственных качеств, патриотизма и гражданственности, формирования национального самосознания на основе общечеловеческих ценностей мировой цивилизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Кіріспеге өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Преамбула с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z72" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар</w:t>
-[...90 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ребенок, оставшийся без попечения родителей, – ребенок, который остался без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), отбыванием родителями наказания в местах лишения свободы, уклонением родителей от воспитания ребенка или от защиты его прав и интересов, в том числе при отказе родителей взять своего ребенка из воспитательного или лечебного учреждения, а также в иных случаях отсутствия родительского попечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) бала құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдар – бұл балаларды әлеуметтік қолдауды, әлеуметтік-тұрмыстық, медициналық-әлеуметтік, әлеуметтік-педагогикалық, психологиялық-педагогикалық, құқықтық қызметтер көрсету мен материалдық көмек көрсетуді, өмірде қиын ахуалға тап болған балаларды әлеуметтік оңалтуды, мұндай балалар еңбекке қабілетті жасқа жеткенде олардың жұмыспен қамтылуын қамтамасыз етуді жүзеге асыратын ұйымдар;</w:t>
-[...226 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>      2) ребенок – лицо, не достигшее восемнадцатилетнего возраста (совершеннолетия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) организации, осуществляющие функции по защите прав ребенка, – это организации, осуществляющие социальную поддержку, оказание социально-бытовых, медико-социальных, социально-педагогических, психолого-педагогических, правовых услуг и материальной помощи, социальной реабилитации детей, находящихся в трудной жизненной ситуации, обеспечение занятости таких детей по достижении ими трудоспособного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) социальная реабилитация ребенка – мероприятия по восстановлению утраченных ребенком социальных связей и функций, восполнению среды жизнеобеспечения, усилению заботы о нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) социальная адаптация ребенка – процесс активного приспособления ребенка, находящегося в трудной жизненной ситуации, к условиям социальной среды путем усвоения и восприятия ценностей, правил и норм поведения, принятых в обществе, а также процесс преодоления последствий психологической и (или) моральной травмы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) законные представители ребенка – родители, усыновители (удочерители), опекун, попечитель, патронатный воспитатель, приемные родители, другие заменяющие их лица, осуществляющие в соответствии с законодательством Республики Казахстан заботу, образование, воспитание, защиту прав и интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) экономическая эксплуатация ребенка – это наихудшие формы детского труда, в том числе торговля несовершеннолетними, вовлечение их в преступную деятельность или в совершение антиобщественных действий, занятие проституцией, производство порнографических снимков или участие несовершеннолетних в зрелищных мероприятиях порнографического характера, а также труд, совершаемый детьми младше минимального возраста для приема на работу, установленного законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) ребенок-сирота – ребенок, у которого умерли оба или единственный родитель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) попечительство – правовая форма защиты прав и законных интересов детей в возрасте от четырнадцати до восемнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) опека – правовая форма защиты прав и законных интересов детей, не достигших четырнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) государственные минимальные социальные стандарты – основные показатели обеспечения качества жизни детей, включающие в себя установленный государством минимальный объем социальных услуг, норм и нормативов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>салдарынан, кемістіктерден организмінің функциялары тұрақты бұзылып, денсаулығына зақым келген он сегіз жасқа дейінгі адам;</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      12) ребенок-инвалид – лицо в возрасте до восемнадцати лет, имеющее нарушение здоровья со стойким расстройством функций организма, обусловленное заболеваниями, травмами, их последствиями, дефектами, приводящее к ограничению жизнедеятельности и необходимости его социальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-1) ребенок (дети), находящийся в трудной жизненной ситуации, – ребенок (дети), жизнедеятельность которого нарушена в результате сложившихся обстоятельств, предусмотренных Законом Республики Казахстан "О специальных социальных услугах", и который не может преодолеть данные обстоятельства самостоятельно или с помощью семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) патронат – форма воспитания, при которой ребенок, оставшийся без попечения родителей, передается на воспитание в семью граждан по договору, заключаемому уполномоченным государственным органом и лицом (патронатным воспитателем), выразившим желание взять ребенка на воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="z193"/>
+      <w:bookmarkStart w:id="0" w:name="z164"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14) алып тасталды - ҚР 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>14) исключен Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
-[...24 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) Уполномоченный по правам ребенка в Республике Казахстан – лицо, назначаемое Президентом Республики Казахстан, на которого возлагаются функции по обеспечению основных гарантий прав и законных интересов детей, а также восстановлению их нарушенных прав и свобод во взаимодействии с государственными и общественными институтами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 1 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), өзгерістер енгізілді - ҚР 05.07.2014</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 05.07.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t> № 236-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі); 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2015); от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t> № 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз); 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Осы Заңның қолданылуы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 2. Действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Действие настоящего Закона распространяется на граждан Республики Казахстан. Ребенок, не являющийся гражданином Республики Казахстан, пользуется в Республике правами и свободами, а также несет обязанности, установленные для граждан, если иное не предусмотрено Конституцией Республики Казахстан, законами Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Действие норм настоящего Закона, устанавливающих права и обязанности ребенка, распространяется на детей, которые приобрели гражданскую дееспособность в полном объеме до наступления совершеннолетия, в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 2 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Қазақстан Республикасының баланың құқықтары туралы заңдары</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Қазақстан Республикасының баланың құқықтары туралы заңдары Қазақстан Республикасының Конституциясына негiзделедi және осы Заң мен Қазақстан Республикасының бала құқықтарын қорғау саласындағы өзге де нормативтiк құқықтық актілерiнен тұрады.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 3. Законодательство Республики Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о правах ребенка основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан в области защиты прав ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора, за исключением случаев, когда из международного договора следует, что для его применения требуется издание закона Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Балалардың тең құқықтылығы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 4. Равноправие детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Все дети имеют равные права независимо от происхождения, расовой и национальной принадлежности, социального и имущественного положения, пола, языка, образования, отношения к религии, места жительства, состояния здоровья и иных обстоятельств, касающихся ребенка и его родителей или других законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Равной и всесторонней защитой пользуются дети, рожденные как в браке, так и вне его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 4 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Баланың құқықтарын шектеуге тыйым салу</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 5. Запрещение ограничения прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Права ребенка не могут быть ограничены, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 5-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 5 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-тарау. БАЛАЛАР МҮДДЕСIН КӨЗДЕЙТIН МЕМЛЕКЕТТIК САЯСАТ</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Глава 2. Государственная политика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:br/>
+        <w:t>в интересах детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Балалар мүддесiн көздейтiн мемлекеттiк саясаттың мақсаттары</w:t>
-[...90 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Цели государственной политики в интересах детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Целями государственной политики Республики Казахстан в интересах детей являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечение прав и законных интересов детей, недопущение их дискриминации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) бала құқықтары кепілдiктерiнiң құқықтық негiздерiн қалыптастыру, баланың құқықтары мен заңды мүдделерiн қорғау жөнiндегi тиiстi органдар мен ұйымдар құру;</w:t>
-[...227 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      2) упрочение основных гарантий прав и законных интересов детей, а также восстановление их прав в случаях нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) формирование правовых основ гарантий прав ребенка, создание соответствующих органов и организаций по защите прав и законных интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) содействие физическому, интеллектуальному, духовному и нравственному развитию детей, воспитанию в них патриотизма, гражданственности и миролюбия, а также реализации личности ребенка в интересах общества, традиций народов государства, достижений национальной и мировой культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) обеспечение целенаправленной работы по формированию у несовершеннолетнего правосознания и правовой культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) обеспечение защиты детей от информации, причиняющей вред их здоровью и развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственная политика в интересах детей является приоритетной областью деятельности государственных органов и основана на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) законодательном обеспечении прав ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) государственной поддержке семьи в целях обеспечения полноценного воспитания детей, защиты их прав, подготовки их к полноценной жизни в обществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) установлении и соблюдении государственных минимальных социальных стандартов, направленных на улучшение жизни детей с учетом региональных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ответственности должностных лиц, граждан за нарушение прав и законных интересов ребенка, причинение ему вреда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) государственной поддержке общественных объединений и иных организаций, осуществляющих функции по защите прав и законных интересов ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 6-бапқа өзгеріс енгізілді - ҚР 02.07.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 6 с изменением, внесенным Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Қазақстан Республикасы орталық және жергiлiктi атқарушы органдарының мемлекетте баланың құқықтарын қорғау мәселелерi жөніндегiөкiлеттiктерi</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 7. Полномочия центральных и местных исполнительных органов Республики Казахстан по вопросам защиты прав ребенка в государстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1) балалар мүддесiн көздейтiн мемлекеттiк саясаттың негiздерiн талдап жасау;</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      1. К полномочиям центральных исполнительных органов по обеспечению гарантий прав ребенка относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разработка основ государственной политики в интересах детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) реализация государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z92"/>
+      <w:bookmarkStart w:id="1" w:name="z170"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2) алынып тасталды - ҚР 13.01.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>2) исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 159-V</w:t>
+          <w:t>№ 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
-[...149 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) принятие в пределах своей компетенции нормативных правовых актов по регулированию и защите прав и свобод ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществление мероприятий по реализации государственной политики в интересах детей за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) исполнение международных обязательств государства и представительство интересов государства в международных организациях по вопросам защиты прав ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="z197"/>
+      <w:bookmarkStart w:id="2" w:name="z175"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8) алып тасталды - ҚР 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>7) исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 269-V</w:t>
+          <w:t>№ 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...75 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z176"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) исключен Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z1922" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>      2. (исключен)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. К полномочиям местных исполнительных органов по осуществлению гарантий прав ребенка относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z99"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+      <w:bookmarkStart w:id="4" w:name="z179"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1) алып тасталды - ҚР 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z292" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
-[...87 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) обеспечение реализации государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) участие в формировании социальной инфраструктуры для детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) определение порядка информирования и проведения консультаций, осуществления мероприятий по защите прав и законных интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) тәрбие, бiлiм беру, денсаулық сақтау, ғылым, мәдениет, дене тәрбиесi мен спорт, әлеуметтiк қызмет көрсету және отбасын әлеуметтiк қорғау саласында балалар мүдделерiне орай орталық атқарушы органдар айқындаған мемлекеттiк саясатты iске асыру жөнiндегi iс-шараларды жүзеге асыру;</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      4) осуществление мероприятий по реализации государственной политики в интересах детей в области воспитания, образования, здравоохранения, науки, культуры, физической культуры и спорта, социального обслуживания и социальной защиты семьи, определенных центральными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) осуществление в установленном порядке обязательного трудоустройства и обеспечения жильем детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 7-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 7 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, (2005.01.01 бастап қолданысқа енгiзiледi), 2009.07.17 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2005); от 17.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z349" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 188-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз), 2010.03.19 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>); от 19.03.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z206" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 258-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, 2011.01.06 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>; от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z504" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 452-IV</w:t>
+          <w:t> № 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z350" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 36-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z326" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z292" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 159-V</w:t>
+          <w:t>№ 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z1922" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 269-V</w:t>
+          <w:t> № 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі); 02.07.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2015); от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-1-бап. Баланың құқықтары жөніндегі уәкіл институты</w:t>
-[...215 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 7-1. Институт Уполномоченного по правам ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Институт Уполномоченного по правам ребенка учреждается Президентом Республики Казахстан и осуществляет свою деятельность на общественных началах в целях обеспечения гарантии прав и законных интересов детей, а также восстановления их нарушенных прав и свобод во взаимодействии с государственными и общественными институтами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Деятельность Уполномоченного по правам ребенка основывается на принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) независимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) доступности для детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) приоритетности защиты прав и законных интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) объективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) гласности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Баланың құқықтары жөніндегі уәкіл өз қызметінде Қазақстан Республикасының Конституциясын, Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президентінің актілерін және Қазақстан Республикасының өзге де нормативтік құқықтық актілерін басшылыққа алады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      3. Уполномоченный по правам ребенка в своей деятельности руководствуется </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-тарау 7-1-баппен толықтырылды - ҚР 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Глава 2 дополнена статьей 7-1 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t> № 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...235 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-тарау. БАЛАНЫҢ НЕГIЗГI ҚҰҚЫҚТАРЫ МЕН МIНДЕТТЕРI</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 7-2. Уполномоченный по правам ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целях обеспечения защиты прав и законных интересов детей Уполномоченный по правам ребенка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) рассматривает обращения, касающиеся нарушения прав, свобод и законных интересов ребенка, и жалобы на решения или действия (бездействие) государственных центральных и местных исполнительных органов и организаций, предприятий, их должностных лиц, нарушающих права, свободы и законные интересы ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оказывает содействие беспрепятственной реализации и восстановлению нарушенных прав, свобод и законных интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) вырабатывает и вносит в Правительство Республики Казахстан рекомендации по совершенствованию законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) имеет беспрепятственный доступ к государственным органам и организациям систем образования, здравоохранения и социальной защиты населения, обороны, культуры и спорта, а также учреждениям уголовно-исполнительной системы, где содержатся несовершеннолетние;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) имеет беспрепятственный доступ к документам государственных и общественных институтов, занимающихся правами детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) выполняет иные полномочия, возложенные на него настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 7-2 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Баланың денсаулық сақтауға құқығы</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Глава 3. Основные права и обязанности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Право ребенка на охрану здоровья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет неотъемлемое право на охрану здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государство создает условия матери по охране ее здоровья для обеспечения рождения здорового ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Мемлекет денi сау бала тууды қамтамасыз ету үшiн ананың денсаулығын сақтау жөнiнде жағдайлар жасайды.</w:t>
-[...252 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      3. Право ребенка на охрану здоровья обеспечивается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) принятием законодательства Республики Казахстан в области охраны здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) пропагандой и стимулированием здорового образа жизни детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) государственной поддержкой научных исследований в области охраны здоровья детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) контролем за состоянием здоровья ребенка, его родителей и профилактикой детских заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) оказанием квалифицированной медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) созданием благоприятной окружающей среды, необходимой для здорового развития ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) контролем за производством и продажей продуктов питания для детей надлежащего качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государство гарантирует детям бесплатный объем медицинской помощи в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Запрещаются любые научные опыты или иные эксперименты с ребенком, наносящие вред его жизни, здоровью и нормальному физическому и психическому развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 8 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-бап. Баланың даралық ерекшелiкке және оны сақтауға құқығы</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 9. Право ребенка на индивидуальность и ее сохранение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок после рождения должен быть зарегистрирован в соответствии с законами Республики Казахстан. С момента рождения он имеет право на имя, отчество и фамилию, национальность и гражданство, а в случаях, предусмотренных законами Республики Казахстан, право на их сохранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 9-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 9 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>Статья 10. Право ребенка на жизнь, личную свободу, неприкосновенность достоинства и частной жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>10-бап. Баланың өмiр сүруге, жеке басының бостандығына, қадiр-қасиетiне және жеке өмiрiне қол сұғылмауға құқығы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      1. Каждый ребенок имеет право на жизнь, личную свободу, неприкосновенность достоинства и частной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государство обеспечивает личную неприкосновенность ребенка, осуществляет его защиту от физического и (или) психического насилия, жестокого, грубого или унижающего человеческое достоинство обращения, действий сексуального характера, вовлечения в преступную деятельность и совершения антиобщественных действий и иных видов деятельности, ущемляющих закрепленные Конституцией Республики Казахстан права и свободы человека и гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11-бап. Баланың сөз және ар-ождан бостандығына, ақпаратқа, қоғамдық өмiрге араласуға құқығы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 11. Право ребенка на свободу слова и совести, информацию и участие в общественной жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на свободу слова и выражение своего мнения, свободу совести, развитие своей общественной активности, получение и распространение информации, соответствующей его возрасту, добровольное участие в общественных объединениях, а также в других формах некоммерческих организаций и мирных собраниях, разрешенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственные органы содействуют деятельности тех общественных объединений, которые имеют своей целью развитие личности детей, их творческих задатков, социальной активности, научного, технического и художественного творчества, защиту их интеллектуальной собственности, охрану жизни и здоровья детей, охрану окружающей природной среды, памятников истории и культуры, осуществляющих благотворительность, приобщающих к участию в культурной и спортивной жизни, организации досуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 11-бапқа өзгеріс енгізілді - ҚР 16.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными Законом РК от 16.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 403-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Баланың қажеттi тұрмыс деңгейiне құқығы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 12. Право ребенка на необходимый уровень жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на уровень жизни и условия, необходимые для полноценного физического, психического, нравственного и духовного развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государство обеспечивает создание этих условий через систему социальных и экономических мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Баланың мүлiктiк құқықтары</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 13. Имущественные права ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Ребенок имеет право на получение содержания от своих родителей и других членов семьи в порядке и размерах, установленных законом. Суммы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Балаға алименттер, жәрдемақылар және басқа да әлеуметтiк төлемдер ретiндегi тиесiлi сомалар ата-анасының (олардың орнындағы адамдардың) билiк етуiне келiп түседi және олар баланы күтiп-бағуға, оған бiлiм беруге және оны тәрбиелеуге жұмсалады.</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>причитающиеся ребенку в качестве алиментов, пособий и других социальных выплат, поступают в распоряжение родителей (лиц, их заменяющих) и расходуются ими на содержание, образование и воспитание ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Каждый ребенок в установленном законодательством порядке вправе самостоятельно или через своих законных представителей совершать сделки, иметь вклады в банках и распоряжаться заработком, стипендией или иными доходами и объектами права интеллектуальной собственности, приобретать и осуществлять иные имущественные права.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Родители или законные представители вправе вносить на имя ребенка в банки денежные средства, выделяемые государством в качестве детского пособия или материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Каждый ребенок имеет право собственности на полученные им доходы, имущество, полученное им в дар или в порядке наследования, а также на любое другое имущество, приобретенное на средства ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ребенок, получающий доходы с собственного труда, вправе участвовать в расходах по содержанию семьи, если он проживает у родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Право ребенка на распоряжение принадлежащим ему на праве собственности имуществом определяется гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14-бап. Баланың тұрғын үйге құқығы</w:t>
-[...115 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 14. Право ребенка на жилище</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на жилище в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ребенок-сирота, ребенок, оставшийся без попечения родителей, находящиеся в организациях образования, медицинских и других организациях, в том числе обеспечивающих временную изоляцию от общества, под опекой или попечительством, на патронатном воспитании, сохраняют право собственности на жилище или право пользования жилищем, а при его отсутствии имеют право на получение жилища в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жилище из государственного жилищного фонда или жилище, арендованное местным исполнительным органом в частном жилищном фонде, сохраняется за детьми-сиротами, детьми, оставшимися без попечения родителей, на период их нахождения в организациях образования, медицинских и других организациях, в том числе обеспечивающих временную изоляцию от общества, под опекой или попечительством, на патронатном воспитании – до достижения ими совершеннолетия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, не могут быть выселены из занимаемого ими жилища без предоставления другого жилища.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4. Осы баптың 2-тармағында аталған балалардың тұрғын үйге меншiк құқығын немесе тұрғын үйді пайдалану құқығын сақтауды жергiлiктi атқарушы органдар қамтамасыз етедi.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      4. Сохранение права собственности на жилище или права пользования жилищем детей, указанного в пункте 2 настоящей статьи, обеспечивается местными исполнительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Не допускается совершение сделок по отчуждению, в том числе обмену или дарению жилища ребенка-сироты, ребенка, оставшегося без попечения родителей, не достигшего четырнадцатилетнего возраста, или заключение от их имени договора поручительства, сделок по сдаче жилища в безвозмездное пользование или в залог, сделок, влекущих отказ от принадлежащих им прав на наследство по закону, завещанию, раздел их жилища или выдел из него доли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 14-бап жаңа редакцияда - ҚР 04.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 14 в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 126-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14-1-бап. Жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың тұрғын үйін сақтауды қамтамасыз ету</w:t>
-[...190 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 14-1. Обеспечение сохранности жилища детей-сирот, детей, оставшихся без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Местные исполнительные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) производят учет и осуществляют контроль за сохранностью жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обеспечивают сохранность жилища детей-сирот, детей, оставшихся без попечения родителей, до их устройства под опеку или попечительство, на патронатное воспитание, в организации образования, медицинские и другие организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) устанавливают опеку над жилищем детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Законные представители ребенка обеспечивают сохранность жилища детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Законные представители ребенка с согласия органа, осуществляющего функции по опеке или попечительству, могут сдавать внаем (поднаем) жилище детей-сирот, детей, оставшихся без попечения родителей, на основании типового договора, утверждаемого Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Деньги, полученные по договору найма (аренды) жилища, подлежат зачислению на банковский счет детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правила сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, утверждаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Жетім балалардың, ата-анасының қамқорлығынсыз қалған балалардың тұрғын үйін сақтау қағидаларын Қазақстан Республикасының Үкіметі бекітеді.</w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      Правила сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, включают порядок:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) учета жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) установления опеки над жилищем детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сдачи внаем (в аренду) жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществления контроля за выполнением законными представителями ребенка обязанности по сохранности жилища детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. За невыполнение обязанности по сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, должностные лица местных исполнительных органов и законные представители ребенка несут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 14-1-баппен толықтырылды - ҚР 04.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Глава 3 дополнена статьей 14-1 в соответствии с Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 126-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Баланың бiлiм алуға құқығы</w:t>
-[...102 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 15. Право ребенка на образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на образование и ему гарантируется получение бесплатного начального, основного среднего и общего среднего образования и на конкурсной основе - бесплатного технического и профессионального, послесреднего и высшего образования в соответствии с законодательством Республики Казахстан об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Отчисление ребенка из государственного образовательного учреждения до получения бесплатного общего среднего образования или технического и профессионального образования, помимо соблюдения общего порядка отчисления, может быть проведено только с уведомления органов опеки и попечительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. На детей с ограниченными возможностями, нуждающихся в специальных педагогических подходах, из государственного бюджета выделяются дополнительные средства, гарантирующие получение ими образования на уровне установленных стандартов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государство полностью или частично несет расходы на содержание детей, нуждающихся в социальной защите, в период получения ими образования. Размеры и источники социальной помощи в период получения ими образования определяются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Ескерту. 15-бапқа өзгеріс енгізілді - ҚР 2007.07.27 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 15 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Баланың еңбек бостандығына құқығы</w:t>
-[...102 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 16. Право ребенка на свободу труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на свободу труда, свободный выбор рода деятельности и профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Дети с четырнадцатилетнего возраста вправе по разрешению родителей в свободное от учебы время участвовать в общественно-полезном труде, доступном им по состоянию здоровья и развитию, не наносящем вреда физическому, нравственному и психическому состоянию ребенка, а также имеют право на получение профессии. Это право обеспечивается службой занятости населения и органами местного государственного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Порядок заключения и расторжения трудового договора и другие особенности регулирования труда работников, не достигших восемнадцатилетнего возраста, устанавливаются трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Запрещается принимать или привлекать ребенка для выполнения любой работы, которая может представлять опасность для его здоровья или служить препятствием в получении им образования либо наносить ущерб его здоровью и физическому, умственному, духовному, моральному и социальному развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 2007.05.15 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 16 с изменениями, внесенными законами РК от 15.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 253</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>; от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-1-бап. Баланың экономикалық қанаудан қорғалу құқығы</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 16-1. Право ребенка на защиту от экономической эксплуатации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок имеет право на защиту от экономической эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 16-1-баппен толықтырылды - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 16-1 в соответствии с Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>17-бап. Баланың мемлекеттiк көмекке құқығы</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 17. Право ребенка на государственную помощь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная помощь назначается каждому ребенку, имеющему право на ее получение. Размер, условия и порядок оказания государственной помощи устанавливаются законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, находятся на полном государственном обеспечении в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Государственные органы каждому ребенку, оставшемуся без попечения родителей, обеспечивают одинаковые материальные и иные условия, независимо от формы опеки или попечительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>Статья 18. Установление государственных минимальных социальных стандартов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная политика в интересах детей осуществляется на основе государственных минимальных социальных стандартов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственные минимальные социальные стандарты включают в себя установленный минимальный объем социальных услуг по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) гарантированному, общедоступному бесплатному начальному, основному среднему и общему среднему образованию и на конкурсной основе в соответствии с государственным образовательным заказом бесплатному техническому и профессиональному, послесреднему и высшему образованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бесплатному медицинскому обслуживанию детей, обеспечению их питанием в соответствии с минимальными нормами питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) гарантированному обеспечению детям по достижении ими возраста пятнадцати лет права на профессиональную ориентацию, выбор сферы деятельности, трудоустройство, охрану труда, оплату труда в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) социальному обслуживанию, социальной защите детей, в том числе обеспечению гарантированной материальной поддержки путем выплаты государственных пособий гражданам, имеющим детей, в связи с их рождением и воспитанием, а также меры по социальной адаптации и социальной реабилитации детей, находящихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) обеспечению права на жилище в соответствии с жилищным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) организации оздоровления и отдыха, в том числе детей, проживающих в экстремальных условиях, а также на территориях, неблагоприятных в экологическом отношении и признанных таковыми в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) оказанию квалифицированной юридической помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственные минимальные социальные стандарты определяются с учетом региональных различий в условиях их проживания. В соответствии с законодательством Республики Казахстан органы местного государственного управления могут устанавливать дополнительные социальные стандарты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>18-бап. Мемлекеттiк ең төменгi әлеуметтiк стандарттарды белгiлеу</w:t>
-[...289 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      4. Дети, находящиеся в соответствующей образовательной организации, специальной учебно-воспитательной организации, организации здравоохранения, социального обслуживания или ином учреждении и организации, имеют право на периодическую оценку соответствия предоставляемых им услуг государственным минимальным социальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 18-бапқа өзгеріс енгізілді - ҚР 2007.07.27 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 18 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19-бап. Баланың дем алуға және бос уақытын пайдалануға құқығы</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 19. Право ребенка на отдых и досуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на отдых и досуг, соответствующие его возрасту, здоровью и потребностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Родители или лица, их заменяющие, обеспечивают в соответствии со своими способностями и возможностями условия жизни, необходимые для содержания и всестороннего развития ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственными органами учреждаются и поддерживаются детские оздоровительные, спортивные, творческие и иные организации досуга, лагеря и санатории в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государство осуществляет мероприятия по обеспечению права детей на отдых, оздоровление и досуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Не допускаются проведение богослужений, религиозных обрядов, церемоний и (или) собраний, а также действия, направленные на распространение вероучений в детских оздоровительных, спортивных, творческих и иных организациях досуга, лагерях и санаториях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 2011.10.11 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 19 с изменением, внесенным Законом РК от 11.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 484-ІV</w:t>
+          <w:t>№ 484-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. Баланың мiндеттерi</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 20. Обязанности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок обязан соблюдать Конституцию и законодательство Республики Казахстан, уважать права, свободы, честь и достоинство других лиц, государственные символы Республики, заботиться о нетрудоспособных родителях, сохранении исторического и культурного наследия, беречь памятники истории и культуры, сохранять природу и бережно относиться к природным богатствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-тарау. БАЛА ЖӘНЕ ОТБАСЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Глава 4. Ребенок и семья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>21-бап. Баланың отбасында өмiр сүру және тәрбиелену құқығы</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 21. Право ребенка жить и воспитываться в семье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Баланың мүдделерiне қайшы келетiн жағдайларды қоспағанда, әрбiр баланың отбасында өмiр сүруге және тәрбиеленуге құқығы, өзiнiң ата-анасын және басқа да жақын туыстарын бiлуге құқығы, олардың қамқорлығы мен тәрбиесiн алуға құқығы бар.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      Каждый ребенок имеет право жить и воспитываться в семье, право знать своих родителей и других близких родственников, право на их заботу и воспитание, за исключением случаев, когда это противоречит его интересам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 21 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22-бап. Баланың отбасындағы құқықтары</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 22. Права ребенка в семье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок в семье обладает личными неимущественными и имущественными правами, установленными Конституцией Республики Казахстан, настоящим Законом и другими законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 22-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 22 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Бала тәрбиелеп отырған отбасыларына мемлекеттiк қолдау</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 23. Государственная поддержка семей, воспитывающих детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государство оказывает поддержку семьям, воспитывающим детей, путем предоставления социальной помощи в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 23-бапқа өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 23 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z88" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24-бап. Ата-анасының баланы тәрбиелеу, күтiп-бағу және асырау жөніндегi мiндетi</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 24. Обязанности родителей по воспитанию ребенка, уходу за ним и содержанию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Родители или другие законные представители обязаны создать условия жизни, необходимые для всестороннего развития ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Родители обязаны воспитывать ребенка, осуществлять уход за ним, содержать его материально, заботиться о его благосостоянии, обеспечивать жилищем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 24 с изменением, внесенным Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-бап. Баланың ата-анасымен бiрге тұру құқығы</w:t>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 25. Право ребенка на проживание с родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок имеет право на совместное проживание со своими родителями или другими законными представителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>туралы шешiмдi ерекше жағдайларда және баланы қорғау мақсатында қандай дәрежеде қажет болуына қарай сот қана қабылдайды.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      2. Запрещается разлучать ребенка с родителями или другими законными представителями против воли ребенка, родителей или законных представителей. Решение о разлучении принимается только судом в исключительных случаях и лишь в той мере, в какой это необходимо в целях защиты ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Место жительства ребенка при раздельном проживании родителей устанавливается соглашением родителей, а при его отсутствии спор между родителями разрешается судом. При этом суд учитывает личные качества и положение родителей, а также интересы и мнение ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26-бап. Баланың өзiнен бөлек тұратын ата-анасымен қарым-қатынас жасау құқығы</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 26. Право ребенка на общение с отдельно проживающими родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок имеет право на получение информации о родителе, проживающем отдельно от него, на встречи и общение с ним, за исключением случаев наличия угрозы для жизни и здоровья ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Споры, возникающие в связи с ограничением прав ребенка, предусмотренных настоящей статьей, разрешаются в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-тарау. АТА-АНАСЫНЫҢ ҚАМҚОРЛЫҒЫНСЫЗ ҚАЛҒАН БАЛАНЫҢ ҚҰҚЫҚТАРЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Глава 5. Права ребенка, оставшегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z33"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+      <w:bookmarkStart w:id="5" w:name="z54"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>27-бап. Қорғаншылық, қамқоршылық, патронат және баланы қабылдайтын отбасы</w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 27. Опека, попечительство, патронат и приемная семья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Над ребенком, оставшимся без попечения родителей, устанавливаются опека, попечительство или патронат, а также он может быть передан в приемную семью для защиты его имущественных и личных неимущественных прав в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Опека устанавливается над детьми, не достигшими возраста четырнадцати лет, а попечительство – над несовершеннолетними в возрасте от четырнадцати до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Органами опеки и попечительства являются местные исполнительные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Над ребенком, оставшимся без попечения родителей, в том числе находящимся в воспитательном, лечебном или другом учреждении, может устанавливаться патронат в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Дети-сироты, дети, оставшиеся без попечения родителей, находящиеся в воспитательном учреждении, могут быть переданы в приемную семью в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. В случае установления опеки или попечительства ребенку, имеющему братьев и сестер, создаются условия для их совместного проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Ескерту. 27-бап жаңа редакцияда - ҚР 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 27 в редакции Закона РК от 09.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="100" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2017 бастап қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>28-бап. Бала асырап алу</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 28. Усыновление (удочерение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целях создания условий для развития и воспитания в семье ребенок, оставшийся без попечения родителей, может быть передан на усыновление (удочерение) в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>28-1-бап. Бала қонақтайтын отбасы</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 28-1. Гостевая семья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дети-сироты и дети, оставшиеся без попечения родителей, находящиеся в организациях всех типов (образовательные, медицинские и другие), могут быть переданы гостевым семьям в периоды, не связанные с образовательным процессом (каникулы, выходные и праздничные дни).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 5-тарау 28-1-баппен толықтырылды - ҚР 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Глава 5 дополнена статьей 28-1 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z101" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t> № 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>29-бап. Баланы тәрбиелейтiн, емдейтiн және сол сияқты өзге де мекемелерде күтiп-бағу мен тәрбиелеу</w:t>
-[...126 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 29. Содержание и воспитание ребенка в воспитательных, лечебных и иных аналогичных учреждениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок, оставшийся без попечения родителей, при невозможности передать его на воспитание в семью подлежит устройству в воспитательное, лечебное или иное аналогичное учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Алименты, пособия и другие социальные выплаты, причитающиеся ребенку, перечисляются на его банковский счет и выплачиваются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ребенку, находящемуся в воспитательных, лечебных и иных аналогичных учреждениях для детей, оставшихся без попечения родителей, создаются условия, приближенные к семейным. Ребенок имеет право на содержание, воспитание, образование, всестороннее развитие, уважение его чести и достоинства, обеспечение своих интересов, сохранение родного языка, культуры, национальных обычаев и традиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Работники воспитательных, лечебных и иных аналогичных учреждений для детей, оставшихся без попечения родителей, совершившие антипедагогические или аморальные действия в отношении ребенка, находящегося в указанных учреждениях, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Защита прав и интересов ребенка, находящегося в воспитательных, лечебных и других учреждениях для детей, оставшихся без попечения родителей, содействие в трудоустройстве осуществляются местными исполнительными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>балаларға Қазақстан Республикасының тұрғын үй заңдарына сәйкес пайдалануға мемлекеттiк тұрғын үй қорынан тұрғын үй беріледi.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>органами. Детям-сиротам, потерявшим родителей до совершеннолетия, и детям, оставшимся без попечения родителей, предоставляются жилища из государственного жилищного фонда в пользование в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 29-бапқа өзгеріс енгізілді - ҚР 2009.07.11. </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 29 с изменениями, внесенными законами РК от 11.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 185-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 30.08.2009); от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>30-бап. Баланың құқықтарын қорғау жөніндегi функцияны жүзеге асыратын ұйымдар</w:t>
-[...176 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 30. Организации, осуществляющие функции по защите прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В организации здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет, детей с дефектами психического и физического развития от рождения до четырех лет, осуществляющие психолого-педагогическое сопровождение семей с риском отказа от ребенка, принимаются дети-сироты и дети, оставшиеся без попечения родителей, от рождения до трех (четырех) лет. Для временного содержания детей в организации здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет, детей с дефектами психического и физического развития от рождения до четырех лет, осуществляющие психолого-педагогическое сопровождение семей с риском отказа от ребенка, открывается специальное отделение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В специальные организации образования помещаются дети с девиантным поведением в возрасте от одиннадцати до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В организации образования с особым режимом содержания помещаются дети в возрасте от одиннадцати до восемнадцати лет, нуждающиеся в особых условиях воспитания, обучения и требующие специального педагогического подхода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В организации образования для детей-сирот и детей, оставшихся без попечения родителей, за исключением детской деревни семейного типа, дома юношества и центра адаптации несовершеннолетних, принимаются дети-сироты и дети, оставшиеся без попечения родителей, в возрасте от трех до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В общеобразовательную школу-интернат общего типа принимаются дети-сироты, дети, оставшиеся без попечения родителей, а также дети из малообеспеченных и многодетных семей в возрасте от шести до восемнадцати лет, не имеющие медицинских противопоказаний для содержания в организациях данного типа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В медико-социальное учреждение (организацию) принимаются дети-инвалиды, нуждающиеся в уходе, медицинском, бытовом обслуживании и социально-трудовой адаптации, в возрасте от четырех до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В детскую деревню семейного типа принимаются дети-сироты и дети, оставшиеся без попечения родителей, в возрасте до восемнадцати лет. Порядок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>күтiп-бағу шарттары Қазақстан Республикасының отбасы үлгісіндегі балалар ауылдары және жасөспірімдер үйлері туралы заңнамасында айқындалады.</w:t>
-[...190 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>приема и условия содержания детей в детских деревнях семейного типа определяются законодательством Республики Казахстан о детских деревнях семейного типа и домах юношества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В Доме юношества на основании решения администрации детской деревни, детского дома, школы-интерната для детей-сирот и детей, оставшихся без попечения родителей, социальную адаптацию могут проходить воспитанники детских деревень и выпускники детских домов, школ-интернатов для детей-сирот и детей, оставшихся без попечения родителей, в возрасте от шестнадцати до двадцати трех лет, за исключением лиц, имеющих психоневрологические заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В Доме юношества, функционирующем как самостоятельное юридическое лицо, на основании решения местных исполнительных органов социальную адаптацию могут проходить воспитанники детских деревень и выпускники детских домов, школ-интернатов для детей-сирот и детей, оставшихся без попечения родителей, в возрасте от шестнадцати до двадцати трех лет, за исключением лиц, имеющих психоневрологические заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В центры адаптации несовершеннолетних принимаются безнадзорные и беспризорные дети в возрасте от трех до восемнадцати лет для установления родителей или других законных представителей, дети, оставшиеся без попечения родителей или лиц, их заменяющих, в случае невозможности их своевременного устройства, дети, отобранные при непосредственной угрозе их жизни или здоровью органом опеки и попечительства от родителей (одного из них) или от других лиц, на попечении которых они находятся, дети, направляемые в специальные организации образования, а также дети, находящиеся в трудной жизненной ситуации вследствие жестокого обращения, приведшего к социальной дезадаптации и социальной депривации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В центры поддержки детей, находящихся в трудной жизненной ситуации, принимаются дети, находящиеся в трудной жизненной ситуации, в возрасте от трех до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В организации по оказанию помощи, созданные в соответствии с Законом Республики Казахстан "О профилактике бытового насилия", принимаются дети, находящиеся в трудной жизненной ситуации вследствие жестокого обращения, приведшего к социальной дезадаптации и социальной депривации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Условия приема и содержания детей в организациях, осуществляющих функции по защите прав ребенка, в части, не установленной настоящим Законом, определяются положением об этих организациях, утвержденным органом, уполномоченным Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. На правоотношения, связанные с приобретением товаров и услуг организациями, осуществляющими функции по защите прав ребенка, не распространяется законодательство Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Баланың құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдардың тауарлары мен көрсетілетін қызметтерін сатып алу қағидаларын Қазақстан Республикасының балалардың құқықтарын қорғау саласындағы уәкілетті органы айқындайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      Правила приобретения товаров и услуг организаций, осуществляющих функции по защите прав ребенка, определяются уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 30-бапқа өзгерістер енгізілді - ҚР 2010.12.29 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 30 с изменениями, внесенными законами РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z188" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 372-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.12.26 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 517-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 18.02.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие со дня его первого официального опубликования); от 18.02.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 175-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.12.2015</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 04.12.2015</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t> № 435-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2016); от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t> № 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z121" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-тарау. МҮГЕДЕК БАЛАНЫҢ ҚҰҚЫҚТАРЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Глава 6. Права ребенка-инвалида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31-бап. Мүгедек баланың толымды өмiрге құқықтары</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 31. Права ребенка-инвалида на полноценную жизнь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок-инвалид имеет равные со здоровыми детьми права на полноценную жизнь в условиях, обеспечивающих его достоинство, способствующих активному включению в жизнь общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ребенок-инвалид вправе получить образование, соответствующее его физическим, умственным способностям и желаниям, выбрать род деятельности и профессию, участвовать в творческой и общественной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Дети-инвалиды, включая детей с недостатками умственного или физического развития, имеют право на получение медико-социальной помощи в специализированных детских организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>32-бап. Мүгедек баланы жұмыспен қамту саласындағы мемлекеттiк кепiлдiктер</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 32. Государственные гарантии в сфере занятости ребенка-инвалида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственные органы и органы местного самоуправления обязаны создавать необходимые условия для обучения, профессиональной подготовки, подбора подходящей работы и трудоустройства ребенка-инвалида с учетом его состояния здоровья, потребностей и возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Законами Республики Казахстан могут быть установлены льготы для физических и юридических лиц, осуществляющих деятельность по обеспечению занятости детей-инвалидов, организации их профессиональной подготовки и переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>33-бап. Мүгедек балаларға мемлекеттiк көмек</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 33. Государственная помощь для детей-инвалидов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государство осуществляет комплекс медицинских, правовых, социально-экономических мер, направленных на поддержку детей-инвалидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Мүгедек балаларды тәрбиелеушi және оларды күтiп-бағуды жүзеге асырушы ата-аналардың және басқа да заңды өкілдердің мемлекеттiк көмек алуға құқығы бар.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      2. Государственная помощь, оказываемая детям-инвалидам, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Родители и другие законные представители, воспитывающие ребенка-инвалида и осуществляющие уход за ним, имеют право на получение государственной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-тарау. БАЛА ЖӘНЕ ҚОҒАМ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Глава 7. Ребенок и общество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>34-бап. Ұлттық және әлемдiк мәдениетке баулу</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 34. Приобщение к национальной и мировой культуре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государство обеспечивает детям возможность приобщения к истории, традициям и духовным ценностям народа Казахстана и достижениям мировой культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государство поощряет создание организации для развития творческих и научных способностей детей, выпуск кино- и видеофильмов, теле- и радиопередач, издание детских газет, журналов и книг, обеспечивает их доступность в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Использование средств массовой информации, литературы, зрелищных и других мероприятий, распространяющих порнографию, культ жестокости и насилия, оскорбляющих человеческое достоинство, оказывающих вредное воздействие на детей и способствующих совершению правонарушений, преследуется по закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>35-бап. Бала және дiн</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 35. Ребенок и религия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государство гарантирует невмешательство в воспитание ребенка, основанное на религиозном мировоззрении родителей или лиц, их заменяющих, соблюдение традиций и совершение за пределами организаций образования, воспитательных, лечебных и иных аналогичных учреждений религиозных обрядов с участием ребенка, за исключением случаев, когда указанные действия угрожают жизни и здоровью ребенка, нарушают его права и ограничивают ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В отношении детей, не достигших совершеннолетнего возраста, религиозные обряды совершаются с согласия родителей или лиц, их заменяющих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не допускаются принудительные меры по привлечению детей к религии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>36-бап. Баланы әлеуметтiк ортаның терiс ықпалынан қорғау</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 36. Защита ребенка от отрицательного воздействия социальной среды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственные органы, физические и юридические лица обязаны защищать ребенка от отрицательного воздействия социальной среды, информации, пропаганды и агитации, причиняющих вред его здоровью, нравственному и духовному развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Қылмыстық құқық бұзушылықтың, зорлық-зомбылықтың немесе өзге де заңсыз әрекеттің салдарынан тән немесе жан жарақатын алған балаға денсаулығын қалпына келтіру және әлеуметтiк бейiмделу үшiн қажеттi көмек көрсетiлуге тиiс.</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      2. Пропаганду здорового образа жизни и правовое просвещение детей государство признает одним из приоритетных направлений своей политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ребенку, перенесшему физическую или психологическую травму вследствие уголовного правонарушения, насилия или иного незаконного деяния, должна быть оказана необходимая помощь в восстановлении здоровья и социальной адаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Запрещается нахождение ребенка, а равно допуск его без сопровождения законных представителей в развлекательные заведения в ночное время (с 22 до 6 часов утра).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Запрещается нахождение ребенка без сопровождения законных представителей вне жилища с 23 до 6 часов утра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 36-бапқа өзгеріс енгізілді - ҚР 2009.07.10 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 36 с изменениями, внесенными законами РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 176-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, 2010.12.29 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z189" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 372-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 03.07.2014</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z163" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t> № 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>37-бап. Баланы алкогольдi өнiмдер мен темекi бұйымдарының зиянды әсерiнен қорғау</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 37. Защита ребенка от вредного воздействия алкогольной продукции и табачных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Родители, другие законные представители ребенка, государственные органы, а также организации, осуществляющие функции воспитания и образования ребенка, обязаны пропагандировать здоровый образ жизни и вред алкогольной продукции и табачных изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Запрещается продажа ребенку алкогольной продукции, табака и табачных изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Запрещается использование детского труда в производстве или реализации алкогольной продукции и табачных изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Запрещаются курение табачных изделий, продажа табачных изделий в торговых организациях, реализующих детские товары, и в учреждениях культуры, а также во время проведения мероприятий для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Запрещаются хранение и реализация алкогольной продукции в зданиях и на территориях организаций здравоохранения, образования, физкультурно-оздоровительных, спортивных и спортивно-технических сооружений, культурно-досуговых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 37-бапқа өзгеріс енгізілді - 18.06.2014</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 37 с изменениями, внесенными Законом РК от 18.06.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t> № 210-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>38-бап. Баланы есiрткi, психотроптық заттардан, сол тектестерден, күштi әсер ететiн немесе улы заттардан қорғау</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Бала есiрткi, психотроптық заттарды, сол тектестерді, күштi әсер ететiн немесе улы заттарды тұтынудан, оларды дайындаудан, сатудан немесе өзге де таратудан қорғалуға тиiс.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 38. Защита ребенка от наркотических средств, психотропных веществ, их аналогов, сильнодействующих или ядовитых веществ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок должен быть защищен от употребления наркотических средств, психотропных веществ, их аналогов, сильнодействующих или ядовитых веществ, от их изготовления, продажи или иного распространения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. За склонение ребенка к потреблению наркотических средств, психотропных веществ, их аналогов применяются меры ответственности, установленные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 38-бап жаңа редакцияда - ҚР 03.07.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 38 в редакции Закона РК от 03.07.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z275" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 227-V</w:t>
+          <w:t> № 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>39-бап. Балаларды денсаулығы мен дамуына зардабын тигізетін ақпараттан қорғау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 39. Защита детей от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 39 в редакции Закона РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
-[...61 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Запрещается осуществлять для детей показ, продажу, дарение, размножение, прокат и распространение игрушек и информационной продукции, направленных на разжигание расовой, национальной, социальной и религиозной вражды, пропагандирующих сословную исключительность, войну, терроризм, содержащих призывы к насильственному изменению конституционного строя и нарушению территориальной целостности Республики Казахстан, порнографию, причиняющих вред здоровью и развитию детей, а также иным образом наносящих ущерб духовному и нравственному развитию ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. За совершение деяний, указанных в пункте 1 настоящей статьи, применяются меры ответственности, установленные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 39-бапқа өзгерістер енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 39 с изменениями, внесенными законами РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>40-бап. Баланы жезөкшелiктен қорғау</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 40. Защита ребенка от проституции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вовлечение ребенка в занятие проституцией влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 40-бап жаңа редакцияда - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 40 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>40-1-бап. Баланы денсаулығы мен дамуына зардабын тигізетін өнімдер айналымына тарту жөніндегі әрекеттерден қорғау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 40-1. Защита ребенка от действий по вовлечению в оборот продукции, причиняющей вред его здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 40-1 в редакции Закона РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
-[...36 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вовлечение ребенка в изготовление, рекламирование, публичную демонстрацию или распространение, а равно продажа ребенку печатных изданий, кино- или видеоматериалов, изображений, иных предметов либо материалов порнографического характера и (или) эротического содержания, причиняющих вред здоровью и развитию ребенка, влекут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 40-1-баппен толықтырылды - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 40-1 в соответствии с Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 02.07.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>41-бап. Баланы соғыс қимылдарына қатыстыруға тыйым салу</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 41. Запрещение участия детей в военных действиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Запрещаются привлечение ребенка к участию в военных действиях, вооруженных конфликтах, создание детских военизированных формирований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>41-1-бап. Баланы заңсыз алып кетуден қорғау</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 41-1. Защита ребенка от незаконного перемещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Республика Казахстан принимает меры по предупреждению и пресечению незаконного перемещения, похищения детей, торговли ими независимо от целей, форм и методов исполнения, а также возвращению их в страну постоянного проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 41-1-баппен толықтырылды - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 41-1 в соответствии с Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z96" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-тарау. БАЛАНЫҢ ҚҰҚЫҚТАРЫН ЖӘНЕ ЗАҢМЕН ҚОРҒАЛАТЫН МYДДЕЛЕРIН ҚОРҒАУ</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Глава 8. Защита прав и охраняемых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:br/>
+        <w:t>законом интересов ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>42-бап. Баланы заңсыз алып кетуден қорғау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 42. Защита ребенка от незаконного перемещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 42 исключена Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
-[...11 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>43-бап. Баланың заңды өкілдерi</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 43. Законные представители ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Қазақстан Республикасының заңдарында кәмелетке толмағандардың дербес азаматтық, неке-отбасылық, еңбек және өзге де құқықтық қатынастарға түсу және өз құқықтары мен мүдделерiн қорғау құқығы көзделген жағдайларды қоспағанда, он төрттен он сегiз жасқа дейiнгi кәмелетке толмағандардың құқықтарын және заңмен қорғалатын мүдделерiн олардың заңды өкілдерi қорғайды.</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      1. Законные представители ребенка осуществляют представительство детей и защиту их прав и охраняемых законом интересов в отношениях с любыми лицами во всех государственных органах и организациях, в том числе в судах, без специального полномочия на основании свидетельства о рождении (или усыновлении) ребенка, паспорта родителей, удостоверения личности опекуна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Права и охраняемые законом интересы несовершеннолетних в возрасте от четырнадцати до восемнадцати лет защищаются их законными представителями, за исключением случаев, когда законодательством Республики Казахстан предусмотрено право несовершеннолетнего самостоятельно вступать в гражданские, брачно-семейные, трудовые и иные правоотношения и защищать свои права и интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Представительство и защита интересов детей, находящихся в воспитательных, лечебных организациях, организациях социальной защиты населения или других организациях, осуществляются этими организациями в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Представительство и защита прав и охраняемых законом интересов ребенка, оставшегося без попечения родителей, временно, до устройства ребенка в семью или организацию, осуществляющую функции по защите прав детей, возлагаются на орган опеки и попечительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>44-бап. Мемлекеттiк органдар және баланың құқықтарын қорғау</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 44. Государственные органы и защита прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Защита прав и охраняемых законом интересов детей осуществляется государственными органами в соответствии с их полномочиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>45-бап. Осы Заңды орындау кезiнде дауларды шешу тәртiбi</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 45. Порядок разрешения споров при исполнении настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 45 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
-[...36 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Родители (лица, их заменяющие), а также лица, осуществляющие деятельность по образованию, воспитанию, развитию, охране здоровья, социальной защите и социальному обслуживанию ребенка, содействию его социальной адаптации, социальной реабилитации и (или) иную деятельность с его участием, вправе обратиться в установленном законом Республики Казахстан порядке в суд с иском о возмещении ребенку вреда, причиненного его здоровью, имуществу, а также морального вреда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 2010.11.23 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 45 с изменениями, внесенными Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>46-бап. Қазақстан Республикасындағы балалардың жағдайы туралы мемлекеттiк баяндама</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 46. Государственный доклад о положении детей в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ежегодный государственный доклад о положении детей в Республике Казахстан представляется уполномоченным органом в области защиты прав детей Президенту Республики Казахстан и публикуется в официальных печатных изданиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 46 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z104" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-бап. Босқын және амалсыз қоныс аударушы балалардың құқықтарын қорғау</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47. Защита прав детей-беженцев и вынужденных переселенцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дети-беженцы и вынужденные переселенцы имеют право на защиту своих интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Органы опеки и попечительства по месту нахождения ребенка, территориальные подразделения уполномоченного органа, осуществляющего руководство в сфере регулирования отношений по вопросам беженцев, содействуют в получении сведений о наличии и месте проживания родителей либо иных законных представителей, при необходимости определяют ребенка в лечебно-профилактические или иные организации, осуществляющие функции по защите прав ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 47-бапқа өзгеріс енгізілді - ҚР 13.06.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 47 с изменением, внесенным Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z327" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-1-бап. Ұлттық алдын алу тетігі</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-1. Национальный превентивный механизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Национальный превентивный механизм действует в виде системы предупреждения пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания, функционирующей посредством деятельности участников национального превентивного механизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В рамках своей деятельности участники национального превентивного механизма посещают организации, осуществляющие функции по защите прав ребенка, и иные организации, определяемые законами Республики Казахстан для посещения данными участниками (далее – превентивные посещения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Участниками национального превентивного механизма являются Уполномоченный по правам человека, а также отбираемые Координационным советом члены общественных наблюдательных комиссий и общественных объединений, осуществляющих деятельность по защите прав, законных интересов граждан, юристы, социальные работники, врачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Уполномоченный по правам человека координирует деятельность участников национального превентивного механизма, принимает в соответствии с законодательством Республики Казахстан меры для обеспечения необходимого потенциала и профессиональных знаний участников национального превентивного механизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Возмещение расходов участников национального превентивного механизма по превентивным посещениям осуществляется из бюджетных средств в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-1-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-1 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР </w:t>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-2-бап. Үйлестіру кеңесі</w:t>
-[...227 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-2. Координационный совет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В целях обеспечения эффективной координации деятельности национального превентивного механизма при Уполномоченном по правам человека создается Координационный совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Члены Координационного совета, за исключением Уполномоченного по правам человека, избираются комиссией, создаваемой Уполномоченным по правам человека, из числа граждан Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный по правам человека утверждает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      положение о Координационном совете при Уполномоченном по правам человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок отбора участников национального превентивного механизма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок формирования групп из участников национального превентивного механизма для превентивных посещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      методические рекомендации по превентивным посещениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок подготовки ежегодного консолидированного доклада по итогам превентивных посещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Координационный совет взаимодействует с Подкомитетом по предупреждению пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания Комитета Организации Объединенных Наций против пыток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-2-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-2 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-3-бап. Ұлттық алдын алу тетігінің қатысушыларына қойылатын талаптар</w:t>
-[...178 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-3. Требования к участникам национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Участниками национального превентивного механизма не могут быть лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) имеющие не погашенную или не снятую в установленном законом порядке судимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) подозреваемые или обвиняемые в совершении уголовных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) признанные судом недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) судьи, адвокаты, государственные служащие и военнослужащие, а также работники правоохранительных и специальных государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) состоящие на учете у психиатра и (или) нарколога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Участниками национального превентивного механизма также не могут быть лица, освобожденные от уголовной ответственности по нереабилитирующим основаниям за совершение умышленного преступления; уволенные с государственной или воинской службы, из правоохранительных и специальных государственных органов, судов или исключенные из коллегии адвокатов по отрицательным мотивам; лишенные лицензии на занятие адвокатской деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-3-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-3 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z136" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-4-бап. Ұлттық алдын алу тетiгi қатысушысының құқықтары</w:t>
-[...165 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 47-4. Права участника национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Участник национального превентивного механизма вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) получать информацию о количестве лиц, содержащихся в организациях, подлежащих превентивному посещению, количестве таких организаций и их месте нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) иметь доступ к информации, касающейся обращения с лицами, содержащимися в организациях, подлежащих превентивному посещению, а также условий их содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) азаптаудың және басқа да қатыгез, адамгершiлiкке жатпайтын немесе ар-намысты қорлайтын iс-әрекеттер мен жазалау түрлерінің қолданылғаны туралы хабарламалар мен шағымдарды қабылдауға құқылы.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      3) осуществлять превентивные посещения в установленном порядке в составе сформированных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) проводить беседы с лицами, содержащимися в организациях, подлежащих превентивным посещениям, и (или) их законными представителями без свидетелей, лично или при необходимости через переводчика, а также с любым другим лицом, которое по мнению участника национального превентивного механизма может предоставить соответствующую информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) беспрепятственно выбирать и посещать организации, подлежащие превентивному посещению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) принимать сообщения и жалобы о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Участник национального превентивного механизма является независимым при осуществлении законной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-4-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-4 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-5-бап. Ұлттық алдын алу тетігі қатысушыларының міндеттері</w:t>
-[...177 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-5. Обязанности участников национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. При исполнении своих полномочий участники национального превентивного механизма обязаны соблюдать законодательство Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Не допускается вмешательство участников национального превентивного механизма в деятельность организаций, подлежащих превентивному посещению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. При наличии обстоятельств, вызывающих сомнение в беспристрастности участника национального превентивного механизма, входящего в группу по превентивному посещению, он обязан отказаться от участия в превентивном посещении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Участники национального превентивного механизма обязаны регистрировать принимаемые сообщения и жалобы о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания в порядке, определяемом Уполномоченным по правам человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Принятые сообщения и жалобы передаются на рассмотрение Уполномоченному по правам человека в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Информация о принятых и переданных сообщениях и жалобах включается в отчет по результатам превентивных посещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Участники национального превентивного механизма, нарушившие положения настоящего Закона, несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-5-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-5 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-6-бап. Ұлттық алдын алу тетiгi қатысушысының өкілеттіктерін тоқтату</w:t>
-[...203 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-6. Прекращение полномочий участника национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Полномочия участника национального превентивного механизма прекращаются при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) нарушении положений настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) письменном заявлении о сложении своих полномочий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) его смерти либо вступлении в законную силу решения суда об объявлении его умершим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) выезде на постоянное жительство за пределы Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) утрате гражданства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) вступлении в законную силу обвинительного приговора суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) наступлении иных случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-6-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-6 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-7-бап. Алдын ала болудың түрлері мен кезеңділігі</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-7. Виды и периодичность превентивных посещений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Превентивные посещения участников национального превентивного механизма подразделяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) периодические превентивные посещения, проводимые на регулярной основе не реже одного раза в четыре года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) промежуточные превентивные посещения, проводимые в период между периодическими превентивными посещениями с целью мониторинга реализации рекомендаций по результатам предыдущего периодического превентивного посещения, а также предупреждения преследования лиц, с которыми участники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>национального превентивного механизма проводили беседы, со стороны администраций организаций, подлежащих превентивному посещению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) специальные превентивные посещения, проводимые на основании поступивших сообщений о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Координационный совет определяет сроки и перечень организаций, подлежащих превентивным посещениям, в пределах выделенных бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-7-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-7 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-8-бап. Алдын ала болу тәртібі</w:t>
-[...103 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-8. Порядок превентивных посещений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Превентивные посещения проводятся группами, формируемыми Координационным советом из участников национального превентивного механизма, в соответствии с правилами, утверждаемыми Правительством Республики Казахстан по согласованию с Уполномоченным по правам человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При формировании групп для превентивных посещений никто из участников национального превентивного механизма не может подвергаться какой-либо дискриминации по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Обеспечение безопасности участников национального превентивного механизма возлагается на администрацию организаций, подлежащих превентивному посещению. В случае неправомерных действий участников национального превентивного механизма руководитель администрации организаций, подлежащих превентивному посещению, письменно информирует Уполномоченного по правам человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. По результатам каждого превентивного посещения от имени группы составляется письменный отчет по форме, утвержденной Координационным советом, который подписывается всеми членами группы, осуществившей превентивное посещение. Член группы, имеющий особое мнение, оформляет его письменно и прилагает к отчету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-8-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-8 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-9-бап. Ұлттық алдын алу тетiгi қатысушыларының жыл сайынғы жинақталған баяндамасы</w:t>
-[...140 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 47-9. Ежегодный консолидированный доклад участников национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Ұлттық алдын алу тетiгi қатысушыларының жыл сайынғы жинақталған баяндамасы қарау үшін уәкілетті мемлекеттік органдарға жіберіледі және оны Үйлестіру кеңесі бекіткен күннен бастап бір айдан кешіктірілмейтін мерзімде Адам құқықтары жөніндегі уәкілдің интернет-ресурсында орналастырылады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      1. Координационный совет готовит ежегодный консолидированный доклад участников национального превентивного механизма с учетом их отчетов по результатам превентивных посещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В ежегодный консолидированный доклад участников национального превентивного механизма также включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      рекомендации уполномоченным государственным органам по улучшению условий обращения с лицами, содержащимися в организациях, подлежащих превентивному посещению, и предупреждению пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предложения по совершенствованию законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К ежегодному консолидированному докладу участников национального превентивного механизма прилагается финансовый отчет по превентивным посещениям за прошедший год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ежегодный консолидированный доклад участников национального превентивного механизма направляется для рассмотрения уполномоченным государственным органам и размещается на интернет-ресурсе Уполномоченного по правам человека в срок не позднее одного месяца со дня его утверждения Координационным советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-9-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-9 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-10-бап. Құпиялылық</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 47-10. Конфиденциальность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Участники национального превентивного механизма не вправе разглашать сведения о частной жизни лица, ставшие известными им в ходе превентивных посещений, без согласия данного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Разглашение участниками национального превентивного механизма сведений о частной жизни лица, ставших известными им в ходе превентивных посещений, без согласия данного лица влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-10-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-10 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-11-бап. Уәкілетті мемлекеттік органдардың ұлттық алдын алу тетігінің қатысушыларымен өзара іс-қимылы</w:t>
-[...126 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 47-11. Взаимодействие уполномоченных государственных органов с участниками национального превентивного механизма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Республикасының заңнамасында белгіленген тәртіппен уәкілетті мемлекеттік органдарға немесе лауазымды адамдарға адамның және азаматтың құқықтары мен бостандықтарын бұзған лауазымды адамға қатысты тәртіптік немесе әкімшілік іс жүргізуді не қылмыстық істі қозғау туралы өтінішхат беруге құқығы бар.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>      1. Государственные органы и их должностные лица оказывают содействие участникам национального превентивного механизма в осуществлении ими законной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ни один государственный орган или должностное лицо не вправе ограничивать права и свободы граждан за сообщение участникам национального превентивного механизма о фактах применения пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Должностные лица, воспрепятствующие законной деятельности участников национального превентивного механизма, несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченные государственные органы в течение трех месяцев со дня получения ежегодного консолидированного доклада участников национального превентивного механизма в письменной форме информируют Уполномоченного по правам человека о мерах, принятых по результатам рассмотрения полученных докладов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. На основании отчетов участников национального превентивного механизма по результатам превентивных посещений Уполномоченный по правам человека в установленном законодательством Республики Казахстан порядке имеет право обращаться к уполномоченным государственным органам или должностным лицам с ходатайством о возбуждении дисциплинарного или административного производства либо уголовного дела в отношении должностного лица, нарушившего права и свободы человека и гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Заң 47-11-баппен толықтырылды - ҚР 02.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Закон дополнен статьей 47-11 в соответствии с Законом РК от 02.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 111-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-тарау. БАЛА ЖАУАПКЕРШIЛIГIНIҢ ЖӘНЕ ОНЫҢ МIНЕЗ-ҚҰЛҚЫНА ӘСЕР ЕТУДЕН ЕРЕКШЕЛIКТЕРI</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Глава 9. Особенности ответственности ребенка и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:br/>
+        <w:t>воздействия на его поведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>48-бап. Бала жауапкершiлігінің ерекшелiктерi</w:t>
-[...56 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 48. Особенности ответственности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок, совершивший противоправное деяние, несет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При назначении вида наказания государственные органы и должностные лица должны учитывать условия жизни и воспитания ребенка, уровень психического развития, иные особенности личности, а также влияние на него старших по возрасту лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>49-бап. Баланың мiнез-құлқына әсер етудің ерекшелiктерi</w:t>
-[...31 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 49. Особенности воздействия на поведение ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      При осуществлении родительских прав родители и другие законные представители не вправе причинять вред физическому и психическому здоровью ребенка, его нравственному развитию. Способы воспитания ребенка должны исключать пренебрежительное, жестокое, грубое, унижающее человеческое достоинство обращение, оскорбление или эксплуатацию ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Глава 10. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>50-бап. Қазақстан Республикасының бала құқықтары туралы заңдарын бұзғаны үшiн жауапкершілік</w:t>
-[...128 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 50. Ответственность за нарушение законодательства Республики Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица, виновные в нарушении законодательства Республики Казахстан о правах ребенка, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уклонение от выполнения, а также ненадлежащее исполнение обязанностей родителями (лицами, их заменяющими) по воспитанию и содержанию детей, отказ родителей от ребенка в родильном доме (отделении) или детском лечебном учреждении, оставление детей без надзора, жестокое обращение с детьми, их эксплуатация влекут лишение родительских прав или их ограничение у лиц, их заменяющих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      С момента отобрания ребенка выплата пособия, а также иные выплаты на ребенка прекращаются по решению суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В случае использования родителями (лицами, их заменяющими) пособий и иных выплат на детей не по назначению, если это существенно ущемляет интересы ребенка, органы социальной защиты, органы опеки и попечительства, комиссии по защите прав несовершеннолетних или прокурор в интересах ребенка предъявляют иск о возмещении ему необоснованно израсходованных средств. Взысканные судом средства перечисляются на банковский счет ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Родители, лишенные родительских прав, не освобождаются от обязанности по уплате алиментов на детей, в отношении которых они лишены родительских прав.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 50-бапқа өзгеріс енгізілді - ҚР 2009.07.11. </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 50 с изменениями, внесенными законами РК от 11.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z152" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 185-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие с 30.08.2009); от 23.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 354-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>51-бап. Уәкiлеттi органның Қазақстан Республикасының бала құқықтары туралы заңдарының сақталуын iске асыруды үйлестiруi</w:t>
-[...202 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>Статья 51. Координация уполномоченным органом реализации соблюдения законодательства Республики Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области защиты прав детей определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Уполномоченный орган в области защиты прав детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) координирует и направляет деятельность других заинтересованных уполномоченных органов в области защиты прав ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) реализует государственную политику в области защиты прав ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-2) осуществляет координацию и методическое руководство местных исполнительных органов в области защиты прав ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 51-бапқа өзгерістер енгізілді - ҚР 13.06.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      2) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z293" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивает ежегодный пересмотр в сторону улучшения минимальных социальных стандартов, норм и нормативов показателей жизни детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) координирует деятельность уполномоченных органов в области защиты прав детей в деле международного сотрудничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 51 с изменениями, внесенными законами РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z328" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z293" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>52-бап. Баланың құқықтарын қорғау саласындағы мемлекеттік бақылау</w:t>
-[...201 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t>Статья 52. Государственный контроль в области защиты прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственный контроль в области защиты прав ребенка направлен на обеспечение прав и законных интересов ребенка и осуществляется уполномоченными государственными органами и местными исполнительными органами в пределах компетенции, определенной законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Объектом государственного контроля в области защиты прав ребенка является деятельность физических и юридических лиц, направленная на реализацию прав ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственный контроль в области защиты прав ребенка осуществляется в форме проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Субъектами контроля являются органы управления образования местных исполнительных органов, организации образования, здравоохранения и социальной защиты населения для детей-сирот и детей, оставшихся без </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>бұзушылықтар анықталған жағдайда, уәкілетті орган бақылау субъектісіне бұзушылықтар анықталған күннен бастап бес жұмыс күнінен кешіктірілмейтін мерзімде ұсыным жібереді.</w:t>
-[...227 lines deleted...]
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+        <w:t>попечения родителей, специальные организации образования и организации образования с особым режимом содержания, организации образования по обеспечению прав детей на образование, организацию питания, подвоза, отдыха, оздоровления и досуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных уполномоченными государственными органами по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем взаимного сопоставления данных в республиканском банке данных детей-сирот и детей, оставшихся без попечения родителей, и лиц, желающих принять в семью, единой информационной системе образования, сведений от уполномоченных организаций и государственных органов посредством запроса и сведений, полученных из различных источников информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом субъекту контроля направляется рекомендация в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) нарочно – с даты отметки в рекомендации о получении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) электронным способом – с даты отправки уполномоченными государственными органами на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный государственный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      12. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Профилактический контроль без посещения субъекта (объекта) контроля проводится не чаще одного раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 52-бап жаңа редакцияда - ҚР 24.05.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t>      Сноска. Статья 52 в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z1986" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 156-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 02.07.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z68" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 170-VI</w:t>
+          <w:t>№ 170-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 01.04.2019 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 01.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00E33B12">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72901">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72901">
+      <w:r w:rsidRPr="00E33B12">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>53-бап. Баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын мемлекеттiк органдар мен ұйымдардың қызметiн үйлестiру</w:t>
-[...25 lines deleted...]
-        <w:t>      Баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын мемлекеттік органдар мен ұйымдардың қызметiн үйлестiрудi Қазақстан Республикасының Yкiметi жүзеге асырады.</w:t>
+        <w:t>Статья 53. Координация деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Координацию деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка, осуществляет Правительство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidTr="00F72901">
+      <w:tr w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidTr="00E33B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+          <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F72901">
+            <w:r w:rsidRPr="00E33B12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidTr="00F72901">
+      <w:tr w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidTr="00E33B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F72901" w:rsidRPr="00F72901" w:rsidRDefault="00F72901" w:rsidP="00F72901">
+          <w:p w:rsidR="00E33B12" w:rsidRPr="00E33B12" w:rsidRDefault="00E33B12" w:rsidP="00E33B12">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F72901">
+            <w:r w:rsidRPr="00E33B12">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Президенті</w:t>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A632C" w:rsidRDefault="005A632C">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="005A632C">
+    <w:p w:rsidR="001D1A5E" w:rsidRDefault="001D1A5E">
+      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:sectPr w:rsidR="001D1A5E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -15082,53 +15297,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="2E176734"/>
+    <w:nsid w:val="1E5E2677"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2324903E"/>
+    <w:tmpl w:val="C4125B20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15231,53 +15446,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="573C545A"/>
+    <w:nsid w:val="38683C8F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="989295DE"/>
+    <w:tmpl w:val="03C05CCA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15380,74 +15595,74 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BD6D31"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F72901"/>
+    <w:rsidRoot w:val="00EE2544"/>
+    <w:rsid w:val="001D1A5E"/>
+    <w:rsid w:val="00E33B12"/>
+    <w:rsid w:val="00EE2544"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15597,202 +15812,202 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E33B12"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00F72901"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -15919,309 +16134,308 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E33B12"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00F72901"/>
+    <w:rsid w:val="00E33B12"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="note1">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1333222476">
+    <w:div w:id="1539703318">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1138719448">
+        <w:div w:id="795950782">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597638485">
+        <w:div w:id="785731381">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1904296676">
+            <w:div w:id="653292166">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="165173328">
+            <w:div w:id="656887144">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="32731493">
+        <w:div w:id="2025398777">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="162746197">
+            <w:div w:id="1001855191">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/z020345_.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000403" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000484" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000435" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000176_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/z020345_.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000236" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000517" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000210" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000253_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000484" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/z020345.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000176_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000435" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000210" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/z020345.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000236" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000484" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000253_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000517" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000403" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000240" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000176_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16469,55 +16683,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>76836</Characters>
+  <Pages>39</Pages>
+  <Words>13730</Words>
+  <Characters>78267</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>640</Lines>
-  <Paragraphs>180</Paragraphs>
+  <Lines>652</Lines>
+  <Paragraphs>183</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>90135</CharactersWithSpaces>
+  <CharactersWithSpaces>91814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>