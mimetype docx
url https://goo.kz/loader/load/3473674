--- v0 (2025-12-19)
+++ v1 (2026-01-16)
@@ -1,6612 +1,6704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О языках в Республике Казахстан</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>Қазақстан Республикасындағы тiл туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Закон Республики Казахстан от 11 июля 1997 года N 151.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>Қазақстан Республикасының 1997 жылғы 11 шiлдедегі N 151 Заңы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Текст</w:t>
+          <w:t>Мәтін</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Официальная публикация</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>Ресми жарияланым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Информация</w:t>
+          <w:t>Ақпарат</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>История изменений</w:t>
+          <w:t>Өзгерістер тарихы</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ссылки</w:t>
+          <w:t>Сілтемелер</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Скачать</w:t>
+          <w:t>Көшіру</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Прочее</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>Басқа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:before="15" w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="450"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Вложения:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>Жинақталған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ОГЛАВЛЕНИЕ</w:t>
+          <w:t>Қазақстан Республикасындағы тiл туралы</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="0060751E">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ОГЛАВЛЕНИЕ</w:t>
+          <w:t>Қазақстан Республикасындағы тiл туралы</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 13</w:t>
+          <w:t>МАЗМҰНЫ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...354 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. Мәтiнде "тарау" деген сөздiң алдындағы "I - VI" деген цифрлар тиiсiнше "1 - 6" деген цифрлармен ауыстырылды - Қазақстан Республикасының 2004.12.20. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2005 жылғы 1 қаңтардан бастап күшіне енеді) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заң Қазақстан Республикасында тiлдердiң қолданылуының құқықтық негiздерiн, мемлекеттiң оларды оқып-үйрену мен дамыту үшiн жағдай жасау жөнiндегi мiндеттерiн белгiлейдi, Қазақстан Республикасында қолданылатын барлық тiлге бiрдей құрметпен қарауды қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1 тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z3"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) диаспора – өзiнiң тарихи шығу тегiнен тысқары елде тұрып жатқан халықтың бiр бөлiгi (этностық қауымдастық);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ономастика – тiл бiлiмiнiң жалқы есiмдердi, олардың пайда болуы мен өзгеруiнiң тарихын зерттейтiн бөлiмi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ономастика комиссиясы – Қазақстан Республикасының аумағындағы әкiмшiлiк-аумақтық бiрлiктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру, сондай-ақ Қазақстан Республикасының тарихи-мәдени мұрасының құрамдас бөлiгi ретiнде тарихи атауларды қалпына келтiру және сақтау бойынша бiрыңғай көзқарасты қалыптастыру жөнiндегi ұсыныстарды әзiрлейтiн консультациялық-кеңесшi орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) орфография – дұрыс жазу ережесi, сөйленген сөздi (сөздер мен грамматикалық тұлғаларды) жазбаша беру тәсiлдерiнiң бiрiздiлiгiн белгiлейтiн қағидалар жүйесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) Республикалық терминология комиссиясы – экономиканың, ғылымның, техниканың және мәдениеттiң барлық салалары бойынша қазақ тiлiнiң терминологиялық лексикасы саласындағы ұсыныстарды әзiрлейтiн консультациялық-кеңесшi орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) топонимика – ономастиканың географиялық объектiлердiң атауларын, олардың пайда болуының, өзгеруінің және қолданылуының заңдылықтарын зерттейтiн бөлiмi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) транслитерация – бiр графикалық жүйедегi мәтiндер мен жекелеген сөздердi басқа графикалық жүйенiң құралдарымен әрiппе-әріп арқылы беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) уәкілетті орган – тілдерді дамыту саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="006670BC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z4"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 2. Предмет регулирования настоящего Закона</w:t>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:t>2-бап. Осы Заңның реттейтiн мәселесi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк, мемлекеттiк емес ұйымдар мен жергiлiктi өзiн-өзi басқару органдарының қызметiнде тiлдердi қолдануға байланысты туындайтын қоғамдық қатынастар осы Заң реттейтiн мәселе болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заң жеке адамдар арасындағы қатынастарда және дiни бiрлестiктерде тiлдердiң қолданылуын реттемейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 3. Законодательство о языках в Республике Казахстан</w:t>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:t>3-бап. Қазақстан Республикасындағы тiл туралы заңдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасындағы тiл туралы заңдар Қазақстан Республикасының Конституциясына негiзделедi, осы Заңнан, тiлдердi қолдануға және дамытуға қатысты Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тiл туралы заңдар Қазақстан Республикасының азаматтарына, Қазақстан Республикасында тұрақты тұратын шетелдiктерге және азаматтығы жоқ адамдарға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z8"/>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 4. Государственный язык Республики Казахстан</w:t>
-[...115 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+        <w:t>4-бап. Қазақстан Республикасының мемлекеттiк тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының мемлекеттiк тiлi - қазақ тiлi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк тiл - мемлекеттiң бүкiл аумағында қоғамдық қатынастардың барлық саласында қолданылатын мемлекеттiк басқару, заң шығару, сот iсiн жүргiзу және iс қағаздарын жүргiзу тiлi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан халқын топтастырудың аса маңызды факторы болып табылатын мемлекеттiк тiлдi меңгеру - Қазақстан Республикасының әрбiр азаматының парызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Үкiмет, өзге де мемлекеттiк, жергiлiктi өкiлдi және атқарушы органдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      всемерно развивать государственный язык в Республике Казахстан, укреплять его международный авторитет;</w:t>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:t>      Қазақстан Республикасында мемлекеттiк тiлдi барынша дамытуға, оның халықаралық беделiн нығайтуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының барша азаматтарының мемлекеттiк тiлдi еркiн және тегiн меңгеруiне қажеттi барлық ұйымдастырушылық, материалдық-техникалық жағдайларды жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      қазақ диаспорасына ана тiлiн сақтауы және дамытуы үшiн көмек көрсетуге мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z10"/>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 5. Употребление русского языка</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>5-бап. Орыс тiлiн қолдану</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк ұйымдарда және жергiлiктi өзiн-өзi басқару органдарында орыс тiлi ресми түрде қазақ тiлiмен тең қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z12"/>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 6. Забота государства о языках</w:t>
-[...78 lines deleted...]
-      <w:pPr>
+        <w:t>6-бап. Мемлекеттiң тiл жөнiндегi қамқорлығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының азаматының ана тiлiн қолдануына, қарым-қатынас, тәрбие, оқу және шығармашылық тiлiн еркiн таңдауына құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекет Қазақстан халқының тiлдерiн оқып-үйрену мен дамыту үшiн жағдай туғызу жөнiнде қамқорлық жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ұлттық топтар жинақты тұратын жерлерде iс-шаралар өткiзiлген кезде олардың тiлдерi пайдаланылуы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z14"/>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 7. Недопустимость препятствования функционированию языков</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>7-бап. Тiлдердiң қолданылуына кедергi келтiруге жол бермеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында тiлдiк белгiсi бойынша азаматтардың құқықтарын кемсiтуге жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстанда мемлекеттiк тiлдiң және басқа да тiлдердiң қолданылуына және оларды үйренуге кедергi келтiретiн лауазымды адамдардың iс-әрекеттерi Қазақстан Республикасының заңдарына сәйкес жауаптылыққа әкеп соқтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 тарау. Тiл - мемлекеттiк және мемлекеттiк емес ұйымдар мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жергiлiктi өзiн-өзi басқару органдарында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-бап. Тiлдердiң қолданылуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк тiл Қазақстан Республикасы мемлекеттiк органдарының, ұйымдарының және жергiлiктi өзiн-өзi басқару органдарының жұмыс және iс қағаздарын жүргiзу тiлi болып табылады, орыс тiлi ресми түрде қазақ тiлiмен тең қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк емес ұйымдардың жұмысында мемлекеттiк тiл және қажет болған жағдайда басқа тiлдер қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-бап. Мемлекеттiк органдар актiлерiнiң тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Мемлекеттiк органдардың актiлерi мемлекеттiк тiлде әзiрленiп, қабылданады, қажет болған жағдайда, мүмкiндiгiнше, басқа тiлдерге аударылуы қамтамасыз етiле отырып, оларды әзiрлеу орыс тiлiнде жүргiзiлуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-бап. Құжаттама жүргiзу тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының мемлекеттiк органдары жүйесiнде, ұйымдарында, меншiк нысанына қарамастан, статистикалық-есеп, қаржы және техникалық құжаттама жүргiзу мемлекеттiк тiлде және орыс тiлiнде қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 10-бапқа өзгерту енгізілді - ҚР 2006.06.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
-[...282 lines deleted...]
-            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="799" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 422-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z23"/>
+      <w:bookmarkStart w:id="10" w:name="z14"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 11. Язык ответов на обращения граждан</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>11-бап. Азаматтардың өтiнiштерiне қайтарылатын жауап тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк және мемлекеттiк емес ұйымдардың азаматтардың өтiнiштерi мен басқа да құжаттарға қайтаратын жауаптары мемлекеттiк тiлде немесе өтiнiш жасалған тiлде берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z25"/>
+      <w:bookmarkStart w:id="11" w:name="z15"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 12. Язык в Вооруженных Силах и правоохранительных органах</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>12-бап. Қарулы Күштер мен құқық қорғану органдарындағы тiл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Қарулы Күштерiнде, сондай-ақ әскери және әскерилендiрiлген құрамалардың барлық түрiнде, мемлекеттiк бақылау мен қадағалау, азаматтарды құқықтық қорғау ұйымдарында және құқық қорғау органдарында мемлекеттiк тiлдiң және орыс тiлiнiң қолданылуы қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z27"/>
+      <w:bookmarkStart w:id="12" w:name="z16"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 13. Язык судопроизводства</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>13-бап. Сот iсiн жүргiзу тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында сот iсi мемлекеттiк тiлде жүргiзiледi, ал, қажет болған жағдайда, сот iсiн жүргiзуде орыс тiлi немесе басқа тiлдер мемлекеттiк тiлмен тең қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z29"/>
+      <w:bookmarkStart w:id="13" w:name="z17"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 14. Язык производства по делам об административных правонарушениях</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>14-бап. Әкiмшiлiк құқық бұзушылық туралы iстердi жүргiзу тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әкiмшiлiк құқық бұзушылық туралы iстер мемлекеттiк тiлде, ал қажет болған жағдайда, басқа да тiлдерде жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z31"/>
+      <w:bookmarkStart w:id="14" w:name="z18"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 15. Язык сделок</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>15-бап. Мәмiлелер тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында жеке және заңды тұлғалардың жазбаша нысанда жасалатын барлық мәмiлелерi қажет болған жағдайда басқа тiлдердегi аудармасы қоса берiлiп, мемлекеттiк тiлде және орыс тiлiнде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шетелдiк жеке және заңды тұлғалармен жазбаша нысанда жасалатын мәмiлелер мемлекеттiк тiлде және тараптар үшiн қолайлы тiлде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 15-бапқа өзгерту енгізілді - ҚР 2006.06.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="800" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 422-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+        <w:t>3 тарау. Тiл - бiлiм беру, ғылым, мәдениет және бұқаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>И СРЕДСТВАХ МАССОВОЙ ИНФОРМАЦИИ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>ақпарат құралдары саласында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>16-бап. Тiл - бiлiм беру саласында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында мемлекеттiк тiлде, ал ұлт топтары жинақы тұратын жерлерде солардың тiлдерiнде жұмыс iстейтiн мектепке дейiнгi балалар ұйымдарын құру қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалар үйлерiнде және оларға теңестiрiлген ұйымдарда оқыту, тәрбие беру тiлiн жергiлiктi атқарушы органдар олардағы балалардың ұлттық құрамын ескере отырып белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасы бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі бiлiмдi мемлекеттiк тiлде, орыс тiлiнде, ал қажетiне қарай және мүмкiндiгi болған жағдайда басқа да тiлдерде алуды қамтамасыз етедi. Білім беру ұйымдарында мемлекеттiк тiл мен орыс тiлi мiндеттi оқу пәнi болып табылады және бiлiм туралы құжатқа енгiзiлетiн пәндер тiзбесiне кiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="2"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 16-бапқа өзгерту енгізілді - Қазақстан Республикасының 2007.07.27. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
-            <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-            <w:color w:val="073A5E"/>
-[...152 lines deleted...]
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 320</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17-бап. Тiл - ғылым және мәдениет саласында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында ғылым саласында, диссертацияларды ресiмдеу мен қорғауды қоса алғанда, мемлекеттiк тiл мен орыс тiлiнiң қолданылуы қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мәдени шаралар мемлекеттiк тiлде және қажет болған жағдайда басқа да тiлдерде жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18-бап. Баспасөз бен бұқаралық ақпарат құралдарының тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасы баспа басылымдары мен бұқаралық ақпарат құралдарында мемлекеттiк тiлдiң, басқа да тiлдердiң қолданылуын қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қажеттi тiлдiк ортаны жасау және мемлекеттiк тiлдiң толыққанды қолданылуы мақсатында, олардың меншiк нысанына қарамастан, теле-, радиоарналар арқылы берiлетiн мемлекеттiк тiлдегi теле-, радиобағдарламалардың көлемi уақыт жағынан басқа тiлдердегi теле-, радиобағдарламалардың жиынтық көлемiнен кем болмауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 18-бапқа өзгеріс енгізілді - ҚР 2012.01.18 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
-[...299 lines deleted...]
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 546-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 4. ЯЗЫК В НАИМЕНОВАНИЯХ НАСЕЛЕННЫХ ПУНКТОВ,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+        <w:t>4 тарау. Тiл - елдi мекен атауларында, жалқы есiмдерде,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>ИМЕНАХ СОБСТВЕННЫХ, ВИЗУАЛЬНОЙ ИНФОРМАЦИИ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>көрнекi ақпаратта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z41"/>
+      <w:bookmarkStart w:id="18" w:name="z24"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 19. Порядок использования топонимических названий, наименований организаций</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>19-бап. Топонимикалық атауларды, ұйымдардың атауларын пайдалану тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Әкімшілік-аумақтық бірліктердің, елді мекендердің құрамдас бөліктерінің, сондай-ақ басқа да физика-географиялық объектiлердiң дәстүрлi, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тарихи қалыптасқан қазақша атаулары басқа тiлдерде транслитерация ережелерiне сәйкес берiлуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк ұйымдардың, олардың құрылымдық бөлiмшелерiнiң атаулары мемлекеттiк тiлде және орыс тiлiнде берiледi. Бiрлескен, шетелдiк ұйымдардың атаулары мемлекеттiк тiлде және орыс тiлiнде транслитерация арқылы берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z68" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z43"/>
+      <w:bookmarkStart w:id="19" w:name="z25"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 20. Написание личных имен, отчеств и фамилий</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>20-бап. Кiсi есiмiн, әкесiнiң есiмiн және тегiн жазу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кiсi есiмiн, әкесiнiң есiмiн және тегiн ресми құжаттарда жазу Қазақстан Республикасының заңдары мен нормативтiк құқықтық актiлерiне сәйкес келуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z45"/>
+      <w:bookmarkStart w:id="20" w:name="z26"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 21. Язык реквизитов и визуальной информации</w:t>
-[...165 lines deleted...]
-      <w:pPr>
+        <w:t>21-бап. Деректемелер мен көрнекi ақпарат тiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк органдардың мөрлерi мен мөртаңбаларының мәтiнiнде олардың атаулары мемлекеттiк тiлде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Меншiк нысанына қарамастан, ұйымдардың мөрлерiнiң, мөртабандарының мәтiнi мемлекеттiк тiлде және орыс тiлiнде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бланкiлер, маңдайшалар, хабарландырулар, жарнамалар, прейскуранттар, баға көрсеткiштерi, басқа да көрнекi ақпарат мемлекеттiк тiлде және орыс тiлiнде, ал қажет болған жағдайда басқа да тiлдерде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстанда өндiрiлетiн тауарлардың арнайы мәлiметтер көрсетiлген тауарлық жапсырмаларында (этикеткаларында), таңбаламаларында, нұсқаулықтарында мемлекеттiк тiлде және орыс тiлiнде қажеттi ақпарат болуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шетелде өндiрiлген тауарлардың арнайы мәлiметтер көрсетiлген тауарлық жапсырмалары (этикеткалары), таңбаламалары, нұсқаулықтары импорттаушы ұйымдардың қаражаты есебiнен мемлекеттiк тiлдегi және орыс тiлiндегi аудармасымен қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрнекi ақпараттың барлық мәтiнi мынадай ретпен: мемлекеттiк тiлде - сол жағына немесе жоғарғы жағына, орыс тiлiнде он жағына немесе төменгi жағына орналасады, бiрдей өлшемдегi әрiптермен жазылады. Қажеттiгiне қарай көрнекi ақпараттың мәтiндерi қосымша басқа да тiлдерге аударылуы мүмкiн. Бұл жағдайда қарiп өлшемi нормативтiк құқықтық актiлерде белгiленген талаптардан аспауға тиiс. Ауызша ақпарат, хабарландыру, жарнама мемлекеттiк тiлде, орыс және қажет болған жағдайда, басқа да тiлдерде берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z47"/>
+      <w:bookmarkStart w:id="21" w:name="z27"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 22. Язык в области связи</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>22-бап. Тіл - байланыс саласында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының шегінде байланыс саласында мемлекеттік тілдің және орыс тілінің қолданылуы қамтамасыз етіледі. Қазақстан Республикасының шегінен тыс жерлерге почта-телеграф жөнелтілімдері белгіленген халықаралық ережелерге сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ескерту. 22-бап жаңа редакцияда - Қазақстан Республикасының 2008.11.21 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 89-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 5. ПРАВОВАЯ ЗАЩИТА ЯЗЫКОВ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>5 тарау. Тiлдi құқықтық қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="z50"/>
+      <w:bookmarkStart w:id="22" w:name="z29"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 23. Государственная защита языков</w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>23-бап. Тiлдi мемлекеттiк қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында мемлекеттiк тiл және барлық басқа тiлдер мемлекеттiң қорғауында болады. Мемлекеттiк органдар бұл тiлдердiң қолданылуы мен дамуына қажеттi жағдай жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тiлдiң дамуы мемлекеттiк тiлдiң басымдығын және iс қағаздарын жүргiзудi қазақ тiлiне кезең-кезеңмен көшiрудi көздейтiн Қазақстан Республикасы Мемлекеттiк жоспарлау жүйесінің құжаттарымен қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттiк тiлдi белгiлi бiр көлемде және бiлiктiлiк талаптарына сәйкес бiлуi қажет кәсiптердiң, мамандықтардың және лауазымдардың тiзбесi Қазақстан Республикасы заңдарымен белгіленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2005 бастап күшіне енеді); 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z52"/>
+      <w:bookmarkStart w:id="23" w:name="z30"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>24-бап. Қазақстан Республикасының тiл туралы заңнамасын бұзғаны үшiн жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының тiл туралы заңнамасының бұзылуына кiнәлi мемлекеттiк органдардың бiрiншi басшылары не жауапты хатшылары немесе Қазақстан Республикасының Президентi айқындайтын өзге де лауазымды адамдар, сондай-ақ жеке және заңды тұлғалар Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лауазымды адамның мемлекеттiк тiлдi бiлмеу желеуiмен жеке және заңды тұлғалардың өтiнiштерiн қабылдаудан бас тартуы, мемлекеттiк тiлдің және басқа да тiлдердің қолданылу салаларында олардың пайдаланылуына кез келген кедергi келтiру, сондай-ақ деректемелер мен көрнекі ақпаратты орналастыру бойынша талаптарды бұзу Қазақстан Республикасының заңдарында көзделген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 24-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z40"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24-1-бап. Қазақстан Республикасы Үкіметінің құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Үкіметі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) республикалық терминология және ономастика комиссияларын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) облыстық ономастика комиссиялары және республикалық маңызы бар қалалардың, астананың ономастика комиссиялары туралы үлгі ережені бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) өзіне Конституцияда, осы Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде жүктелген өзге де функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тарау 24-1-баппен толықтырылды - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="006670BC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z53"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="25" w:name="z31"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
-[...162 lines deleted...]
-      <w:pPr>
+        <w:t>25-бап. Уәкiлеттi органның құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уәкiлеттi орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тiлдердi дамыту саласындағы бiрыңғай мемлекеттiк саясаттың iске асырылуын қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="z54"/>
-[...91 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="800000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z202" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...137 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) орталық және облыстардың, республикалық маңызы бар қалалардың, астананың жергiлiктi атқарушы органдарында Қазақстан Республикасының тiл туралы заңдарының сақталуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының тiл туралы заңдарында белгiленген талаптардың бұзылуын жою туралы ұсынымдар жасайды, тиiстi органдарға Қазақстан Республикасының тiл туралы заңдарының бұзылуына кiнәлi лауазымды адамдарға тәртiптiк жазалау шараларын қолдану туралы ұсыныстар енгiзеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) тiлдердi дамыту саласындағы бiрыңғай мемлекеттiк саясатты iске асыру жөнiндегi қызметтiң ақпараттық, әдiстемелiк қамтамасыз етiлуiн ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) республикалық терминология және ономастика комиссияларының қызметiн қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) ономастика комиссияларының қызметiн үйлестiредi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="800000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып тасталды - ҚР 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z582" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...37 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-бапқа өзгерістер енгізілді - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2005 бастап күшіне енеді); 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z415" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z453" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 36-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z202" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z582" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z61"/>
+      <w:bookmarkStart w:id="26" w:name="z35"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 25-1. Компетенция ономастических комиссий</w:t>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+        <w:t>25-1-бап. Ономастика комиссияларының құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>      1. Республикалық ономастика комиссиясының құзыретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ономастика мәселелері бойынша ұсынымдар мен ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) облыстарға, аудандар мен қалаларға атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының аумағындағы әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру бойынша қорытындылар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) облыстық маңызы бар қалалардың қаладағы аудандарына, құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) республикалық маңызы бар қалалардың, астананың қаладағы аудандарына, құрамдас бөліктеріне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша республикалық маңызы бар қалалардың, астананың ономастика комиссияларының қорытындыларына келісім беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Облыстық ономастика комиссияларының құзыретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ауылдарға, кенттерге, ауылдық округтерге атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) аудандық маңызы бар қалалардың, кенттің, ауылдың, ауылдық округтің құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Республикалық маңызы бар қалалардың, астананың ономастика комиссияларының құзыретіне Республикалық ономастика комиссиясымен келісілгеннен кейін – республикалық маңызы бар қалалардың, астананың қаладағы аудандарына, құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Жергілікті өкілді және атқарушы органдар әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бойынша шешімді тиісті ономастика комиссияларының оң қорытындылары болған кезде ғана қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-1-баппен толықтырылды - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2005 бастап күшіне енеді); жаңа редакцияда - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z62"/>
+      <w:bookmarkStart w:id="27" w:name="z36"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 25-2. Компетенция местного исполнительного органа области, города республиканского значения, столицы</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>25-2-бап. Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органының құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Сноска. Заголовок статьи 25-2 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+        <w:t>      Ескерту. Тақырыпқа өзгеріс енгізілді - ҚР 2013.01.21 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="800000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z203" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...36 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) орталық атқарушы органдардың аумақтық бөлiмшелерiнiң және аудандық атқарушы органдардың Қазақстан Республикасының тiл туралы заңдарын сақтауын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z82"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-1) алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z1432" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 156-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-[...25 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының тiл туралы заңнамасында белгiленген талаптардың бұзылуын жою туралы ұсынымдар береді, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген негізде және тәртіппен әкімшілік ықпал ету шараларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="800000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып тасталды - ҚР 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z255" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...86 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған облыстық маңызы бар шаралар кешенiн жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) облыстық ономастика комиссиясының, республикалық маңызы бар қаланың, астананың ономастика комиссияларының қызметiн қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-2-баппен толықтырылды - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z417" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z203" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="255" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z1432" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 156-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z63"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="29" w:name="z37"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 25-3. Компетенция местного исполнительного органа района (города областного значения)</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>25-3-бап. Ауданның (облыстық маңызы бар қаланың) жергiлiктi атқарушы органының құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ауданның (облыстық маңызы бар қаланың) жергiлiктi атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="800000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...86 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған аудандық (облыстық маңызы бар қала) деңгейдегi iс-шараларды жүргiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) облыстардың атқарушы органдарына ауылдардың, кенттердiң, ауылдық округтердiң атауы және олардың атауларын өзгерту, сондай-ақ олардың атауларының транскрипциясын өзгерту туралы ұсыныстар енгiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-3-баппен толықтырылды - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z419" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z108" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z55"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="30" w:name="z1"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 25-4. Государственный контроль за соблюдением законодательства Республики Казахстан о языках</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>25-4-бап. Қазақстан Республикасы тіл туралы заңнамасының сақталуын мемлекеттік бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының тіл туралы заңнамасының сақталуын мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексеру және профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 25-4-баппен толықтырылды - ҚР 2011.01.06 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z1433" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 156-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z76"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="31" w:name="z59"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 25-5. Критерии ономастической работы</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+        <w:t>25-5-бап. Ономастика жұмысының критерийлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының аумағындағы әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру жөніндегі ономастика жұмысының критерийлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тарихи, географиялық, табиғи және мәдени ерекшеліктерді ескеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әдеби тіл нормаларына сәйкестік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства являются:</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>      3) бір әкімшілік-аумақтық бірліктің шегіндегі елді мекендерге, елді мекендердің құрамдас бөліктеріне бір атауды бір мәрте ғана беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жеке адамның есімімен аталған, ол берілген (өзгертілген) күннен бастап кемінде он жыл өткен соң берілген есімді қайта атау, оны өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) аса көрнекті мемлекет және қоғам қайраткерлерінің, ғылым, мәдениет қайраткерлерінің және Қазақстан Республикасы мен әлемдік қоғамдастық алдында еңбек сіңірген басқа да адамдардың есімдерін беру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тарау 25-5-баппен толықтырылды - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); өзгеріс енгізілді - ҚР 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 60-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
-      <w:pPr>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="z56"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="32" w:name="z32"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 26. Обеспечение исполнения настоящего Закона</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>26-бап. &lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Сноска. Статья 26 исключена Законом РК от 20.12.2004 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+        <w:t>      Ескерту. 26-бап алынып тасталды - Қазақстан Республикасының 2004.12.20. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие с 01.01.2005).</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t> (2005 жылғы 1 қаңтардан бастап күшіне енеді) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060751E">
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>6 тарау. Тiлдi шет елдермен және халықаралық ұйымдармен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қатынастарда пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="z59"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060751E">
+      <w:bookmarkStart w:id="33" w:name="z34"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="006670BC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 27. Язык в международной деятельности</w:t>
-[...103 lines deleted...]
-    <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+        <w:t>27-бап. Тiл - халықаралық қызметте</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының дипломатиялық өкiлдiктерi мен Қазақстан Республикасының халықаралық ұйымдар жанындағы өкiлдiктерiнiң қызметi мемлекеттiк тiлде, қажет болған жағдайда басқа да тiлдердi пайдаланып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының шет мемлекеттермен екіжақты халықаралық шарттары Қазақстан Республикасының мемлекеттік тілінде және тараптардың келісуі бойынша өзге де тілдерде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының халықаралық ұйымдармен екіжақты халықаралық шарттары және Қазақстан Республикасының көпжақты халықаралық шарттары келіссөздерге қатысушы тараптардың келісуі бойынша айқындалған тілдерде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасында басқа мемлекеттер өкiлдерiмен өткiзiлетiн ресми қабылдаулар мен өзге де шаралар басқа тiлдерге аударылып, мемлекеттiк тiлде жүргiзіледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0060751E">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 27-бапқа өзгеріс енгізілді - ҚР 30.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="006670BC">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 168-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0060751E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:color w:val="444444"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006670BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13380"/>
+        <w:gridCol w:w="12758"/>
+        <w:gridCol w:w="622"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidTr="0060751E">
+      <w:tr w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidTr="006670BC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+          <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0060751E">
+            <w:r w:rsidRPr="006670BC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>     </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006670BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Президентi</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidTr="0060751E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0060751E" w:rsidRPr="0060751E" w:rsidRDefault="0060751E" w:rsidP="0060751E">
+          <w:p w:rsidR="006670BC" w:rsidRPr="006670BC" w:rsidRDefault="006670BC" w:rsidP="006670BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0060751E">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E000ED" w:rsidRDefault="00E000ED">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00E000ED">
+    <w:p w:rsidR="00A90439" w:rsidRDefault="00A90439">
+      <w:bookmarkStart w:id="34" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A90439">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6629,53 +6721,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="10E30FFE"/>
+    <w:nsid w:val="1ABB2821"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6D3AADD0"/>
+    <w:tmpl w:val="8E34FA8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6778,53 +6870,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="782D396F"/>
+    <w:nsid w:val="332F3F08"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="15221B36"/>
+    <w:tmpl w:val="9564B2BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6927,74 +7019,74 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006421DE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E000ED"/>
+    <w:rsidRoot w:val="00B96535"/>
+    <w:rsid w:val="006670BC"/>
+    <w:rsid w:val="00A90439"/>
+    <w:rsid w:val="00B96535"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7144,181 +7236,180 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -7454,297 +7545,296 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0060751E"/>
+    <w:rsid w:val="006670BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="149295633">
+    <w:div w:id="1210454764">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1937520533">
+        <w:div w:id="60711960">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1864316225">
+        <w:div w:id="1651446154">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="588082024">
+            <w:div w:id="920800002">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1117724493">
+            <w:div w:id="271859552">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="388458300">
+        <w:div w:id="825515894">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="325937947">
+            <w:div w:id="656958719">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000168" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/info" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/z970151.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000315_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/links" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/z970151.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/z970151_.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/info" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000168" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/z970151_.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/links" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/z970151_.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7993,54 +8083,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>4848</Words>
-  <Characters>27634</Characters>
+  <Words>4645</Words>
+  <Characters>26480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>220</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32418</CharactersWithSpaces>
+  <CharactersWithSpaces>31063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>