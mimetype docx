--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -2,5773 +2,5766 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі тәрбие мен оқыту саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>Об утверждении регламентов государственных услуг в сфере дошкольного воспитания и обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Оңтүстік Қазақстан облыстық әкімдігінің 2015 жылғы 12 маусымдағы № 175 қаулысы. Оңтүстік Қазақстан облысының Әділет департаментінде 2015 жылғы 3 шілдеде № 3232 болып тіркелді</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>Постановление акимата Южно-Казахстанской области от 12 июня 2015 года № 175. Зарегистрировано Департаментом юстиции Южно-Казахстанской области 3 июля 2015 года № 3232</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>Текст</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ресми жарияланым</w:t>
+          <w:t>Официальная публикация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Информация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>История изменений</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Ссылки</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Скачать</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Басқа</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>Прочее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>пунктами 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>3 тармақтарына</w:t>
+          <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", акимат Южно-Казахстанской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>регламент</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>регламенті</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему постановлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>регламент</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> государственной услуги "Прием документов и зачисление детей в дошкольные организации образования" согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>регламенті</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственному учреждению "Аппарат Акима Южно-Казахстанской области" в порядке, установленном законодательными актами Республики Казахстан, обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) направление настоящего постановления на официальное опубликование в периодических печатных изданиях, распространяемых на территории Южно-Казахстанской области и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) размещение настоящего постановления на интернет-ресурсе акимата Южно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t>      3. Оңтүстік Қазақстан облысы әкімдігінің 2014 жылғы 25 тамыздағы </w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Признать утратившими силу постановления акимата Южно-Казахстанской области от 25 августа 2014 года </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 276</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t> "Мектепке дейінгі және орта білім беру саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" (Нормативтік құқытық актілерді мемлекеттік тіркеу тізілімінде № 2819-нөмірімен тіркелген, 2014 жылғы 15 қазанда "Оңтүстік Қазақстан" газетінде жарияланған) және 2014 жылғы 26 қыркүйектегі </w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "Об утверждении регламентов государственных услуг в сфере дошкольного и среднего образования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 2819, опубликовано 15 октября 2014 года в газете "Южный Казахстан") и от 26 сентября 2014 года </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 311</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "Об утверждении регламентов государственных услуг в сфере образования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 2842, опубликовано 4 ноября 2014 года в газете "Южный Казахстан").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t>      5. Осы қаулының орындалуын бақылау облыс әкімінің орынбасары Е.Қ. Айтахановқа жүктелсін.</w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Контроль за исполнением настоящего постановления возложить на заместителя акима области Айтаханова Е.К.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8702"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>      Облыс әкімі</w:t>
+              <w:t>      Аким области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.Мырзахметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Б.Оспанов</w:t>
+              <w:t>      Оспанов Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Б.Жылқышиев</w:t>
+              <w:t>      Жилкишиев Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Е.Айтаханов</w:t>
+              <w:t>      Айтаханов Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      С.Қаныбеков</w:t>
+              <w:t>      Каныбеков С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Е.Садыр</w:t>
+              <w:t>      Садыр Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      С.Тұяқбаев</w:t>
+              <w:t>      Туякбаев С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      А.Абдуллаев</w:t>
+              <w:t>      Абдуллаев А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Р.Исаева</w:t>
+              <w:t>      Исаева Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="z7"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00527EFE">
-[...7 lines deleted...]
-              <w:t>Оңтүстік Қазақстан</w:t>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>облысы әкімдігінің</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы 12 маусым</w:t>
+              <w:t>Южно-Казахстанской области</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 175 қаулысына</w:t>
-[...10 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 12 июня 2015 года № 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызметінің регламенті</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Бүкіл мәтіні бойынша "Халыққа қызмет көрсету орталығымен", "Орталық", "Орталықтың", "Орталыққа" деген сөздер "Мемлекеттік корпорациясымен", "Мемлекеттік корпорация", "Мемлекеттік корпорацияның", "Мемлекеттік корпорацияға" деген сөздермен ауыстырылды - Оңтүстік Қазақстан облыстық әкімдігінің 29.04.2016 </w:t>
+        <w:t>      Сноска. По всему тексту слова "центром обслуживания населения", "в Центр", "Центра" заменены словами "Государственной корпорацией "Правительство для граждан", "в Государственную корпорацию", "Государственной корпорации" постановлением акимата Южно-Казахстанской области от 29.04.2016 </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:anchor="7" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 112</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" (далее - государственная услуга) оказывается отделами образования районов и городов областного значения Южно-Казахстанской области, акимами района в городе, города районного значения, поселка, села, сельского округа (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Прием заявлений и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) веб-портал "электронного правительства": www.e.gov.kz (далее – Портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-тармаққа өзгерiстер енгiзiлдi - Оңтүстік Қазақстан облыстық әкімдігінің 29.04.2016 </w:t>
+        <w:t>      Сноска. Пункт 1 с изменениями, внесенными постановлением акимата Южно-Казахстанской области от 29.04.2016 </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:anchor="5" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 112</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен </w:t>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>      2. Форма оказания государственной услуги: электронная и бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Результатом оказания государственной услуги является уведомление о постановке в очередь (в произвольной форме), при наличии места – выдача направления в дошкольную организацию (в произвольной форме), либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации", утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 (далее – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Стандарт</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...36 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При обращении к услугодателю или в Государственную корпорацию результат оказания государственной услуги оформляется посредством специализированной информационной системы управления очередью услугодателя и направляется услугополучателю в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При обращении через портал услугополучателю направляется результат оказания государственной услуги в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 3-тармақ жаңа редакцияда - Оңтүстік Қазақстан облыстық әкімдігінің 19.01.2018 </w:t>
+        <w:t>      Сноска. Пункт 3 – в редакции постановления акимата Южно-Казахстанской области от 19.01.2018 </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:anchor="5" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 23</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527EFE">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібін сипаттау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Основанием для начала процедуры (действия) по оказанию услуги является электронный запрос услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность его выполнения и последовательность их выполнения, в том числе этапы прохождения всех процедур:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) услугополучатель предоставляет документы услугодателю предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>пунктом 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) уполномоченный сотрудник услугодателя принимает заявления, готовит результат государственной услуги и в установленные сроки </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>4-тармағымен</w:t>
+          <w:t>пунктом 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...23 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта подписывает результат государственной услуги руководством, затем регистрирует и выдает результат государственной услуги лично услугополучателю либо по доверенности уполномоченному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл тәртібін сипаттау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) уполномоченный сотрудник услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t>      7. Әрбір рәсімнің (іс-қимылдың) ұзақтығы, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдердің орындалу мерзімі көрсетілген сипаттама осы регламенттің 2 бөлімі </w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры указано в </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:anchor="z15" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>5 тармағында</w:t>
+          <w:t>пункте 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> раздела 2 настоящего регламента государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4. Мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией "Правительство для граждан" и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Услугополучатель предоставляет документы, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>пункте 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) работник Государственной корпорации проводит регистрацию заявления и выдает услугополучателю расписку о приеме документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>пункте 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта и передает полученные документы в накопительный сектор Государственной корпорации. Накопительный сектор Государственной корпорации в тот же рабочий день отправляет документы услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в случае предоставления услугополучателем неполного пакета документов работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) уполномоченный сотрудник услугодателя принимает заявления и в установленные сроки </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>4-тармағымен</w:t>
+          <w:t>пунктом 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта подписывает результат государственной услуги руководством и отправляет в Государственную корпорацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) работник Государственной корпорации выдает услугополучателю результат государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Этапы прохождения всех процедур услугополучателя для получение государственной услуги через Портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) войти на Портал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) выбрать государственную услугу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1) Порталға кіру;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>      3) зарегистрироваться, авторизоваться посредством индивидуального идентификационного номера ЭЦП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...63 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) заказать государственную услугу онлайн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) заполнить поля электронного запроса и при необходимости прикрепить пакет документов в электронном виде согласно перечню, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағымен</w:t>
+          <w:t>пунктом 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) после проверки выходного документа услугополучателю необходимо поставить ЭЦП. После подписи заявление автоматический поступает услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) после регистрации поступившего заявления услугодателем, в личном кабинете услугополучателя статус заявления автоматический меняется. С момента регистрации заявления в установленные сроки </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>4-тармағында</w:t>
+          <w:t>пунктом 4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта услугодатель должен выдать результат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в результате в личном кабинете услугополучателя статус заявления меняется на "Удовлетворительно". После чего услугополучатель может скачать результат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t>      Портал арқылы мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті беруші мен көрсетілетін қызметті алушының жүгіну және рәсімдердің (іс-қимылдардың) реттілігі тәртібінің диаграммалық түрде сипатталуы осы регламенттің </w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Описание порядка обращения и последовательности процедур (действий) услугодателя и услугополучателя при оказании услуги через Портал в виде диаграммы указано в </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:anchor="z22" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшасында</w:t>
+          <w:t>приложении 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t>      Мемлекеттік қызмет көрсету бизнес-процестерінің анықтамалығы осы регламенттің </w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Справочник бизнес процессов оказания государственной услуги указаны в </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:anchor="z23" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшасында</w:t>
+          <w:t>приложении 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t> көрсетілген.</w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z22"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00527EFE">
-[...7 lines deleted...]
-              <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу</w:t>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>үшін мектепке дейінгі жастағы (7 жасқа толмаған)</w:t>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>балаларды кезекке қою" мемлекеттік көрсетілетін</w:t>
+              <w:t>"Постановка на очередь детей дошкольного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметінің регламентіне 1-қосымша</w:t>
+              <w:t>возраста (до 7 лет) для направления</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в детские дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Портал арқылы мемлекеттік қызмет көрсетуде әрекет ететін ақпараттық жүйелердің функционалдық өзара әрекеттесуінің диаграммасы</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>Диаграмма функционального взаимодействия информационных систем, задействованных в оказании государственной услуги через Портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5857875" cy="2943225"/>
+            <wp:extent cx="5857875" cy="2809875"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/1091/54/0.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/1091/63/0.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/1091/54/0.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/1091/63/0.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5857875" cy="2943225"/>
+                      <a:ext cx="5857875" cy="2809875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
-[...25 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4457700" cy="2343150"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/1091/54/1.jpg"/>
+            <wp:extent cx="3819525" cy="2295525"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/1091/63/1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/1091/54/1.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/1091/63/1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4457700" cy="2343150"/>
+                      <a:ext cx="3819525" cy="2295525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z23"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00527EFE">
-[...7 lines deleted...]
-              <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу</w:t>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>үшін мектепке дейінгі жастағы (7 жасқа толмаған)</w:t>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>балаларды кезекке қою" мемлекеттік көрсетілетін</w:t>
+              <w:t>"Постановка на очередь детей дошкольного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметінің регламентіне 2-қосымша</w:t>
+              <w:t>возраста (до 7 лет) для направления</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в детские дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызмет көрсету бизнес-процестерінің анықтамалығы</w:t>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4552"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2095"/>
+        <w:gridCol w:w="4245"/>
+        <w:gridCol w:w="3374"/>
+        <w:gridCol w:w="3289"/>
+        <w:gridCol w:w="2457"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік корпорация жұмысшысы</w:t>
+              <w:t xml:space="preserve">Работник Государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>корпорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Работник Государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>корпорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің уәкілетті қызметкері</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Уполномоченный сотрудник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік корпорация жұмысшысы</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Работник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Государственной корпорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Түскен өтінішті тіркеп, көрсетілетін қызметті алушыға Стандарттың </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Проводит регистрацию заявления и выдает услугополучателю расписку о приеме документов, указанных в </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:anchor="z39" w:history="1">
-              <w:r w:rsidRPr="00527EFE">
+            <w:hyperlink r:id="rId38" w:anchor="z20" w:history="1">
+              <w:r w:rsidRPr="006B0CF9">
                 <w:rPr>
                   <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>9-тармағында</w:t>
+                <w:t>пункте 9</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t> көрсетілген құжаттардың қабылданғаны жөнінде қолхат береді де қабылданған құжаттарды Мемлекеттік корпорацияның жинақтаушы секторына жөнелтеді. Мемлекеттік корпорацияның жинақтаушы секторы сол жұмыс күні құжаттарды көрсетілетін қызметті берушіге жөнелтеді</w:t>
+              <w:t> Стандарта и передает полученные документы в накопительный сектор Государственной корпорации. Накопительный сектор Государственной корпорации в тот же рабочий день отправляет документы услугодателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Құжаттардың топтамасын толық емес ұсынған жағдайда Мемлекеттік корпорация жұмысшысы өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+              <w:t>В случае предоставления услугополучателем неполного пакета документов отказывает в приеме заявления и выдает расписку об отказе в приеме документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтінішті қабылдап, Стандарттың </w:t>
+              <w:t>Принимает заявления и в установленные сроки </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:anchor="z22" w:history="1">
-              <w:r w:rsidRPr="00527EFE">
+            <w:hyperlink r:id="rId39" w:anchor="z15" w:history="1">
+              <w:r w:rsidRPr="006B0CF9">
                 <w:rPr>
                   <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>4-тармағымен</w:t>
+                <w:t>пунктом 4</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t> белгіленген мерзімде басшылыққа мемлекеттік көрсетілетін қызмет нәтижесіне қол қойдырады және Мемлекеттік корпорацияға жолдайды</w:t>
+              <w:t> Стандарта подписывает результат государственной услуги руководством и отправляет в Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушыға мемлекеттік көрсетілетін қызмет нәтижесін береді</w:t>
+              <w:t>Выдает услугополучателю результат государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z24"/>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="00527EFE">
-[...7 lines deleted...]
-              <w:t>Оңтүстік Қазақстан</w:t>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>облысы әкімдігінің</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы 12 маусым</w:t>
+              <w:t>Южно-Казахстанской области</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 175 қаулысына</w:t>
-[...10 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 12 июня 2015 года № 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527EFE">
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>және балаларды қабылдау" мемлекеттік көрсетілетін қызметінің регламенті</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527EFE">
+        <w:t>"Прием документов и зачисление детей в дошкольные организации образования"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="z26"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Прием документов и зачисление детей в дошкольные организации образования" (далее – государственная услуга) оказывается дошкольными организациями всех типов и видов Южно-Казахстанской области (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Прием заявлений и выдача результатов государственной услуги осуществляются через услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...37 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Результат оказания государственной услуги: зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Стандарта государственной услуги "Прием документов и зачисление детей в дошкольные организации образования", утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 (далее – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Стандарт</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...36 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 3-тармақ жаңа редакцияда - Оңтүстік Қазақстан облыстық әкімдігінің 19.01.2018 </w:t>
+        <w:t>      Сноска. Пункт 3 – в редакции постановления акимата Южно-Казахстанской области от 19.01.2018 </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:anchor="8" w:history="1">
-        <w:r w:rsidRPr="00527EFE">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 23</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527EFE">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібін сипаттау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Основанием для начала процедуры (действия) по оказанию государственной услуги является наличие заявления услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность его выполнения и последовательность их выполнения, в том числе этапы прохождения всех процедур:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) услугополучатель предоставляет документы услугодателю предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>пунктом 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> стандарта государственной услуги "Прием документов и зачисление детей в дошкольные организации образования" утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>приказом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...192 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 (далее - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>5-тармағында</w:t>
+          <w:t>Стандарт</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) уполномоченный сотрудник услугодателя проводит регистрацию полученных документов и в течение 10 минут передает полученные документы руководству услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) после рассмотрения всех необходимых документов в течение 20 минут руководство услугодателя зачисляет ребенка в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) уполномоченный сотрудник услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры указан в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> раздела 2 настоящего регламента государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией "Правительство для граждан" и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
-[...28 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+        <w:t>      Сноска. Наименование главы 4 – в редакции постановления акимата Южно-Казахстанской области от 29.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="9" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 112</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Cправочник бизнес-процессов оказания государственной услуги указан в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="006B0CF9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1 қосымшасында</w:t>
+          <w:t>приложении 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00527EFE">
-[...8 lines deleted...]
-        <w:t> көрсетілген.</w:t>
+      <w:r w:rsidRPr="006B0CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="z38"/>
             <w:bookmarkEnd w:id="5"/>
-            <w:r w:rsidRPr="00527EFE">
-[...7 lines deleted...]
-              <w:t>"Мектепке дейінгі білім беру ұйымдарына</w:t>
+            <w:r w:rsidRPr="006B0CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттарды қабылдау және балаларды қабылдау"</w:t>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін қызметінің</w:t>
+              <w:t>"Прием документов и зачисление детей</w:t>
             </w:r>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>регламентіне 1-қосымша</w:t>
+              <w:t>в дошкольные организации образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+    <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527EFE">
+      <w:r w:rsidRPr="006B0CF9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызмет көрсету бизнес-процестерінің анықтамалығы</w:t>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6994"/>
-        <w:gridCol w:w="6371"/>
+        <w:gridCol w:w="6711"/>
+        <w:gridCol w:w="6654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің уәкілетті қызметкері</w:t>
+              <w:t>Уполномоченный сотрудник услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшылығы</w:t>
+              <w:t>Руководство услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidTr="00527EFE">
+      <w:tr w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidTr="006B0CF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Түскен құжаттарды тіркейді және 10 минут ішінде көрсетілетін қызметті беруші басшылығының қарауына жолдайды</w:t>
+              <w:t>Проводит регистрацию полученных документов и в течение 10 минут передает полученные документы руководству услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00527EFE" w:rsidRPr="00527EFE" w:rsidRDefault="00527EFE" w:rsidP="00527EFE">
+          <w:p w:rsidR="006B0CF9" w:rsidRPr="006B0CF9" w:rsidRDefault="006B0CF9" w:rsidP="006B0CF9">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527EFE">
+            <w:r w:rsidRPr="006B0CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Құжаттарды қарап болған соң 20 минут ішінде баланы мектепке дейінгі білім беру ұйымға қабылдайды</w:t>
+              <w:t>После рассмотрения всех необходимых документов в течение 20 минут зачисляет ребенка в дошкольную организацию образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1D56" w:rsidRDefault="00DF1D56">
+    <w:p w:rsidR="006F5E17" w:rsidRDefault="006F5E17">
       <w:bookmarkStart w:id="6" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:sectPr w:rsidR="00DF1D56">
+    <w:sectPr w:rsidR="006F5E17">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5791,53 +5784,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0B0023F7"/>
+    <w:nsid w:val="748B5C8F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C4987C02"/>
+    <w:tmpl w:val="55483748"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5957,54 +5950,54 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008F6D7C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DF1D56"/>
+    <w:rsidRoot w:val="00101EFB"/>
+    <w:rsid w:val="00101EFB"/>
+    <w:rsid w:val="006B0CF9"/>
+    <w:rsid w:val="006F5E17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6154,189 +6147,189 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6463,283 +6456,284 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00527EFE"/>
+    <w:rsid w:val="006B0CF9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="683167014">
+    <w:div w:id="2099715391">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1355382399">
+        <w:div w:id="500048358">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="395712759">
+        <w:div w:id="1553886155">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1821463045">
+            <w:div w:id="159738840">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="873614599">
+        <w:div w:id="371614220">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1501118853">
+            <w:div w:id="711656505">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14U0002819" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/origins/V15U0003232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V18U0004443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232/links" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14U0002842" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232/history" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V18U0004443" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15U0003232/info" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14U0002819" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/origins/V15U0003232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V18U0004443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232/links" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14U0002842" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232/history" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V18U0004443" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V16U0003754" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15U0003232/info" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6987,55 +6981,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>15864</Characters>
+  <Pages>1</Pages>
+  <Words>2668</Words>
+  <Characters>15210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18610</CharactersWithSpaces>
+  <CharactersWithSpaces>17843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>