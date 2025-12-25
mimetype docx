--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,4140 +1,1890 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD1A73" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="00671775" w:rsidRPr="00E44566" w:rsidRDefault="00671775" w:rsidP="00F00024">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E44566">
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00671775" w:rsidRPr="00E44566" w:rsidRDefault="00671775" w:rsidP="00671775">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA40EC">
+      <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№ 27 мектеп директоры</w:t>
+        <w:t>Директор школы № 27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="00671775" w:rsidRDefault="00671775" w:rsidP="00671775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA40EC">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00FA40EC">
+      <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>_____________</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.С.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="00671775" w:rsidRDefault="00671775" w:rsidP="00671775"/>
+    <w:p w:rsidR="00671775" w:rsidRDefault="00671775" w:rsidP="00671775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA40EC">
+      <w:r w:rsidRPr="00C7696E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жоғары оқу мотивациясы бар оқушылармен жұмыс жоспары</w:t>
+        <w:t xml:space="preserve">План </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="008433DE" w:rsidRDefault="00671775" w:rsidP="00671775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA40EC">
+      <w:r w:rsidRPr="00C7696E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2019-2020 оқу жылына</w:t>
+        <w:t xml:space="preserve">работы </w:t>
+      </w:r>
+      <w:r w:rsidR="008433DE" w:rsidRPr="008433DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB304C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="008433DE" w:rsidRPr="008433DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щимися </w:t>
+      </w:r>
+      <w:r w:rsidR="004D608B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="008433DE" w:rsidRPr="008433DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высокой учебной мотиваци</w:t>
+      </w:r>
+      <w:r w:rsidR="004D608B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="00671775" w:rsidRDefault="008433DE" w:rsidP="00671775">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008433DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00671775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2019-2020 учебный год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="008433DE" w:rsidRDefault="008433DE" w:rsidP="00671775">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1010"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1638"/>
+        <w:gridCol w:w="920"/>
+        <w:gridCol w:w="2801"/>
+        <w:gridCol w:w="2772"/>
+        <w:gridCol w:w="2276"/>
+        <w:gridCol w:w="1913"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
-[...4 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="00D748B4">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FA40EC">
+              <w:t>Содержание деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қызмет</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FA40EC">
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FA40EC">
+              <w:t>Ответственный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мазмұны</w:t>
-[...80 lines deleted...]
-              <w:t>Қорытынды</w:t>
+              <w:t>Итоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Подготовка к проведению школьных олимпиад </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00065C81" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00CB7BB8" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа библиотеки в целях развития одаренных детей (план работы: выставки, подбор литературы, консультации)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="00E44DA1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA40EC">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E44DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие в недели английского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество и своевременность проведения индивидуальных занятий по подготовке к олимпиадам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FA40EC">
-[...23 lines deleted...]
-              <w:t>ж</w:t>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Корректировка плана работы МО (введение раздела «Работа с обучающимися с высокой учебной мотивацией»)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FA40EC">
-[...668 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, библиотекарь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Собеседование, наблюдение</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA40EC">
-[...54 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Проведение школьного тура олимпиад</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA40EC">
-[...136 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Участие в заочных, очных и дистанционных олимпиадах и конкурсах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA40EC">
-[...46 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00CB7BB8" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.Подготовка к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>городским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D3D01" w:rsidRDefault="001D3D01" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA40EC">
-[...59 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00CB7BB8" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.Участие в недели математики, информатики и физики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...237 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество и своевременность проведения индивидуальных занятий по подготовке к олимпиадам и конкурсам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00CB7BB8" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Справка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наблюдение-собеседование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CC036E" w:rsidRDefault="00D748B4" w:rsidP="0022566C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="290" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC036E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подготовка к олимпиадам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003434FF" w:rsidRPr="00CB7BB8" w:rsidRDefault="003434FF" w:rsidP="003260FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Участие в</w:t>
+            </w:r>
+            <w:r w:rsidR="001D3D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> недели робототехники</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA40EC">
-[...36 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00CB7BB8" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...343 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество и результативность проведения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отчет о проведении</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="000D6452" w:rsidRDefault="00D748B4" w:rsidP="000D6452">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6452">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Участие в дистанционных, предметных олимпиадах. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Подготовка к предметной неделе </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...433 lines deleted...]
-              <w:t>анықтама</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химии и биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Активизация форм и методов внеклассной работы учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Справка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="005E57CA" w:rsidRDefault="005E57CA" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="000D6452" w:rsidRDefault="00D748B4" w:rsidP="000D6452">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6452">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRDefault="00D748B4" w:rsidP="003260FA">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Участие в предметной неделе </w:t>
+            </w:r>
+            <w:r w:rsidR="003260FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D6E58" w:rsidRDefault="003D6E58" w:rsidP="003D6E58">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...439 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Участие в дистанционных олимпиадах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00010FAB" w:rsidRPr="00CB7BB8" w:rsidRDefault="00010FAB" w:rsidP="003D6E58">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Активизация форм и методов внеклассной работы учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Собеседование, справка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="005E57CA" w:rsidRDefault="005E57CA" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="000D6452" w:rsidRDefault="00D748B4" w:rsidP="000D6452">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6452">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRDefault="00D748B4" w:rsidP="003434FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Участие в дистанционных интеллектуальных конкурсах и олимпиадах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003434FF" w:rsidRDefault="003434FF" w:rsidP="003434FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="005E57CA" w:rsidRPr="005E57CA" w:rsidRDefault="005E57CA" w:rsidP="005E57CA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Участие в предметной недели по казахскому языку и литературе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00010FAB" w:rsidRPr="00CB7BB8" w:rsidRDefault="00010FAB" w:rsidP="003434FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E57CA">
-[...439 lines deleted...]
-              <w:t>анықтама</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Развитие интеллектуальных способностей обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C006DA" w:rsidRPr="00CB7BB8" w:rsidTr="00687F62">
+      <w:tr w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidTr="00D748B4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="005E57CA" w:rsidRDefault="005E57CA" w:rsidP="00687F62">
+          <w:p w:rsidR="00D748B4" w:rsidRPr="000D6452" w:rsidRDefault="00D748B4" w:rsidP="000D6452">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6452">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRDefault="003434FF" w:rsidP="008D33C1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FA40EC" w:rsidRPr="005E57CA" w:rsidRDefault="005E57CA" w:rsidP="005E57CA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008D33C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D748B4" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие педагогов и обучающихся в дистанционных конкурсах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00010FAB" w:rsidRPr="00CB7BB8" w:rsidRDefault="00010FAB" w:rsidP="008D33C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...241 lines deleted...]
-              <w:t>анықтама</w:t>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Развитие интеллектуальных способностей обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D748B4" w:rsidRPr="00CB7BB8" w:rsidRDefault="00D748B4" w:rsidP="003E1A7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA40EC" w:rsidRPr="00C7696E" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC">
+    <w:p w:rsidR="008433DE" w:rsidRPr="00C7696E" w:rsidRDefault="008433DE" w:rsidP="00671775">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA40EC" w:rsidRDefault="00FA40EC" w:rsidP="00FA40EC"/>
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00FA40EC" w:rsidRPr="00FA40EC" w:rsidSect="00BD1A73">
+    <w:p w:rsidR="00671775" w:rsidRDefault="00671775"/>
+    <w:sectPr w:rsidR="00671775" w:rsidSect="00D748B4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="22043C09"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="04190001"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FA40EC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FA40EC"/>
+    <w:rsidRoot w:val="00497696"/>
+    <w:rsid w:val="00010FAB"/>
+    <w:rsid w:val="000D6452"/>
+    <w:rsid w:val="001D3D01"/>
+    <w:rsid w:val="0022566C"/>
+    <w:rsid w:val="003260FA"/>
+    <w:rsid w:val="003434FF"/>
+    <w:rsid w:val="003A6453"/>
+    <w:rsid w:val="003D6E58"/>
+    <w:rsid w:val="00497696"/>
+    <w:rsid w:val="004D608B"/>
+    <w:rsid w:val="00671775"/>
+    <w:rsid w:val="006A1484"/>
+    <w:rsid w:val="00725AE2"/>
+    <w:rsid w:val="00736D17"/>
+    <w:rsid w:val="008433DE"/>
+    <w:rsid w:val="008D33C1"/>
+    <w:rsid w:val="00A23C5F"/>
+    <w:rsid w:val="00AB304C"/>
+    <w:rsid w:val="00CC036E"/>
+    <w:rsid w:val="00D4273D"/>
+    <w:rsid w:val="00D748B4"/>
+    <w:rsid w:val="00D86C14"/>
+    <w:rsid w:val="00E44DA1"/>
+    <w:rsid w:val="00F00024"/>
+    <w:rsid w:val="00F012AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -4249,133 +1999,547 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD1A73"/>
+    <w:rsid w:val="00671775"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:rsid w:val="00FA40EC"/>
+    <w:rsid w:val="008433DE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:rsid w:val="00FA40EC"/>
+    <w:rsid w:val="008433DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008433DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D6E58"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F00024"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F00024"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00671775"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="008433DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008433DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008433DE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D6E58"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F00024"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F00024"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4409,84 +2573,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -4619,72 +2785,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>324</Words>
-  <Characters>1851</Characters>
+  <Words>323</Words>
+  <Characters>1847</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2171</CharactersWithSpaces>
+  <CharactersWithSpaces>2166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Искакова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>