--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1661 +1,314 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
-[...103 lines deleted...]
-    <w:p w:rsidR="006E3A8D" w:rsidRPr="006E3A8D" w:rsidRDefault="006E3A8D" w:rsidP="006E3A8D">
+    <w:p w:rsidR="006F47DC" w:rsidRPr="00A96720" w:rsidRDefault="006F47DC" w:rsidP="006F47DC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A96720">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орлова И.Ю.</w:t>
+        <w:t>Говоря о школьном питании , нельзя забывать о том, что речь идет в первую очередь  о здоровье детей. Еда, которую предлагают у нас вшколе  вкусная и полезная. Следует отметить, что медицинским работником школы Бастемиевой А.К. осуществляется постоянный контроль  за санитарным состоянием школьной столовой. Особое внимание уделяется учащимся , питающимся из фонда Всеобуча, детям предлагается первое, второе и третьи блюда.   Для  подогрева пищи, без потери вкусовых качеств используются мармиты, что свидетельствует о хорошем касчестве предлагаемого сервиса.  Арендатор столовой Жумабекова А.Т. уже не первый год тесно сотрудничает со школой  и хорошо знает  предпочетения мальчишек и девченок! </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E3A8D">
+      <w:r w:rsidRPr="00A96720">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
-[...448 lines deleted...]
-    <w:p w:rsidR="006E3A8D" w:rsidRPr="00A96720" w:rsidRDefault="00A96720" w:rsidP="006E3A8D">
+    <w:p w:rsidR="006F47DC" w:rsidRPr="006E3A8D" w:rsidRDefault="006F47DC" w:rsidP="006F47DC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A96720">
         <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орлова И.Ю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E3A8D">
+        <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96720" w:rsidRPr="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
+    <w:p w:rsidR="00946913" w:rsidRDefault="00946913"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:p w:rsidR="006F47DC" w:rsidRPr="00A96720" w:rsidRDefault="006F47DC" w:rsidP="006F47DC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A96720">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Школьная столовая  - является  местом , куда  обращено особое  внимание  администрации , медицинского работника школы.  На первом этаже в  школе  имеется стенд, где ежедневно родители могут озанкомиться с предлагаемым меню.  Следует отметить положительное мнение  о работе  школьной столовой членов Попечительского совета , а также  внимание  и  вежливое обращение работников столовой . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96720">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A96720" w:rsidRPr="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
+    <w:p w:rsidR="006F47DC" w:rsidRPr="00A96720" w:rsidRDefault="006F47DC" w:rsidP="006F47DC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A96720">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Член Попечительского совета </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A96720">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96720" w:rsidRPr="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
+    <w:p w:rsidR="006F47DC" w:rsidRPr="00A96720" w:rsidRDefault="006F47DC" w:rsidP="006F47DC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00A96720">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дукеев Е.Ж.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A96720">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96720" w:rsidRDefault="00A96720" w:rsidP="00A96720">
-[...844 lines deleted...]
-    <w:sectPr w:rsidR="00537EED" w:rsidRPr="00A96720" w:rsidSect="00537EED">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="006F47DC" w:rsidRDefault="006F47DC"/>
+    <w:sectPr w:rsidR="006F47DC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A96720"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F27199"/>
+    <w:rsidRoot w:val="00865843"/>
+    <w:rsid w:val="006F47DC"/>
+    <w:rsid w:val="00865843"/>
+    <w:rsid w:val="00946913"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1793,87 +446,83 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A96720"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2011,471 +660,77 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A96720"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A96720"/>
+    <w:rsid w:val="006F47DC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...387 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2515,84 +770,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2727,66 +984,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1101</Characters>
+  <Pages>2</Pages>
+  <Words>173</Words>
+  <Characters>991</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1292</CharactersWithSpaces>
+  <CharactersWithSpaces>1162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Админ</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user12</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>