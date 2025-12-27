--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,1836 +1,2479 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B22FCB" w:rsidRPr="009B2B36" w:rsidRDefault="00B22FCB" w:rsidP="009B2B36">
-[...14 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="009B2B36" w:rsidRDefault="009B2B36" w:rsidP="00CF2C0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+    <w:p w:rsidR="009B2B36" w:rsidRDefault="009B2B36" w:rsidP="00B22FCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Положение областной юниорской о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лимпиад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления и программированию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общая часть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Областная юниорская олимпиада по предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3AAD" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и программированию проводится в рамках </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализации Государственной программы развития образования Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан на 2011-2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>годы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. Настоящее Положение об областной юниорской олимпиаде по предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3AAD" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и программированию (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение) определяет порядок организации и проведения областной юниорской олимпиады по предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и программированию (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олимпиада) и её организационно-методическое обеспечение. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олимпиада проводится </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: математика, физика, биология, химия, география, информатика (программирование на компьютере по выбору на языках </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pascal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Free</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pascal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Delphi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Cu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>++ (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Dev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. Целью Олимпиады является совершенствование системы подготовки школьников к олимпиадам более высокого уровня и создание олимпийского резерва по предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и программированию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4. Задачи Олимпиады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- стимулирование интереса школьников к предметам естественно-математического </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выявление и развитие творческих способностей и интереса к научно-исследовательской деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- создание необходимых условий для поддержки одаренных детей, популяризация</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научных знаний среди </w:t>
+      </w:r>
+      <w:r w:rsidR="00F521F0" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>1. Жалпы бөлім</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок организации и проведения Олимпиады</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+    <w:p w:rsidR="00345564" w:rsidRPr="00A06AFC" w:rsidRDefault="00345564" w:rsidP="000D5FEB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">1.1. Жаратылыстану-математикалық бағыттағы жасөспірімдер облыстық олимпиадасы Қазақстан Республикасының 2011-2020 жылдары білім беру дамуына арналған Мемлекеттік бағдарламасын жүзеге асыру мақсатында өткізіледі. </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117CBD">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олимпиада проводится в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006450CF" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">трех </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лигах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лига для</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированных школ</w:t>
+      </w:r>
+      <w:r w:rsidR="006450CF" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лига для городских и</w:t>
+      </w:r>
+      <w:r w:rsidR="0016020E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лига для </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районных обще</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FEB" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательных школ области. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">1.2. Жаратылыстану-математикалық бағыттағы жасөспірімдер облыстық олимпиадасының Ережесі (ары қарай - Ереже) жаратылыстану-математикалық бағыттағы жасөспірімдер облыстық олимпиадасының (ары қарай - Олимпиада) ұйымдастыру тәртібі мен өткізуін, ұйымдастырушылық-әдістемелік жағынан қамтылуын белгілейді. Олимпиада жыл бойы келесі пәндер бойынша өткізіледі: математика, физика, биология, химия, география, информатика (компьютерде Pascal, Free Pascal, Delphi, Cu++ (Dev) тілдерінде бағдарламалау).  </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345564" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Олимпиада проводится в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тура: 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отборочный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F4371" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в письменн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>практический</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) – в устной форме.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адачи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 тура носят </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практически</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="00A06AFC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экспериментальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характер</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за исключением заданий по математике и программированию. </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решения задач сдаются членам жюри устно.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>По</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кажд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задач</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участник может сделать не более двух подходов.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5E88" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">1.3. Олимпиаданың мақсаты – мектеп оқушыларының жоғары деңгейдегі олимпиадаларға дайындық жүйесін жетілдіру мен жаратылыстану-математикалық бағыттағы және бағдарламалау пәндерден олимпиадалық қорын қалыптастыру.  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345564">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Продолжительность Олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– 4 астрономических часа</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по 2 часа на каждый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тур</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">1.4. Олимпиаданың міндеттері:  </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345564">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. К участию в практическом туре допускаются учащиеся, набравшие </w:t>
+      </w:r>
+      <w:r w:rsidR="004D74C5" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в отборочном туре </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6F31">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">более </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004D74C5" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>% от общего количества баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="004D74C5" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D74C5" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">- оқушылардың жаратылыстану-математикалық бағыттағы пәндеріне қызығушылығын ынталандыру; </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345564">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Во время Олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрещается использовать люб</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ые источники информации и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мобильные средства связи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">- ғылыми-зерттеушілік іс-әрекетке қызығушылықтары мен шығармашылық қабілеттерін анықтау мен дамыту; </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345564">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. За нарушение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правил</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участники удал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>яются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с Олимпиады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Организатор и жюри Олимпиады</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">ар арасында ғылыми білімді тарату; </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. Организатор</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олимпиады </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>явля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> региональный учебно-методический центр дополнительного образования «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ерт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">- жаратылыстану-математикалық бағыттағы пәндерді тереңдете оқытатын сыныптарды ұйымдастыруда өзара тәжірибе алмасу. </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Организатор в пределах своей компетенции: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B22FCB" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т сроки, порядок, место проведения Олимпиады</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формиру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т состав жюри из числа </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>преподавателей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вузов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителей специализированных школ для одаренных детей и общеобразовательных школ области</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF498C" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т список победителей и призеров. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F74BA" w:rsidRPr="005D6351" w:rsidRDefault="006F74BA" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. Жюри </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатыва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>задания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и критерии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценки</w:t>
+      </w:r>
+      <w:r w:rsidR="007804DA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...32 lines deleted...]
-        <w:t>Олимпиаданы ұйымдастыру мен өткізу тәртібі</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Участники Олимпиады</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00117CBD" w:rsidRPr="00A06AFC" w:rsidRDefault="00A06AFC" w:rsidP="00A06AFC">
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. В Олимпиаде на добровольной основе принимают участие </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6F76" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учащиеся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-8 классов специализированных </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и обще</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательных </w:t>
+      </w:r>
+      <w:r w:rsidR="006552AF" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школ </w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осваивающи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы среднего (полного) образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно установленной квоте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...48 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Подведение итогов Олимпиады</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...202 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. Участники Олимпиады получают сертификат. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D6351">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Победители и призеры награждаются дипломами І, ІІ, ІІІ степени. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683A52" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.3. Победители Олимпиады получают право участи</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еждународной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> олимпиаде имени К.И.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4371" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сатпаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, областном этапе республиканской олимпиады школьников п</w:t>
+      </w:r>
+      <w:r w:rsidR="006F74BA" w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о общеобразовательным предметам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007804DA" w:rsidRPr="005D6351">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007804DA" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="007804DA">
+    <w:p w:rsidR="00B22FCB" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="00B22FCB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Финансовое обеспечение Олимпиады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C155F" w:rsidRPr="005D6351" w:rsidRDefault="00B22FCB" w:rsidP="003F5E88">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...1059 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финансовое обеспечение Олимпиады осуществляется в рамках доступных финан</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005D6351">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">совых ресурсов. Взимание платы за участие в Олимпиаде не допускается. </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009B2B36" w:rsidSect="00B22FCB">
+    <w:sectPr w:rsidR="005C155F" w:rsidRPr="005D6351" w:rsidSect="00B22FCB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1859,52 +2502,52 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00681625"/>
     <w:rsid w:val="000D5FEB"/>
     <w:rsid w:val="00117CBD"/>
     <w:rsid w:val="0016020E"/>
     <w:rsid w:val="00345564"/>
     <w:rsid w:val="003F5E88"/>
     <w:rsid w:val="00421088"/>
     <w:rsid w:val="004D74C5"/>
     <w:rsid w:val="005301F7"/>
     <w:rsid w:val="005C155F"/>
     <w:rsid w:val="005D6351"/>
     <w:rsid w:val="005D7069"/>
     <w:rsid w:val="006450CF"/>
     <w:rsid w:val="006552AF"/>
     <w:rsid w:val="00681625"/>
     <w:rsid w:val="00683A52"/>
     <w:rsid w:val="006F74BA"/>
     <w:rsid w:val="007804DA"/>
     <w:rsid w:val="008A3AAD"/>
     <w:rsid w:val="009B2B36"/>
     <w:rsid w:val="009B6F76"/>
     <w:rsid w:val="009F4371"/>
     <w:rsid w:val="00A06AFC"/>
-    <w:rsid w:val="00A6595B"/>
     <w:rsid w:val="00B22FCB"/>
+    <w:rsid w:val="00CF2C0A"/>
     <w:rsid w:val="00DF498C"/>
     <w:rsid w:val="00F521F0"/>
     <w:rsid w:val="00FA6F31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2694,66 +3337,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3157</Characters>
+  <Pages>2</Pages>
+  <Words>548</Words>
+  <Characters>3124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3703</CharactersWithSpaces>
+  <CharactersWithSpaces>3665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>