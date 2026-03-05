--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -3,63 +3,62 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00957BB8" w:rsidRDefault="00957BB8" w:rsidP="005878B8">
+    <w:p w:rsidR="005878B8" w:rsidRDefault="003C6DCD" w:rsidP="005878B8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>ф</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="005878B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">«Мойылды аулының № 47 сәбилер бақшасы»  мемлекеттік қазыналық коммуналдық кәсіпорны </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="005878B8">
@@ -97,3610 +96,7054 @@
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="005878B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5007428" cy="2754085"/>
             <wp:effectExtent l="0" t="0" r="3175" b="8255"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://pavon.kz/cache/normal/media/img/gallery/source/3355/1450699574_IMG_7682.jpg"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Рисунок 2" descr="http://pavon.kz/cache/normal/media/img/gallery/source/3355/1450699574_IMG_7682.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5020980" cy="2761539"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="7087"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Басшы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Беспаева  Айман  Бейсемб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ашылу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2015 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылы 21 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орталық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жобалық қуаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , </w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15" w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«INDIGO:</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15" w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 120 бала</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B15" w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:trPr>
+          <w:trHeight w:val="399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балабақшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1262,80кв.м.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қабатты, типтік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="003C6DCD" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Балалар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>120  бала,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оның ішінде :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-2 жас  - 15 бала                                                                                2-3 жас  - 16 бала                                                                                   3-4 жас  - 18 бала                                                                                  4-5 жас  - 29  бала                                                                                  5-6 жас   -  27 бала                                                                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту тілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00840833">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6 топ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 105 бала </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ауысым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ауысым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="003C6DCD" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқу үрдісін цифрландыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="403"/>
+                <w:tab w:val="left" w:pos="579"/>
+                <w:tab w:val="left" w:pos="932"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғарыжылдамдықты  интернет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 40 Мб/сек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Codemonkey», «Python» бағдарламалармен қамтамасыз етілген);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="403"/>
+                <w:tab w:val="left" w:pos="579"/>
+                <w:tab w:val="left" w:pos="932"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacheroffice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 («Сма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>рт Павлодар» жүйесіне қосылған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балабақшаның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> материалдық базасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Топтар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұйқы бөлмелер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ән күй</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дене шынықтыру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы –біріктірілген </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бассейн- жоқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинет-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Логопед кабинет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дәрігерлікблок-2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интерактивтік тақта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психолог кабинеті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітап</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фонд:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бала әдебиеті,кітаптар -11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік әдебиеттер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004926E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 137</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Топтарға комплекті жиһаз </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004926E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұйқтау бөлмедегі комплекті жиһаз </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004926E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұмсақ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  инвентарь:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Төсек орын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кілем, кілемшелер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Негізгі құралдар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кір жуу машина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Су қайнату котел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үтіктеу тақта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>центрифуга-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">компьютер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кадрлық құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00615F73" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0017702C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогтарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ңжалпы саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0017702C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары біліммен – 12, оның ішінде мектепке дейінгі жоғары біліммен -1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Арнайы-орта – 4, оның ішінде мектепке дейінгі біліммен – 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00934426" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«1» -5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«2» -3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктіліксіз-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиешілердің жалпы саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары біліммен – 8, оның ішінде мектепке дейінгі жоғары біліммен -1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Арнайы-орта – 3, оның ішінде мектепке дейінгі біліммен – 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00934426" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«1» -4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«2» -3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктіліксіз-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>арды тамақтандыру туралы  мәлімет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9177и 10152  тенге </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:trPr>
+          <w:trHeight w:val="531"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балабақшаны </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаржыландыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2017-47043 т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018-45547 т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="008F5C2C" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2019-60454 т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="003C6DCD" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Балабақша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы мәлімет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балабақшаның приоритеттік бағыты: «Тіл танымдық»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмыс нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018 - 2019 у/г:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагогтар бойынша)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім басқармасының мадақтамалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Облыстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"ЕRTIS"телеарнасының веб- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайты "Бар әлемге бейбітшілік!" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқауы  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(мадақтама -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="008B1C8F" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="008B1C8F" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикалық оқытушылар сайысы  "Ұлағатты ұстаз"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (мадақтама -1) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еспуб.интел.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сайыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-нов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атор в дошкольном образований" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(мадақтамалар -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еспубликалық онлайн байқауы"Қазақтың қайсар ұлдары"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(мадақтамалар -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международный фестиваль "Лазурный берег"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (мадақтамалар - 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00C016C5" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Халықаралық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">турнир </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үркер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мадақтамалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00AD76C0" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Лучшая авторская разработка"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (дипломы -4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дистанционный проект для детей "Осенняя пора"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (дипломы -3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018 - 2019 у/г:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (тәрбиенушілер бойынша)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалаық:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық сайыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Папа,мама и я»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мадақтамалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Облыстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"ЕRTIS"телеарнасының веб- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайты "Бар әлемге бейбітшілік!" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқауы  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(мадақтамалар -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="008B1C8F" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еспубликалық онлайн байқауы"Қазақтың қайсар ұлдары"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00D03A95" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международный фестиваль "Лазурный берег"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (мадақтамалар -10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="008B1C8F" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Халықаралық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">турнир </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үркер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мадақтамалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дистанционный проект для детей "Осенняя пора"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мадақтамалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00F15567" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="003C6DCD" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="403"/>
+                <w:tab w:val="left" w:pos="579"/>
+                <w:tab w:val="left" w:pos="932"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Перспективті даму</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00C016C5" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="285"/>
+                <w:tab w:val="left" w:pos="462"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="502"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C016C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДҰ-да денсаулық сақтау кеңістігін кеңейту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="285"/>
+                <w:tab w:val="left" w:pos="462"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="502"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C016C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ектепке дейінгі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>түрлі жастағы  балалармен жұмыс жасауға арналған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C016C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдістемелік құралдар әзірлеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005878B8" w:rsidRPr="003C6DCD" w:rsidTr="00077266">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005878B8" w:rsidRPr="00936090" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2445" w:rsidRDefault="00EA2445">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное казенное коммунальное предприятие </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ело Мойылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5007428" cy="2754085"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="8255"/>
+            <wp:docPr id="2" name="Рисунок 1" descr="http://pavon.kz/cache/normal/media/img/gallery/source/3355/1450699574_IMG_7682.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Рисунок 2" descr="http://pavon.kz/cache/normal/media/img/gallery/source/3355/1450699574_IMG_7682.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5020980" cy="2761539"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="005878B8">
+    <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblW w:w="9924" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
-        <w:gridCol w:w="7087"/>
+        <w:gridCol w:w="3007"/>
+        <w:gridCol w:w="6917"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Басшы </w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000080"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>зы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Беспаева  Айман   Бейсембиновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Ашылу мерзімі</w:t>
+              <w:t>Дата открытия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> желтоқсан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2015 г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Мекенжайы</w:t>
+              <w:t xml:space="preserve">Адрес  ясли-сада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-              <w:t>1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Центральная 2/1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:t>Жобалық қуаты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Проектная мощность ясли-сада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002261DA" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Гос.заказ -</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>120 мест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, лимит по </w:t>
+            </w:r>
+            <w:r>
               <w:t>«INDIGO:</w:t>
             </w:r>
-            <w:r w:rsidR="008E2B15" w:rsidRPr="008E2B15">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы көлемі</w:t>
+              <w:t xml:space="preserve">Общая площадь  ясли-сада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1262,80кв.м.</w:t>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>қабатты, типтік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00957BB8" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> саны</w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контингент ясли-сада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...58 lines deleted...]
-                <w:sz w:val="28"/>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF1EC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Всего:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 105  детей , </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF1EC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>из них</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1-2 года - 15 детей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2-3 года - 16 детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3-4 года - 18 детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-5 лет  - 29  детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2B15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-6 лет  -  27 детей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00840833">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00C5791E">
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00840833">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : казахский ,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">: 105 бала </w:t>
+            <w:r w:rsidRPr="00840833">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6 групп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00840833">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  :  105 детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Ауысым</w:t>
+              <w:t>Сменность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002D2BF5" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ауысым</w:t>
+              <w:t xml:space="preserve">2 смены </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7.00-19.00ч</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00957BB8" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Оқу үрдісін цифрландыру</w:t>
+              <w:t>Цифровизация образовательного процесса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
                 <w:tab w:val="left" w:pos="579"/>
                 <w:tab w:val="left" w:pos="932"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Жоғарыжылдамдықты  интернет</w:t>
+              <w:t>Высокоскоростной интернет</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 40 Мб/сек;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>IT</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>кабинет</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с программным обечением </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Codemonkey</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, Python);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
                 <w:tab w:val="left" w:pos="579"/>
                 <w:tab w:val="left" w:pos="932"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Teacheroffice</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – 1 («Сма</w:t>
-[...8 lines deleted...]
-              <w:t>рт Павлодар» жүйесіне қосылған</w:t>
+              <w:t xml:space="preserve"> – 1 (с подключением в систему «Смарт Павлодар»);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> материалдық базасы</w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Материальная база ясли-сада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-6</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Группы-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-6</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Спальни-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> зал</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Музыкальный зал-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t xml:space="preserve"> Физкультурный зал -совмещен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> зал</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t xml:space="preserve"> Бассейн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методический кабинет-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кабинет-1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t xml:space="preserve"> Кабинет логопеда- 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- 1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t xml:space="preserve"> Медицинский блок-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Интерактивные доски-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-0</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Кабинет психолога -1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> -1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Книжный фонд:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> фонд:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>детская литература, учебники-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методическая литература - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 137</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Комлекты мебели для группы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>Комплекты мебели для спальни-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365953">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRPr="004926E7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Мягкий  инвентарь:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  инвентарь:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>постельное белье-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-200</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>ковры, ковровые изделия-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-34</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Основные средства:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>стиральная машина-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>котел для кипячения воды-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Гладильная доска - 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00365953" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - 1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00365953" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>центрифуга-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>центрифуга-1</w:t>
-[...26 lines deleted...]
-              <w:t>-4</w:t>
+              <w:t>компьютеры-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Кадрлық құрамы</w:t>
+              <w:t>Кадровый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9209B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состав </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00615F73" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...34 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00615F73" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00615F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00615F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...57 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее образование – 12, в том числе высшее дошкольное образование -1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00615F73" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Средне-специальное образование – 4, в том числе дошкольное образование – 2;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000B39F7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>По категориям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары-3</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>высшее-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«1» -5</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>первая-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«2» -3</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>вторая-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Біліктіліксіз-5</w:t>
-[...19 lines deleted...]
-              <w:t>Тәрбиешілердің жалпы саны</w:t>
+              <w:t>без категории-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00615F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Количество воспитателей</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> -11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...57 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее образование – 8, в том числе высшее дошкольное образование -1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00615F73" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Средне-специальное образование – 3, в том числе дошкольное образование – 2;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000B39F7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>По категориям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары-1</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Высшее-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«1» -4</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="000B39F7" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>первая-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="000B39F7" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«2» -3</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>вторая-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002D2BF5" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Біліктіліксіз-3</w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t>без категории-3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>арды тамақтандыру туралы  мәлімет</w:t>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ведения о питании ясли-сада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">9177и 10152  тенге </w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B39F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4-х разовое ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9177и 10152</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  тенге в месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...28 lines deleted...]
-              <w:t xml:space="preserve">қаржыландыру </w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Финансирование ясли-сада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2017-47043 т</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2018-45547 т</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005878B8" w:rsidRPr="008F5C2C" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008F5C2C" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2019-60454 т</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00957BB8" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> туралы мәлімет </w:t>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о саде </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Балабақшаның приоритеттік бағыты: «Тіл танымдық»</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+              <w:t>Приорететное направление сада: «Тіл танымдық»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00B9209B" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidTr="00077266">
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
-[...1133 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRPr="00B9209B" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
                 <w:tab w:val="left" w:pos="579"/>
                 <w:tab w:val="left" w:pos="932"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Перспективті даму</w:t>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты научных проектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="6917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005878B8" w:rsidRPr="00C016C5" w:rsidRDefault="005878B8" w:rsidP="00077266">
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018 - 2019 у/г:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по педагогам)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ской:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Грамота отдела образования -2 педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002261DA" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"ЕRTIS"телеарнасының веб- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайты "Бар әлемге бейбітшілік!" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқауы  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республиканский:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2BF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикалық оқытушылар сайысы  "Ұлағатты ұстаз"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (грамота -1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2BF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еспуб.интел.конкурс "Педагог-новатор в дошкольном образований" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еспубликалық онлайн байқауы"Қазақтың қайсар ұлдары"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Международный:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международный фестиваль "Лазурный берег"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Грамоты - 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008B1C8F" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> турнир</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Пони» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамоты-1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00AD76C0" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Лучшая авторская разработка"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (дипломы -4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дистанционный проект для детей "Осенняя пора"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (дипломы -3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018 - 2019 у/г:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по воспитаникам)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ской:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Папа,мама и я»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (грамота </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002261DA" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"ЕRTIS"телеарнасының веб- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сайты "Бар әлемге бейбітшілік!" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқауы  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002261DA" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республиканский:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еспубликалық онлайн байқауы"Қазақтың қайсар ұлдары"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамота -2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Международный:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международный фестиваль "Лазурный берег"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Грамоты -10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="008B1C8F" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> турнир</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Пони» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(грамоты-1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дистанционный проект для детей "Осенняя пора"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (дипломы -10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="002261DA" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidTr="00E958D4">
+        <w:trPr>
+          <w:trHeight w:val="1427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15567">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Перспективы развития</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6917" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="285"/>
                 <w:tab w:val="left" w:pos="462"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="502"/>
+              <w:ind w:firstLine="178"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C016C5">
-[...9 lines deleted...]
-          <w:p w:rsidR="005878B8" w:rsidRDefault="005878B8" w:rsidP="00077266">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Расширение здоровьесберегающего пространства в ДОУ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="285"/>
                 <w:tab w:val="left" w:pos="462"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="502"/>
+              <w:ind w:firstLine="178"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> М</w:t>
-[...67 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Разработка методических пособии для работы с дошкольниками разного возраста</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E2B15" w:rsidRPr="00F15567" w:rsidRDefault="008E2B15" w:rsidP="00E958D4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="285"/>
+                <w:tab w:val="left" w:pos="462"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15" w:rsidP="008E2B15"/>
+    <w:p w:rsidR="008E2B15" w:rsidRPr="008E2B15" w:rsidRDefault="008E2B15"/>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8" w:rsidP="00A317B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
           <w:tab w:val="left" w:pos="8205"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3764,51 +7207,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9640" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A317B8" w:rsidRPr="00957BB8" w:rsidTr="00E958D4">
+      <w:tr w:rsidR="00A317B8" w:rsidRPr="00A317B8" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A317B8" w:rsidRPr="00B9209B" w:rsidRDefault="00A317B8" w:rsidP="00E958D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8205"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C452B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -4096,51 +7539,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>аяқтады.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A317B8" w:rsidRPr="00957BB8" w:rsidTr="00E958D4">
+      <w:tr w:rsidR="00A317B8" w:rsidRPr="00A317B8" w:rsidTr="00E958D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00511A4F" w:rsidRDefault="00511A4F" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00A317B8" w:rsidRDefault="00A317B8" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
@@ -4644,61 +8087,52 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары еңбексуйгіштік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>алдына қойған міндеттерге шығармашылық көзқарас</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, пунктуа</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лдік</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0706">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A317B8" w:rsidRPr="00DD0706" w:rsidRDefault="00A317B8" w:rsidP="00E958D4">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -4977,64 +8411,52 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00752016">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00752016">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ело </w:t>
+        <w:t>ело Мойылды</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00752016">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A317B8" w:rsidRPr="00752016" w:rsidRDefault="00A317B8" w:rsidP="00A317B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5549,72 +8971,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">в ГККП </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>«Ясли-сад№</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
             <w:r w:rsidRPr="00407798">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -6031,72 +9433,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">методист в ГККП </w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>«Ясли-сад№</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 32</w:t>
             </w:r>
             <w:r w:rsidRPr="00407798">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00511A4F" w:rsidRPr="00511A4F" w:rsidRDefault="00511A4F" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6299,199 +9681,109 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Личные качества</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00407798">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ответсвенность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00407798">
+              <w:t>ответсвенность, целеустремленность,  коммуникаб</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>, целеустремленность,  коммуникаб</w:t>
-[...93 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">ельность, дисциплинарность, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высокая трудоспособность, обучаемость, пунктуальность</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A317B8" w:rsidRPr="00B9209B" w:rsidRDefault="00A317B8" w:rsidP="00E958D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Награждена</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>грамотами и благодарственными письмами различного уровня</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9209B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6648,53 +9940,53 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E2B15" w:rsidRDefault="008E2B15">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E2B15" w:rsidRPr="005878B8" w:rsidRDefault="008E2B15">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008E2B15" w:rsidRPr="005878B8" w:rsidSect="00957BB8">
+    <w:sectPr w:rsidR="008E2B15" w:rsidRPr="005878B8" w:rsidSect="00C918CA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
@@ -6860,91 +10152,88 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="87"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008D3D72"/>
     <w:rsid w:val="001B6B5E"/>
     <w:rsid w:val="003C6DCD"/>
     <w:rsid w:val="00511A4F"/>
     <w:rsid w:val="00581174"/>
     <w:rsid w:val="005878B8"/>
     <w:rsid w:val="006A0B53"/>
-    <w:rsid w:val="007844DB"/>
     <w:rsid w:val="008D3D72"/>
     <w:rsid w:val="008E2B15"/>
     <w:rsid w:val="00906133"/>
-    <w:rsid w:val="00957BB8"/>
     <w:rsid w:val="009617C5"/>
     <w:rsid w:val="00A317B8"/>
     <w:rsid w:val="00C02E81"/>
     <w:rsid w:val="00C5791E"/>
     <w:rsid w:val="00C918CA"/>
     <w:rsid w:val="00EA2445"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7724,66 +11013,66 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A25E37A-401F-4F5A-9DD8-8EE2EA42E4C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4845</Characters>
+  <Pages>11</Pages>
+  <Words>1337</Words>
+  <Characters>7625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5683</CharactersWithSpaces>
+  <CharactersWithSpaces>8945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>