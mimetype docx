--- v0 (2025-12-08)
+++ v1 (2026-01-16)
@@ -1,331 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00304A13" w:rsidRDefault="002178DD" w:rsidP="0054794F">
+    <w:p w:rsidR="0054794F" w:rsidRPr="001C7D2F" w:rsidRDefault="002178DD" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...10 lines deleted...]
-        <w:t>КЕЛІСІЛДІ</w:t>
+        <w:t xml:space="preserve">«СОГЛАСОВАНО»                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">»                                                  </w:t>
+        <w:t xml:space="preserve">   Директор КГКП                                                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">«Павлодарский областной центр                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         по профилактике и борьбе со СПИДом»                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
-      </w:r>
-[...182 lines deleted...]
-        <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0054794F" w:rsidRDefault="0054794F" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001C7D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>____________________Тентекпаев</w:t>
+        <w:t>Тентекпаев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ж.М.                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
@@ -343,73 +225,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«     »________________2019</w:t>
       </w:r>
       <w:r w:rsidR="0054794F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0054794F" w:rsidRPr="001C7D2F" w:rsidRDefault="0054794F" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A06834" w:rsidRDefault="00A06834" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -430,137 +290,137 @@
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...21 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>«УТВЕРЖДАЮ»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054794F" w:rsidRPr="007716D5" w:rsidRDefault="0054794F" w:rsidP="0054794F">
+    <w:p w:rsidR="0054794F" w:rsidRPr="001C7D2F" w:rsidRDefault="00C8073C" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C7D2F">
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> директорының м.а.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F" w:rsidRPr="001C7D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иректор</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F" w:rsidRPr="001C7D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СОШ №43</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002178DD" w:rsidRPr="001C7D2F" w:rsidRDefault="00B36490" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
@@ -662,71 +522,60 @@
         </w:rPr>
         <w:t xml:space="preserve">    »______________201</w:t>
       </w:r>
       <w:r w:rsidR="006C475A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="002178DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E17FFD">
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002178DD" w:rsidRPr="001C7D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A06834" w:rsidRPr="001C7D2F" w:rsidRDefault="00A06834" w:rsidP="0054794F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002178DD" w:rsidRDefault="002178DD" w:rsidP="0054794F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
@@ -783,2573 +632,1959 @@
     </w:p>
     <w:p w:rsidR="002178DD" w:rsidRDefault="002178DD" w:rsidP="002178DD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="5299"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E33765" w:rsidRDefault="00E33765" w:rsidP="002178DD">
+    <w:p w:rsidR="002178DD" w:rsidRPr="00625CFF" w:rsidRDefault="002178DD" w:rsidP="002178DD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00625CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...134 lines deleted...]
-        <w:t>ЖОСПАРЫ</w:t>
+        </w:rPr>
+        <w:t>ПЛАН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002178DD" w:rsidRPr="00625CFF" w:rsidRDefault="002178DD" w:rsidP="002178DD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации профилактических мероприятий по ВИЧ</w:t>
+      </w:r>
+      <w:r w:rsidR="0034058B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178DD" w:rsidRDefault="002178DD" w:rsidP="002178DD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="006C475A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+      <w:r w:rsidR="0054794F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002178DD" w:rsidRPr="00625CFF" w:rsidRDefault="002178DD" w:rsidP="002178DD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-998" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="821"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="898"/>
+        <w:gridCol w:w="5340"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0029335A" w:rsidRPr="00C8073C" w:rsidTr="00D90221">
-[...4 lines deleted...]
-          <w:p w:rsidR="002178DD" w:rsidRPr="00D90221" w:rsidRDefault="002178DD" w:rsidP="00421044">
+      <w:tr w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D90221">
+              <w:t>№п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00D90221">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00D90221">
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охрана репродуктивного здоровья девочек и мальчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="00FC2A7B" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...36 lines deleted...]
-              <w:t>Мерзімдері</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.11.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002178DD" w:rsidRPr="00D90221" w:rsidRDefault="00D90221" w:rsidP="00421044">
-[...209 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0054794F" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="0054794F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специалист ЦЗОЖ </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="00E568ED" w:rsidP="0054794F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Байгожина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029335A" w:rsidRPr="00C8073C" w:rsidTr="00D90221">
-[...2 lines deleted...]
-            <w:tcW w:w="822" w:type="dxa"/>
+      <w:tr w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5416" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00110A6B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Цикл классных часов </w:t>
+            </w:r>
+            <w:r w:rsidR="00110A6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>«Что я знаю о ВИЧ-е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...103 lines deleted...]
-              <w:t>і.</w:t>
+              <w:t>» с приглашением специалиста СПИД-центра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="0029335A" w:rsidP="00421044">
-[...22 lines deleted...]
-            <w:r w:rsidR="002178DD" w:rsidRPr="00C8073C">
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002178DD" w:rsidRPr="0029335A" w:rsidRDefault="002178DD" w:rsidP="0029335A">
-[...29 lines deleted...]
-              <w:t>сыныптар</w:t>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-11 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002178DD" w:rsidRDefault="0029335A" w:rsidP="00421044">
-[...20 lines deleted...]
-              <w:t>Сынып жетекшілер</w:t>
+          <w:p w:rsidR="002178DD" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
             <w:r w:rsidR="00142559">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-              <w:t>ЖИТС орталығының маманы</w:t>
+              <w:t>, специалист СПИД-центра</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00421044">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Турдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029335A" w:rsidRPr="00C8073C" w:rsidTr="00D90221">
-[...2 lines deleted...]
-            <w:tcW w:w="822" w:type="dxa"/>
+      <w:tr w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5416" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00E46A6B" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпуск стенгазет, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16BA7" w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>листовок о профилактике ВИЧ инфекции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00E46A6B" w:rsidRDefault="00A06834" w:rsidP="001852DD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001852DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="002178DD" w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.201</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20D8A" w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00E46A6B" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E46A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совет старшеклассников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00110A6B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информационно-просветительская работа. Раздача буклетов «Что необходимо знать о </w:t>
+            </w:r>
+            <w:r w:rsidR="00110A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ВИЧ-е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="001852DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26.11.2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002178DD" w:rsidRPr="00C8073C" w:rsidRDefault="002178DD" w:rsidP="00421044">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Координатор ЗОЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="005C3B3D" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C76FC">
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">АИТВ </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006A690C">
+              <w:t xml:space="preserve">Круглый стол с представителями школьного комитета. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұқпа </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000C76FC">
+              <w:t>Тема «ВИЧ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>профилактикасы туралы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008C76C5">
+              <w:t>: риск и защита»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="001852DD" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008C76C5" w:rsidRPr="000C76FC">
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="0099222D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>абырға газет</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008C76C5">
+              <w:t>.11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>т</w:t>
-[...35 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Книжная выставка «СПИД – это болезнь, которая распространяется»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002178DD" w:rsidRPr="00E46A6B" w:rsidRDefault="00A06834" w:rsidP="001852DD">
-[...43 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002178DD" w:rsidRPr="00E46A6B" w:rsidRDefault="00287586" w:rsidP="00287586">
+          <w:p w:rsidR="00F35AD1" w:rsidRDefault="00F35AD1" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...546 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Библиотекарь </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Шувалова Т.Ю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029335A" w:rsidRPr="00C8073C" w:rsidTr="00D90221">
-[...2 lines deleted...]
-            <w:tcW w:w="822" w:type="dxa"/>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5416" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ные часы «Пути передачи ВИЧ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="009C5A81" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00142559" w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.11.201</w:t>
+            </w:r>
+            <w:r w:rsidR="001852DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11 классы, координатор ЗОЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Флеш- моб посвященный к всемирному дню борьбы с ВИЧ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">раздача брошюр </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="001852DD" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АИТВ таралу жолдары</w:t>
-[...25 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>29.11.2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Координатор ЗОЖ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хореограф </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лекция «Половое созревание девочек» с приглашением врача-гинеколога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="009C5A81" w:rsidP="00142559">
-[...35 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00A358D2">
-[...390 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00E46A6B" w:rsidRDefault="00142559" w:rsidP="00142559">
-            <w:pPr>
-[...57 lines deleted...]
-          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Торопчанина</w:t>
+              <w:t>Мед.сестра</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Н.А.</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...137 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-              <w:t>сихолог</w:t>
+              </w:rPr>
+              <w:t>Торопчанина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.А.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Беседа</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Искусство быть здоровым» для 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-классников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB7EC8" w:rsidRPr="00C8073C" w:rsidRDefault="00CB7EC8" w:rsidP="00CB7EC8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школы</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00CB7EC8" w:rsidRDefault="00CB7EC8" w:rsidP="00CB7EC8">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тортопиди</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -3373,1212 +2608,1131 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Великая Т.Н.</w:t>
             </w:r>
             <w:r w:rsidR="00142559" w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029335A" w:rsidRPr="00C8073C" w:rsidTr="00D90221">
-[...2 lines deleted...]
-            <w:tcW w:w="822" w:type="dxa"/>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C8073C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5416" w:type="dxa"/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель самопознания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«В ладу с самим собой», «Жизнь –бесценный дар», «Любовь как высшая истина» для 9-классников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00CB7EC8" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель самопознания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...720 lines deleted...]
-              <w:t>сихолог</w:t>
+              </w:rPr>
+              <w:t>Каирбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.З.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="007A37A4" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00142559" w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родительское собрание «Умение жить среди людей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т.г</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35AD1" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8073C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Великая Т.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidTr="00E46A6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="00C8073C" w:rsidRDefault="007A37A4" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="000A227C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A227C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическая беседа с несовершеннолетними  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142559" w:rsidRPr="000A227C" w:rsidRDefault="00142559" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A227C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A227C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35AD1" w:rsidRDefault="003747A4" w:rsidP="00142559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A227C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог кризисного центра</w:t>
             </w:r>
             <w:r w:rsidR="00142559" w:rsidRPr="000A227C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00142559" w:rsidRPr="000A227C" w:rsidRDefault="00142559" w:rsidP="00142559">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000A227C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Небельцева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A227C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="000A227C" w:rsidRPr="000A227C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>А.А.</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0075098E" w:rsidRDefault="0075098E"/>
     <w:sectPr w:rsidR="0075098E" w:rsidSect="0054794F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00022FF" w:usb1="C000205B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F07AE"/>
-    <w:rsid w:val="00094D8E"/>
     <w:rsid w:val="000A227C"/>
-    <w:rsid w:val="000C76FC"/>
     <w:rsid w:val="00110A6B"/>
     <w:rsid w:val="00142559"/>
     <w:rsid w:val="001852DD"/>
-    <w:rsid w:val="00213BA6"/>
     <w:rsid w:val="002178DD"/>
-    <w:rsid w:val="00252C13"/>
     <w:rsid w:val="00273187"/>
-    <w:rsid w:val="00287586"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00304A13"/>
     <w:rsid w:val="0034058B"/>
-    <w:rsid w:val="003459D4"/>
-    <w:rsid w:val="003670FF"/>
     <w:rsid w:val="003747A4"/>
-    <w:rsid w:val="003C1DE5"/>
     <w:rsid w:val="003F7F9B"/>
-    <w:rsid w:val="004B62DA"/>
-    <w:rsid w:val="00517898"/>
     <w:rsid w:val="0054794F"/>
     <w:rsid w:val="005912C5"/>
-    <w:rsid w:val="005A6DAD"/>
     <w:rsid w:val="005C3B3D"/>
-    <w:rsid w:val="005C5C66"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006A690C"/>
     <w:rsid w:val="006C475A"/>
     <w:rsid w:val="006C5466"/>
     <w:rsid w:val="0075098E"/>
     <w:rsid w:val="00763B18"/>
-    <w:rsid w:val="007716D5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00785E57"/>
     <w:rsid w:val="007A37A4"/>
     <w:rsid w:val="007E6E80"/>
-    <w:rsid w:val="008C76C5"/>
     <w:rsid w:val="008F07AE"/>
-    <w:rsid w:val="00901E8D"/>
     <w:rsid w:val="00955D4F"/>
     <w:rsid w:val="0099222D"/>
-    <w:rsid w:val="0099446E"/>
     <w:rsid w:val="009C5A81"/>
     <w:rsid w:val="00A06834"/>
-    <w:rsid w:val="00A12644"/>
     <w:rsid w:val="00A20D8A"/>
-    <w:rsid w:val="00A358D2"/>
     <w:rsid w:val="00A35FE5"/>
-    <w:rsid w:val="00A82448"/>
     <w:rsid w:val="00AC268F"/>
-    <w:rsid w:val="00AD1691"/>
     <w:rsid w:val="00B16BA7"/>
     <w:rsid w:val="00B36490"/>
-    <w:rsid w:val="00B91E85"/>
     <w:rsid w:val="00C8073C"/>
     <w:rsid w:val="00CB1550"/>
     <w:rsid w:val="00CB7EC8"/>
     <w:rsid w:val="00D655DC"/>
-    <w:rsid w:val="00D6659B"/>
     <w:rsid w:val="00D710FB"/>
-    <w:rsid w:val="00D90221"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E33765"/>
     <w:rsid w:val="00E46A6B"/>
     <w:rsid w:val="00E568ED"/>
     <w:rsid w:val="00F35AD1"/>
-    <w:rsid w:val="00F91574"/>
     <w:rsid w:val="00FC2A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1FE5EFDF-BEA2-4FA7-8818-026B15932D9D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002178DD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002178DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -4622,51 +3776,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0054794F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4676,86 +3830,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -4888,81 +4042,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>344</Words>
-  <Characters>1967</Characters>
+  <Words>335</Words>
+  <Characters>1914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2307</CharactersWithSpaces>
+  <CharactersWithSpaces>2245</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RePack by Diakov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>