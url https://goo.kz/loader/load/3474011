--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,4540 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005856C8" w:rsidRDefault="005856C8" w:rsidP="00B615E3">
-[...13 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+    <w:p w:rsidR="008B7093" w:rsidRDefault="008B7093" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0072BC"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4450 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0072BC"/>
@@ -7324,50 +2846,51 @@
     <w:rsid w:val="005564F6"/>
     <w:rsid w:val="0057300B"/>
     <w:rsid w:val="005856C8"/>
     <w:rsid w:val="00596EE0"/>
     <w:rsid w:val="005B4F55"/>
     <w:rsid w:val="006362A2"/>
     <w:rsid w:val="00650E65"/>
     <w:rsid w:val="0069429B"/>
     <w:rsid w:val="00695BB6"/>
     <w:rsid w:val="006D49D3"/>
     <w:rsid w:val="006E0D22"/>
     <w:rsid w:val="00706FB5"/>
     <w:rsid w:val="00724717"/>
     <w:rsid w:val="00726248"/>
     <w:rsid w:val="00750A5A"/>
     <w:rsid w:val="00761F6D"/>
     <w:rsid w:val="00785DD2"/>
     <w:rsid w:val="00786B03"/>
     <w:rsid w:val="00794029"/>
     <w:rsid w:val="007B1D6D"/>
     <w:rsid w:val="007C09A5"/>
     <w:rsid w:val="007D4CFA"/>
     <w:rsid w:val="007D6347"/>
     <w:rsid w:val="00845AA7"/>
     <w:rsid w:val="008678D9"/>
+    <w:rsid w:val="008B7093"/>
     <w:rsid w:val="008C05F2"/>
     <w:rsid w:val="00933B8D"/>
     <w:rsid w:val="00937D2D"/>
     <w:rsid w:val="009735D4"/>
     <w:rsid w:val="009A5008"/>
     <w:rsid w:val="009E0FF0"/>
     <w:rsid w:val="009F4599"/>
     <w:rsid w:val="00A07E75"/>
     <w:rsid w:val="00A1164D"/>
     <w:rsid w:val="00A15D25"/>
     <w:rsid w:val="00A16A5C"/>
     <w:rsid w:val="00A61457"/>
     <w:rsid w:val="00AC3FD1"/>
     <w:rsid w:val="00AC6CC7"/>
     <w:rsid w:val="00AE12A0"/>
     <w:rsid w:val="00B46BCC"/>
     <w:rsid w:val="00B615E3"/>
     <w:rsid w:val="00BE4EEC"/>
     <w:rsid w:val="00BE7888"/>
     <w:rsid w:val="00BF7DE7"/>
     <w:rsid w:val="00C04F1D"/>
     <w:rsid w:val="00C36D43"/>
     <w:rsid w:val="00C82364"/>
     <w:rsid w:val="00C8273A"/>
     <w:rsid w:val="00CA05D2"/>
@@ -8284,66 +3807,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5833</Characters>
+  <Pages>1</Pages>
+  <Words>181</Words>
+  <Characters>1036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6843</CharactersWithSpaces>
+  <CharactersWithSpaces>1215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>meyram</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>