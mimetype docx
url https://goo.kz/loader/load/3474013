--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -14,1955 +14,1017 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="005856C8" w:rsidRDefault="005856C8" w:rsidP="00B615E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0072BC"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Тьютор</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidTr="007A252B">
+      <w:tr w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidTr="00D02F13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="007A252B">
+          <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="00D02F13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005856C8" w:rsidRPr="003E1067" w:rsidRDefault="003E1067" w:rsidP="005856C8">
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="002F374A" w:rsidRDefault="002F374A" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Характеристики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Виды труда: Управление / Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="002F374A" w:rsidRDefault="002F374A" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Проф. направленность: человек - человек </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сферы деятельности: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005856C8" w:rsidRPr="00B615E3">
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005856C8" w:rsidRPr="00B615E3">
+        </w:rPr>
+        <w:t>Управление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> / </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="002F374A" w:rsidRDefault="002F374A" w:rsidP="005856C8">
+        <w:t>/ Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сферы труда: Человек / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00F3010B" w:rsidRDefault="00F3010B" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Человек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="004A66E4" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00F83A59" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="005856C8" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="000001FE" w:rsidRPr="000001FE">
-[...62 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00761F6D" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      <w:r w:rsidRPr="005856C8">
+        <w:t>сопровождение (в образовательном пространстве) лиц (учащихся) разных возрастов и на разных ступенях образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="005856C8" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...160 lines deleted...]
-    <w:p w:rsidR="00296AE7" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      </w:pPr>
+      <w:r w:rsidRPr="005856C8">
+        <w:t>- обеспечение построения и реализации индивидуальной программы образования (развития) (в том числе: адаптированная образовательная программа, ИПР, программы творческого развития, программы дополнительного образования (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t>общеразвивающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t>предпрофессиональные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t>), программа реабилитации, программа социальной адаптации, программа профориентации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="005856C8" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00534995" w:rsidRDefault="00534995" w:rsidP="005856C8">
+      </w:pPr>
+      <w:r w:rsidRPr="005856C8">
+        <w:t xml:space="preserve">- создание условий для успешного обучения, социализации при </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t>максимальном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005856C8">
+        <w:t xml:space="preserve"> раскрытие потенциала личности, потребности личности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009E0FF0" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00785DD2">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00785DD2">
-[...24 lines deleted...]
-    <w:p w:rsidR="00750A5A" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      <w:r>
+        <w:t xml:space="preserve">  современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>компетентностного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> подхода;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00785DD2">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00785DD2">
-[...18 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00296AE7" w:rsidRDefault="00750A5A" w:rsidP="005856C8">
+      <w:r>
+        <w:t xml:space="preserve">  методы установления контактов с обучающимися разного возраста и их родителями (лицами, их заменяющими), коллегами по работе, убеждения, аргументации своей позиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="005856C8" w:rsidRPr="00296AE7">
-[...10 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...53 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00290C80" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+        <w:t xml:space="preserve">  технологии диагностики причин конфликтных ситуаций, их профилактики и разрешения; основы экологии, экономики, права, социологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00290C80">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00290C80">
-[...18 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B46BCC" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      <w:r>
+        <w:t xml:space="preserve">  организацию финансово-хозяйственной деятельности  образовательного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B46BCC">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00B46BCC">
-[...30 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B46BCC" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      <w:r>
+        <w:t xml:space="preserve">  административное, трудовое законодательство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B46BCC">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00B46BCC">
-[...90 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B46BCC" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+      <w:r>
+        <w:t xml:space="preserve">  основы работы с текстовыми редакторами, электронными таблицами, электронной почтой и браузерами, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мультимедийным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> оборудованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B46BCC">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hAnsi="Symbol"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00B46BCC">
-[...30 lines deleted...]
-    <w:p w:rsidR="00A07E75" w:rsidRDefault="00534995" w:rsidP="00A07E75">
+      <w:r>
+        <w:t xml:space="preserve">  правила внутреннего трудового распорядка образовательного учреждения; правила по охране труда и пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00650E65">
+        </w:rPr>
+        <w:t>Профессионально важные качеств</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A07E75" w:rsidRPr="00A07E75" w:rsidRDefault="00170842" w:rsidP="00A07E75">
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00A07E75" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
-      <w:r w:rsidR="00A07E75" w:rsidRPr="00A07E75">
+      <w:r w:rsidRPr="00A07E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>изиология</w:t>
-[...78 lines deleted...]
-    <w:p w:rsidR="00A07E75" w:rsidRPr="00A07E75" w:rsidRDefault="009F4599" w:rsidP="00A07E75">
+        <w:t>изиологическая, психологическая, социальная, нравственная зрелость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00A07E75" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A07E75" w:rsidRPr="00A07E75">
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A07E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...78 lines deleted...]
-    <w:p w:rsidR="00A07E75" w:rsidRPr="00A07E75" w:rsidRDefault="00170842" w:rsidP="00A07E75">
+        <w:t>изненный опыт (бытовой, профессиональный, социальный, учебный);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00A07E75" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF6E57">
-[...7 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00A07E75" w:rsidRDefault="005856C8" w:rsidP="00A07E75">
+      <w:r w:rsidRPr="00A07E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Внимательност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A07E75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00A07E75" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+        <w:t xml:space="preserve"> Ответственность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="00FD3750" w:rsidP="005856C8">
+        <w:t xml:space="preserve"> Медицинские противопоказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="00FD3750" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>нервные и психические заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00170842" w:rsidRDefault="001B2AFD" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>выраженные нарушения зрения и слуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00170842" w:rsidRPr="00170842" w:rsidRDefault="00170842" w:rsidP="00170842">
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00170842" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00170842">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Кар</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00170842" w:rsidRDefault="001B2AFD" w:rsidP="005856C8">
+        <w:t>КарГТУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00170842" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+        </w:rPr>
+        <w:t>Родственные профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Психолог, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B2AFD">
+        <w:t>Психолог, социальный педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005856C8" w:rsidRPr="00B615E3" w:rsidRDefault="005856C8" w:rsidP="005856C8">
+    <w:p w:rsidR="002F374A" w:rsidRPr="00B615E3" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005856C8" w:rsidRDefault="005856C8" w:rsidP="00B615E3">
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005856C8" w:rsidRDefault="005856C8" w:rsidP="00B615E3">
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C04F1D" w:rsidRDefault="00C04F1D" w:rsidP="005564F6">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0072BC"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0072BC"/>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="006E0D22" w:rsidSect="00AC3FD1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F374A" w:rsidRDefault="002F374A" w:rsidP="002F374A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002F374A" w:rsidSect="00AC3FD1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3533,50 +2595,51 @@
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="000533BC"/>
     <w:rsid w:val="000001FE"/>
     <w:rsid w:val="0000356B"/>
     <w:rsid w:val="000533BC"/>
     <w:rsid w:val="000718AC"/>
     <w:rsid w:val="00136F15"/>
     <w:rsid w:val="00166830"/>
     <w:rsid w:val="00170842"/>
+    <w:rsid w:val="001A3230"/>
     <w:rsid w:val="001A6C30"/>
     <w:rsid w:val="001A718A"/>
     <w:rsid w:val="001B2AFD"/>
     <w:rsid w:val="0024483E"/>
     <w:rsid w:val="00247D0A"/>
     <w:rsid w:val="00282A0E"/>
     <w:rsid w:val="00290C80"/>
     <w:rsid w:val="00296AE7"/>
     <w:rsid w:val="002C56E1"/>
     <w:rsid w:val="002F374A"/>
     <w:rsid w:val="00337331"/>
     <w:rsid w:val="003B37C0"/>
     <w:rsid w:val="003E1067"/>
     <w:rsid w:val="003E6BA2"/>
     <w:rsid w:val="004127D3"/>
     <w:rsid w:val="00422540"/>
     <w:rsid w:val="004A66E4"/>
     <w:rsid w:val="004B3FD2"/>
     <w:rsid w:val="004C7903"/>
     <w:rsid w:val="004D224F"/>
     <w:rsid w:val="00534995"/>
     <w:rsid w:val="005552A2"/>
     <w:rsid w:val="005564F6"/>
     <w:rsid w:val="005856C8"/>
     <w:rsid w:val="00596EE0"/>
@@ -4540,65 +3603,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>369</Words>
-  <Characters>2107</Characters>
+  <Words>302</Words>
+  <Characters>1725</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2472</CharactersWithSpaces>
+  <CharactersWithSpaces>2023</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>meyram</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>