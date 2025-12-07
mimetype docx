--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,41965 +1,37426 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="001145D9">
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00F03DA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="001145D9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарындағы «Заманауи Қазақстан. Елбасының көшбасшылығы туралы» тақырыбында өткізілетін 1-4-сыныптарға арналған Жалпыреспубликалық ашық сабақтың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00F03DA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="001145D9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТҰЖЫРЫМДАМАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00F03DA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...232 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіз Қазақстанның тарихы Ұлттың көшбасшысы – Нұрсұлтан Әбішұлы Назарбаевтың есімімен тығыз байланысты. Патриоттық сезімді тәрбиелеудің жарқын бейнесі Қазақстан Республикасы Тұңғыш Президентінің өмірі мен қызметі болып табылады.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еліміздің Тұңғыш Президенті күніне арналған мерекеде мұғалімдерге «Заманауи Қазақстан. Елбасының көшбасшылығы туралы» атты ортақ тақырыпта сабақ өткізу ұсынылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Намечается р</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">Бастауыш сынып оқушыларының тұлғалық қасиеттерін білім алушыларға «қазақстандық патриотизм және азаматтық жауапкершілік», «құрмет», «ынтымақтастық», «еңбек және шығармашылық», «ашықтық», «өмір бойы білім алу» базалық құндылықтарын дарыту арқылы бірлікте дамыту көзделіп отыр. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> обучающихся начальных классов</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ем</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">Бұл құндылықтар біздің балаларымыздың мінез-құлқы мен күнделікті </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA30CD" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>обучающимся</w:t>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>наших детей</w:t>
-[...173 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>іс-әрекетін ынталандыратын тұрақты жеке бағдарға айналуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіз Қазақстанның қалыптасуындағы Тұңғыш Президент – Елбасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...247 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">Н.Ә. Назарбаевтың еңбегінің маңызын ашу; балалардың ой-өрісін кеңейту, ойлау қабілетін дамыту; еліміздің Тұңғыш Президентіне деген мақтаныш сезімін, патриотизмді, Отанға деген сүйіспеншілікке тәрбиелеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- балаларды Ұлт Көшбасшысы Нұрсұлтан Әбішұлы Назарбаевтың өмірімен және еңбек жолымен таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Нұрсұлтан Әбішұлы Назарбаевтың өмірі мен еңбек жолы  арқылы өз елінің тарихы мен мәдениетін құрметтейтін, белсенді, шығармашыл, мақсаты айқын, ізгілікті тұлғаны тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ҚР Тұңғыш Президентінің өмірі мен еңбек жолы туралы түсінігін кеңейту, танымдық қызығушылықтарын дамыту.        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Тұңғыш Президентінің балалық шағы, Тәуелсіз Қазақстанның символы – Нұр-Сұлтан қаласы, Қазақстанның әр азаматының мақтанышы туралы айту ұсынылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-        <w:rPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>При разработке урока или мероприятий педагоги должны выработать четкое содержание, форму и методическое решение проведения мероприятий, посвященных празднованию Дня Первого Президента.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">Іс-шараларды әзірлеу кезінде педагогтер Тұңғыш Президент күнін мерекелеуге арналған сабақты немесе іс-шараларды өткізудің нақты мазмұнын, нысанын және әдістемелік шешімін әзірлеуі тиіс.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-        <w:rPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Формы и средства работы с обучающимися должны быть разнообразными, главное, интересными и впечатляющими, способствовать формированию гражданственности и казахстанского патриотизма, лидерских качеств, соответствовать возрасту детей.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">Білім алушылармен жұмыс жасау түрлері мен құралдары әртүрлі, ең бастысы қызықты және әсерлі болуы, азаматтық пен қазақстандық патриотизмді, көшбасшылық қасиеттерді қалыптастыруға ықпал етуі, балалардың жасына сәйкес келуі тиіс.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күтілетін нәтижелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- тәуелсіз еліміздің дамуы мен қалыптасуы бастау алған тарихи оқиғаларды  білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">-туған елінің тарихына деген қызығушылығын ояту, дүниетанымын кеңейту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Ұлт Көшбасшысы – Елбасы Н.Ә. Назарбаевтың тәуелсіз еліміздің дамуына қосқан баға жетпес үлесін білу, патриоттық, Отанға деген мақтаныш сезімін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...39 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Отанға деген сүйіспеншілікке тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тақырып:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Заманауи Қазақстан. Елбасының көшбасшылығы туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу уақыты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Елбасының көшбасшылығы туралы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>29 қараша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күні білім беру ұйымдарының бастауыш білім беру  деңгейінде бір мезгілде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ашық сабаққа еліміздің жалпы білім беретін мектептері 1-4-сыныптарының  білім алушылары қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шақырылатын қонақтар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шақырылған қонақтар өңірлердің белгілі қоғам қайраткерлері болуы мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақтың мақсаты: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушыларды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұңғыш Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасы Н.Ә. Назарбаевтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшбасшылық қасиеттерімен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өмірімен таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Ұлт Көшбасшысын мақтан етуге, патриотизмге, Отанды сүюге тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушылардың коммуникативтік дағдыларын, ойлау қабілеттерін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақтың міндеттері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушылардың бойында қазақстандық патриотизмді, бейбітшілікті, ұлттық келісімді қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- танымдық қабілеттерін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өз еліне деген сүйіспеншілік, мақтаныш сезімін тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақтың өткізілуі туралы ақпаратты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік желілерде, мектептердің сайттарында орналастыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ашық сабақ жоспарланғанға дейін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оның өткізілу түрлерін анықтау (қосымшаны қараңыз); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- топтарға алдын ала тапсырмалар беру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ресурстарды дайындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- фильмдер көру және т.б. ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақтың құрылымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...634 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>об</w:t>
-[...122 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">Кіріспе. Ауызша ойлар «Ел Президенті – ол...». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...66 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Сабақтың тақырыбын ашу. Қосымша сұрақтардың көмегімен оқу іс-әрекетін белсендіру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...251 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Еліміздің Тұңғыш Президенті туралы бейнефильм көру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Структура урока:</w:t>
-[...44 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">4. Блиц-сауалнама сұрақтары немесе жауаптарды сәйкестендіруге арналған тапсырмалар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Раскрытие темы урока. Активизация учебной деятельности с помощью дополнительных вопросов.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003F0128" w:rsidP="003D296E">
+        <w:t>5. Президент қандай болуы керек? Тұлғалық қасиеттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. Просмотр видеофильма о П</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t>6. Рефлексия «Егер мен Президент болсам ...».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...90 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Приложение 1</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">1-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
-[...703 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын тақырыптары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Нұрсұлтан Әбішұлы Назарбаев – Қазақстан Республикасының Тұңғыш Президенті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. «Мен – өз елімнің патриотымын!» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Елбасындай болғым келеді!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Н. Назарбаевтың басты еңбектері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Бір шаңырақ астында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Тәуелсіз Қазақстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Н.Назарбаев – Ұлт Көшбасшысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Қазақстан халқы ассамблеясы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Ел қамқоры – Елбасы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Елін сүйген Елбасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                                                                                 </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+        <w:t xml:space="preserve">                                                                                            2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын іс-шаралардың түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «ҚР Тұңғыш Президенті» мәнерлеп оқу сайысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тұңғыш Президент – Елбасы фотосуреттерінен көрме ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. «Менің Елбасым» бейнероликтері байқауы (4-сынып). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Эссе "Елін сүйген Елбасы" (3-4-сыныптар).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мұражайға саяхат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. ҚР Тұңғыш Президент күні ерекше көзге түскен оқушыларды «Жас ұлан», «Жас қыран» қатарына қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Тақырыптық «қабырға газеті» байқауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Сурет көрмесі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. «Қазақстан халқы ассамблеясы – Елбасы қолдауымен» фестивалі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...205 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00370DB7">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын ресурстар:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5135F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D296E" w:rsidRPr="00AF4B98" w:rsidRDefault="003D296E" w:rsidP="003D296E">
-[...599 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Назарбаевтай болғым келеді. Президенттің балалық шағы туралы әңгімелер. - Алматыкітап баспасы, 2018 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Менің Отаным – Қазақстан. Бірінші сынып оқушысына Қазақстан Республикасының Президенті Нұрсұлтан Әбішұлы Назарбаевтан сыйлық. – Көкжиек-Горизонт баспасы, 2015 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Ұлы адам туралы ұлағатты кітап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. «Көшбасшы жолы» көркем фильмі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. «Ат үстіндегі ғұмыр» деректі фильмі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00370DB7" w:rsidRPr="009216DB" w:rsidRDefault="00370DB7" w:rsidP="00031D31">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. «Балалық шағымның аспаны» көркем фильмі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00122DFF" w:rsidRPr="009216DB" w:rsidRDefault="00122DFF" w:rsidP="00122DFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00122DFF" w:rsidRPr="009216DB" w:rsidRDefault="00122DFF" w:rsidP="00122DFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="00DD6190" w:rsidP="00352C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="006F0124" w:rsidP="0067295D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Приложение 3</w:t>
-[...455 lines deleted...]
-        <w:t>содержание</w:t>
+        <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="675"/>
         <w:gridCol w:w="8220"/>
         <w:gridCol w:w="959"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00384F62">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00384F62">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 1</w:t>
+              <w:t>1-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00C74521">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Трудолюбивый Султан»...................................................................</w:t>
+              <w:t>«Еңбексүйгіш Сұлтан»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .......................................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="007B5833">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="007B5833">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 2</w:t>
+              <w:t>2-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="005D4B69">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Мечты сбываются»............................................................................</w:t>
+              <w:t>«Армандар орындалады»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>...................................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 3</w:t>
+              <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
+            </w:r>
+            <w:r w:rsidR="00384F62" w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00EF10D7">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Мир держится на ласке мамы»</w:t>
+              <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00EF10D7" w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ......................................................</w:t>
+              <w:t>Ананың аялы алақаны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ..............</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0F57" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>............</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>........................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 4</w:t>
+              <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Портрет Лидера нации – Н.А. Назарбаева»............. ....................</w:t>
+              <w:t>-кейс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ұлт көшбасшысы – Н.Ә. Назарбаевтың портреті»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ....................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 5</w:t>
+              <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Быть Президентом – это ...» ...........................................................</w:t>
+              <w:t>-кейс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00CA4911">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Президент</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4911" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4911" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бұл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ...»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .....................</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4911" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.......</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>......................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 6</w:t>
+              <w:t>6</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ...................</w:t>
+              <w:t>-кейс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00EB253B">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB253B" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасыны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00EB253B" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ң Т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00EB253B" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұңғыш Президенті күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>..........</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
-[...41 lines deleted...]
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+          </w:p>
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 7</w:t>
-[...7 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Национальная валюта  Казахстана»</w:t>
+              <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4B98">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="0041281A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="0041281A" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстанның ұлттық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>валюта</w:t>
+            </w:r>
+            <w:r w:rsidR="0041281A" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  ............................................</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0041281A" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.......................</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA02A3" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.....................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 8</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00BA02A3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Рождение одного лидера»</w:t>
+              <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidR="00BA02A3" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көшбасшы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  ...............................................................</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA02A3" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>..........</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>...............................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9</w:t>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00F6676D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .......................................</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6676D" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н.Назарбаев және «Байқоңыр» космодромы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6676D" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>..........................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 10</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ...................................</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00715C78" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н.А.Назарбаевтың ақындық қыры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .................</w:t>
+            </w:r>
+            <w:r w:rsidR="00715C78" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>..........</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>..................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="004559B9">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="004559B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C43188" w:rsidRPr="009216DB" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00505567" w:rsidP="00491D9C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 11</w:t>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD24C0" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кейс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00FB74CC">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="004A538F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>............................</w:t>
+              <w:t xml:space="preserve">«Жас Қыран» </w:t>
+            </w:r>
+            <w:r w:rsidR="004A538F" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірыңғай балалар мен жасөспірімдер ұйымына» қабылдану рәсіміне арналған салтанатты жиын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43188" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ...........</w:t>
+            </w:r>
+            <w:r w:rsidR="004A538F" w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>............</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="00384F62" w:rsidRPr="009216DB" w:rsidRDefault="00384F62" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00517285">
+          <w:p w:rsidR="007262FE" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00AF4B98">
+          <w:p w:rsidR="00221FD0" w:rsidRPr="009216DB" w:rsidRDefault="007262FE" w:rsidP="00687D89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00687D89" w:rsidRPr="00687D89" w:rsidTr="00687D89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8220" w:type="dxa"/>
+            <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00AF4B98">
+          <w:p w:rsidR="00687D89" w:rsidRPr="009216DB" w:rsidRDefault="00687D89" w:rsidP="00491D9C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8222" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00687D89" w:rsidRPr="004C48DB" w:rsidRDefault="00687D89" w:rsidP="00687D89">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C48DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C48DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-кейс </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00687D89" w:rsidRPr="009216DB" w:rsidRDefault="00687D89" w:rsidP="00687D89">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C48DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«1-желтоқсан— Қазақстан Республикасының Тұңғыш Президентінің күні»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .....................................................................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00687D89" w:rsidRDefault="00687D89" w:rsidP="00491D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+          </w:p>
+          <w:p w:rsidR="00687D89" w:rsidRDefault="00687D89" w:rsidP="00491D9C">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кейс 12</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00AF4B98">
+          <w:p w:rsidR="00687D89" w:rsidRPr="009216DB" w:rsidRDefault="00687D89" w:rsidP="00491D9C">
             <w:pPr>
-              <w:widowControl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>............................................................................................</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00AF4B98">
-[...113 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A069F5" w:rsidRPr="00AF4B98" w:rsidRDefault="00A069F5" w:rsidP="00A069F5">
-[...16 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00221FD0" w:rsidRPr="00221FD0" w:rsidRDefault="00221FD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="00AF4B98">
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="009216DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Кейс 1</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="00AF4B98">
+        <w:t>1-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="009216DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...11 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Еңбексүйгіш Сұлтан»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...12 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- воспитывать у учащихся любовь к труду и честности;</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>- бала Сұлтанның жағымды қасиеттерін  ашу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- развивать нравственные ценности у учащихся.</w:t>
-[...51 lines deleted...]
-      <w:pPr>
+        <w:t>- оқушыларды еңбексүйгіштік пен адалдыққа тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>- оқушылардың адами құндылық қасиеттерін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу түрі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интерактивті әңгіме </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Необходимые средства и литературы: </w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. Зинькович Н.А. «Быть таким, как Назарбаев! Рассказы для детей о детстве Президента» Алматы: Алматыкітап баспасы, 2018, 78-80 стр</w:t>
-[...54 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="005F53AB" w:rsidP="001D1324">
+        <w:t>Қажет құрал-жабдықтар мен әдебиеттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зинькович Н.А. «Назарбаевтай болғым келеді! Президенттің балалық шағы  туралы әңгімелер», Алматы: Алматы-кітап баспасы, 2018ж, 78-80 беттер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нұр-Сұлтан қаласы туралы бейне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="00DD503F" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://youtu.be/TCHZsV3o9uw</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Саман үйдің суреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А4 парақтары, бояу қарындаш.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімнің кіріспе сөзі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім «Сұлтан салған саман үй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әңгімесін оқып береді. (мәтіні Қосымшада)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мәтіннің идеясы мен сюжетін талдау үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әңгімеден үзінді ұсынады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Уақыт өте келе Сұлтанның досы тұратын жұпыны үй мүлде тозды. Жаңадан үй салу керек болды. Нұрсұлтан ол кезде жетінші сыныпта оқитын. Жасы он төртте еді. Сәдуақас досы қарындасымен сазбалшыққа сабан араластырып, кірпіш құйып, құрылысқа дайындала бастады. Олардың бұл ісін көрген Сұлтан мен оның ата-анасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бізге неге айтпадыңдар?-деп реніш білдірді. Балалар өздерінің ұялғандырын айтты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оның несі ұят? – деп кейіді Әбіш. – Біз сендерге көмектесеміз деп уәде бергенбіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жұмыла көтерген жүк жеңіл дегендей, барлығы бірігіп, жап-жаңа үй тұрғызды. Бұл үй Шамалғандағы Оқтябрь көшесінде әлі күнге дейін тұр. Үйдің 100 деген реттік саны есте оңай сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ол үйді «Сұлтан салған саман үй» деп атайды.»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрақтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сұлтанның ата-анасы қандай адамдар? Көршілерімен қарым-қатынасы қандай болды? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы әңгімеде Сұлтанның қандай қасиеті көрінеді?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұлтанның осы әрекетіне не себеп болды деп ойлайсыңдар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұлтанның досына деген жанашырлық қасиетін қалай сипаттайсыңдар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көршілермен қарым-қатынас қандай болу керек деп ойлайсыңдар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сендердің өз достарыңмен қарым-қатынастарың қандай?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұлтан салған саман үйдің іргетасының мықтылығы неде деп ойлайсың?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өз үйіңнің  іргетасының мықты болуына қандай үлес қосып жатырсың?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІІ кезең </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(15 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұр-Сұлтан қаласы туралы бейне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="00DD503F" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>youtu</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>be</w:t>
         </w:r>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>TCHZsV</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="001D1324" w:rsidRPr="00AF4B98">
+        <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>uw</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D12EF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамашаланады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Одан соң саман үйдің суретіне назар аударады. Оқушылар м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. Картина саманного дома</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>ұғалімнің «Нұр-Сұлтан қаласындағы сәулетті үйлер туралы не  ойлайсыңдар?» деген сұрағына жауап береді. Елбасының с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аман үйден басталып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Нұр-Сұлтандай сәулетті қалаға жеткізген еңбегі туралы әңгіме жалғасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4. Листы А4, цветные карандаши.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...196 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+        <w:t>Шығармашылық жұмыс. Топтық жұмыстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Садуакас с сестренкой принялись за дело: приготовили саман из глины и соломы, наделали кирпичей и приступили к строительству. Застав их за этим занятием, Султан и его родители в упрек сказали:</w:t>
-[...100 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+        <w:t>1 топ. Үйдің суретін салу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Все вместе хорошо потрудились и построили новый красивый дом. Он стоит в Шамалгане до сих пор, на улице Октябрьской. Под легко запоминающимся порядковым нмером – 100. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+        <w:t>2 топ. «Досқа көмек көрсету» тақырыбына қойылым көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>А еще его называют «домом, который строил Султан».</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00597493" w:rsidRPr="00AF4B98" w:rsidRDefault="00597493" w:rsidP="001D1324">
+        <w:t>3 топ. Адамгершілік пен еңбексүйгіштікке байланысты мақал-мәтелдер, тақпақ айту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІІІ кезең Қорытынды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ad"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімнің сұрағы: «Сұлтан салған саман үй» әңгімесі қалай әсер етті?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...24 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="00597493" w:rsidP="00597493">
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="709"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...22 lines deleted...]
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="00597493" w:rsidP="00597493">
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="709"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...997 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="39" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="799CE3E2" wp14:editId="12DF55AE">
+            <wp:extent cx="1294411" cy="1737958"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:docPr id="51" name="Рисунок 51"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3028.JPG"/>
+                    <pic:cNvPr id="0" name="IMG_3039.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1518811" cy="1986137"/>
+                      <a:ext cx="1311558" cy="1760980"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="001145D9" w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1330037" cy="1951684"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE6C25D" wp14:editId="5BBB2E91">
+            <wp:extent cx="1246909" cy="1757548"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="40" name="Рисунок 5"/>
+            <wp:docPr id="52" name="Рисунок 52"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3029.JPG"/>
+                    <pic:cNvPr id="0" name="IMG_3040.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1330037" cy="1951684"/>
+                      <a:ext cx="1245241" cy="1755197"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="001145D9" w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="41" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36F66723" wp14:editId="25DF8A39">
+            <wp:extent cx="1330036" cy="1756983"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:docPr id="54" name="Рисунок 54"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3030.JPG"/>
+                    <pic:cNvPr id="0" name="IMG_3042.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1342575" cy="1996714"/>
+                      <a:ext cx="1327782" cy="1754006"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="001145D9" w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="42" name="Рисунок 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BC684C0" wp14:editId="59DF7DA2">
+            <wp:extent cx="1365662" cy="1757548"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:docPr id="55" name="Рисунок 55"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3031.JPG"/>
+                    <pic:cNvPr id="0" name="IMG_3043.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1487203" cy="1986307"/>
+                      <a:ext cx="1364250" cy="1755731"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001D1324" w:rsidRPr="00AF4B98" w:rsidRDefault="001D1324" w:rsidP="001D1324">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF" w:rsidP="007D12EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D12EF" w:rsidRPr="009216DB" w:rsidRDefault="007D12EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="009216DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="009216DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Армандар орындалады»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- баланы армандауға, қиялдауға жетелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- сәтсіздіктерге мойымауға, мақсатқа жетуге тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- баланың бойындағы табандылық қасиетін дамыту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу түрі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интерактивті әңгіме </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қажетті құралдар мен әдебиеттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зинькович Н.А. «Назарбаевтай болғым келеді» Президенттің балалық шағы туралы әңгімелер, Алматы, Алматыкітап баспасы, 2018ж, 112-117-бет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Балалык шағымның аспаны»  фильмінен үзінді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>https://www.youtube.com/watch?v=5RmrYir_MIU&amp;t=2206s (2,58-4,35 мин).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Нұрсұлтан» халықаралық әуежайының, ұшақтың суреті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А4 парақтары, бояу қарындаш.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">І кезең </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (25 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) Мұғалімнің кіріспе сөзі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) «Балалык шағымның аспаны» фильмінен үзінді тамашалау  (4мин);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) Мұғалім «Ұшқыш болып кетер ме еді»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әңгімесінен жағдаят ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Университетке түсуге байланысты сәтсіз әрекеттен кейін үйге қайтудың өзі ұят болды. Әке-шешенің, ұстаздарының бетіне қалай қарамақ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>... Әкесі баласын жігерлендіре сөйледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өмірде бәрі де бірінші рет болады. Сәтсіздік те ...- деді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл шындық  еді. Бұл оқиғаға дейін бәрі де ойдағыдай болатын ...»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004931A5" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәтсіздік дегенді қалай түсінесің?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004931A5" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәтсіздік жағдайы болды ма? Болса қандай әрекет жасадың?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004931A5" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәтсіздікке мойымау үшін адамда қандай қасиеттер болу керек деп ойлайсың?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004931A5" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жігерлілік, төзімділік қасиеттерін қалай түсінесің?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) Мұғалім «Ұшқыш болып кетер ме еді»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әңгімесін оқып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3D04" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрсұлтанды ата-анасы қалай қолдады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Нұрсұлтанның бойынан қандай қасиеттерді байқадыңдар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3D04" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрсұлтанның арманы орындалды ма? (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім Нұр-Сұлтан халықаралық әуежайының және ұшақтардың суретіне назар аудартады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ІІ кезең  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық жұмыс (10 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Менің арманым» тақырыбына сурет салу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                      </w:t>
-[...131 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">ІІІ кезең  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Қорытынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- поддерживать мечты р</w:t>
-[...26 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...251 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t>(5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Зинькович Н.А. «Быть таким, как Назарбаев! Рассказы для детей </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t xml:space="preserve">Мұғалім: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Фрагмент из фильма «Небо моего детства,</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t>- Балалар, сендердің қандай армандарың бар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Картина международного аэропорта «Нурсултан Назарбаев» </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t>- Арманға жету үшін қандай қасиеттер болу керек?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4. Листы А4, цветные карандаши.</w:t>
-[...95 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t>- Бүгінгі сабақтан не алдыңдар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1) Вводное слово учителя.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:t xml:space="preserve">Оқушылар ақ парақтан ұшақ жасап, қанаттарына өз армандарын жазып ұшырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім: Балалар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәтсіздіктің бәрі сәтсіз емес, оның арты үлкен жетістіктерге жеткізетіндігі сөзсіз. Ендеше, сендер де ұшаққа жазған армандарыңмен бірге Нұрсұлтан сияқты биікке самғай беріңдер!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...32 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3) У</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...77 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...869 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="54" name="Рисунок 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DE39F6B" wp14:editId="5067B778">
+            <wp:extent cx="1134117" cy="1546391"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="38" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3032.JPG"/>
+                    <pic:cNvPr id="0" name="112 бет.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1938168" cy="2402046"/>
+                      <a:ext cx="1136513" cy="1549658"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="55" name="Рисунок 8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35F64A24" wp14:editId="44870EDC">
+            <wp:extent cx="1171538" cy="1562092"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="39" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3033.JPG"/>
+                    <pic:cNvPr id="0" name="113.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1895956" cy="2408021"/>
+                      <a:ext cx="1165912" cy="1554590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="56" name="Рисунок 9"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C51E837" wp14:editId="3D4634BC">
+            <wp:extent cx="1207257" cy="1609718"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="40" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3035.JPG"/>
+                    <pic:cNvPr id="0" name="114.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1911107" cy="2399255"/>
+                      <a:ext cx="1209321" cy="1612470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...7 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00EC1C61" w:rsidRPr="00AF4B98" w:rsidRDefault="00EC1C61" w:rsidP="00EC1C61">
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="57" name="Рисунок 10"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4961F753" wp14:editId="4E59FBA0">
+            <wp:extent cx="1016803" cy="1355772"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="41" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3036.JPG"/>
+                    <pic:cNvPr id="0" name="115.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1923511" cy="2477987"/>
+                      <a:ext cx="1017373" cy="1356532"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="58" name="Рисунок 11"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D17061C" wp14:editId="275249F9">
+            <wp:extent cx="1047480" cy="1321576"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="42" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3038.JPG"/>
+                    <pic:cNvPr id="0" name="116.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1929170" cy="2477986"/>
+                      <a:ext cx="1048089" cy="1322345"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="59" name="Рисунок 12"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AEC9B38" wp14:editId="020B6AF2">
+            <wp:extent cx="1033427" cy="1377939"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="43" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="IMG_3037.JPG"/>
+                    <pic:cNvPr id="0" name="117.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print">
+                    <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1918395" cy="2477397"/>
+                      <a:ext cx="1036015" cy="1381390"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...15 lines deleted...]
-    <w:p w:rsidR="00D63F75" w:rsidRPr="00AF4B98" w:rsidRDefault="00D63F75">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00722754" w:rsidRPr="009216DB" w:rsidRDefault="00722754" w:rsidP="00500279">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Кейс 3</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="00DF7A2F">
+        <w:t xml:space="preserve">3-кейс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...243 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ананың аялы алақаны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- болашақ ұрпақты тәрбиелеудегі ананың рөлін түсіндіру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- қазақстандық қоғамның мәдени мұрасына құрылған отбасылық құндылықтарға құрмет көрсету және жауапты қарым-қатынасты қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу түрі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әңгімелесу сабағы, сынып сағаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...12 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күтілетін нәтижелер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Бастауыш сынып оқушылары Қазақстан Республикасының Тұңғыш Президенті Н. Ә. Назарбаевтың аналар мен еліміздің әйелдеріне көрсеткен қамқорлығы туралы жағдайларға талдау жасай алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- оқушылар Тұңғыш Президент-Елбасының әйел-аналарға қарым-қатынасынан ананың қамқорлығы мен әйелдер еңбегін бағалаудың маңыздылығын түсінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрал-жабдықтар мен материалдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: бейнеролик, презентациялар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00785A32" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР символдарын көрсетуге арналған құрал-жабдықтар, Н. А. Назарбаевтың портреті, Тұңғыш Президент-Елбасының түрлі саладағы әйел қызметкерлермен кесдесуі туралы сурет, топтарда жұмыс істеу үшін Тұңғыш Президент- Елбасының аналардың рөлі, отбасы және әйелдерге қамқорлық жасаудың маңыздылығы туралы дәйексөздері бар үлестірме материалдар. Зенькович Н.А «Назарбаевтай болғым келеді. Тұңғыш Президенттің балалық шағы туралы әңгімелер.- Кіші және орта жастағы балаларға арналған»</w:t>
+      </w:r>
+      <w:r w:rsidR="00785A32" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...233 lines deleted...]
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="006F0124">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Алматыкітап, </w:t>
+      </w:r>
+      <w:r w:rsidR="00785A32" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2018 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабаққа дейін балалардың мектептегі әйел азаматшалардың (педагогтар, аспазшы, техникалық қызметкерлер және т.б.) еңбегіне қалай қарайтынын бақылау маңызды.  Топтарда талқылау үшін сұрақтар құрастыру (сұрақтарды жеке парақтарға жазу). Сыныпты топтарға бөлу тәсілдерін және топтарды отырғызу формаларын дайындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="006F0124">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>I кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="006F0124">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ой-түрткі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...721 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.Назарбаевтың аналармен, әйел</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE620C" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматшалармен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кездесуі бойынша суреттермен жұмыс (5 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3040083" cy="2132825"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B1270DA" wp14:editId="5D8011BE">
+            <wp:extent cx="2535061" cy="1745673"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Рисунок 8" descr="анасы НАН"/>
+            <wp:docPr id="44" name="Рисунок 1" descr="C:\Users\user28\Desktop\2019.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="анасы НАН"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\user28\Desktop\2019.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print">
+                    <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3048294" cy="2138586"/>
+                      <a:ext cx="2546111" cy="1753282"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="001145D9" w:rsidRPr="00AF4B98">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2998705" cy="2196935"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15359FDA" wp14:editId="45421FB9">
+            <wp:extent cx="2609850" cy="1752600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Рисунок 7" descr="Нурсултан анасы"/>
+            <wp:docPr id="45" name="Рисунок 3" descr="C:\Users\user28\Desktop\images.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="Нурсултан анасы"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\user28\Desktop\images.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23" cstate="print">
+                    <a:blip r:embed="rId22" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3003844" cy="2200700"/>
+                      <a:ext cx="2609850" cy="1752600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F0124" w:rsidRPr="00AF4B98" w:rsidRDefault="006F0124" w:rsidP="006F0124">
-[...116 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сурет бойынша балаларға мына сұрақты талқылауды ұсыну қажет: «Неліктен Тұңғыш Президент - Елбасы жыл сайын еліміздегі аналармен, әйелдермен кездесу ұйымдастырған?» (3 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр топтың өкілі өз жауаптарының нұсқаларын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>II кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ой-талқы (20 минут) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім Елбасының анасы </w:t>
+      </w:r>
+      <w:r w:rsidR="00275691" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әлжан ана туралы әңгімелейді. Әңгіме сюжетіне Н.А Зеньковичтің «Назарбаевтай болғым келеді!» кітабындағы «Ана» әңгімесі ұсынылады </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрсултан Назарбаевтың туған анасының аты – Әлжан. Бұл есім қазақта ер адамдарда да, әйелдерде де кең тараған. Әлжан Қасық деген ауылда дүниеге келген. Бүгінгі таңда ол ауыл басқаша –</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17756" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Талапты ауылы деп аталады. Ол Жамбыл облысының Қордай ауданында орналасқан. Әлжанның әкесі Жатақбай– молда болған адам. Руы дулат ішіндегі қасқарау тармағына жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстанда Кеңес өкіметі орнаған кезде Жатақбайдың діндарлығы оның өзіне және отбасына үлкен ауыртпашылық әкелді. Бұл жағдай оның қызының тағдырына да кесірін тигізді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A869D4" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әлжан әкесінің білімпаздығын, мұқтаж адамдарға қол ұшын беруге, бақытсыздыққа ұшырағандарды жұбатуға әрдайым даяр тұратындығын ерекше мақтан тұтатын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жатқанбайдың отбасын қуғындап,* арнайы жер аударылғандар тізіміне қосып, Орта Азия мен Сібір арасын қосатын теміржол магистралі – әйгілі Түрксіб құрылысына жібереді. Әлжан бригадир Әбішпен сол жерде танысады. Шамалы уақыт өткеннен кейін олар отбасын құрады. Әбіштің ауылына келген соң Әлжан колхозда еңбек етеді, үй шаруасын да шыр айналдырады. Нұрсұлтан, Сатыпалды мен Болат – үш ұлы мен қызы Әнипаны тәрбиелеп өсіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өмірде болып тұратын кейбір қолайсыз жағдайларға қарамастан, Нұрсұлтанның анасы кеңпейіл, ақжарқын қалпынан танбаған. Шамалған халқы оны қолы ашық, дастарқаны мол, тамағы дәмді, қонаққа жайлы адам ретінде біледі. Халық әндерін нақышына келтіре орындауды ұнатады екен. Кейде олардың мәтініне ойдан жаңа жолдар қосып, түрлендіре шырқайтын. Айтыста </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>алдына жан салмайтын. Нұрсұлтан Әбішұлы өз анасын үнемі сүйіспеншілікпен еске алып отырады. Өзін қалай тәрбиелегенін, айрықша аналық махаббатын сүйсіне әңгімелейді: «Оны айтып тауысуға тіл жетпейді. Ол өте сезімтал адам еді. Қызықты оқиғалар, әсем әндер арқылы менің бала қиялымды шарықтата түсер еді...».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазір Шамалғандағы басты көшелердің біріне Әлжан ана есімі берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейнеролик тамашалайды (Елбасының анасы туралы естелігі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00DD503F" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...268 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00885014" w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?time_continue=18&amp;v=dp_hLhm4QFo</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00885014" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (толық 0.56 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14C7D886" wp14:editId="51CA37C3">
+            <wp:extent cx="2759075" cy="1935678"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="46" name="Рисунок 8" descr="анасы НАН"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="анасы НАН"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2759115" cy="1935706"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55CA1EB0" wp14:editId="46082087">
+            <wp:extent cx="2690730" cy="1971304"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="47" name="Рисунок 7" descr="Нурсултан анасы"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Нурсултан анасы"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2690649" cy="1971245"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IІI </w:t>
+      </w:r>
+      <w:r w:rsidR="00431CF2" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>езең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар өз аналары, оларды қалай жақсы көретіні және құрметтейтіні, аналардың өз өміріндегі рөлі туралы әңгімелейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стикерлерге жүрекше түрінде өз анасының есімі мен оған арнаған тілектерін жазуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00885014" w:rsidRPr="009216DB" w:rsidRDefault="00885014" w:rsidP="003B2776">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ұлт көшбасшысы – Н.Ә. Назарбаевтың портреті»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тұңғыш Президенттің </w:t>
+      </w:r>
+      <w:r w:rsidR="00141B24" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұлғасы негізінде білім алушыларда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшбасшылық қасиеттер</w:t>
+      </w:r>
+      <w:r w:rsidR="00141B24" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00141B24" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- оқушыларды өз Отанын, халқын сүйетін азамат болып қалыптасуға, патриоттық сезімге тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- логикалық ойлау қабілеттерін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу формасы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбие сағаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қажетті ресурстар: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интерактивті тақта, «Қазақстан», «Елбасы», «Көшбасшы»  сөздері жазылған қима қағаздар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ход урока:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>САБАҚ БАРЫСЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>І кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Вводная часть (2 минуты)</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Кіріспе (2 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Классный час начать с Гимна страны.</w:t>
-[...8 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>Тәрбие сағатын еліміздің Әнұранымен бастау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Работа в группах (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ІІ кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Топпен жұмыс (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5-6 мин</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Разделить на группы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>Топқа бірігу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Попросить учащихся разделиться на группы. Каждая группа работает со следующими словами:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>Оқушыларды топтарға бірігуін сұрау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>1 группа «</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>1-топқа «Қазақстан»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>»,</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>2-топқа «Елбасы»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>2 группа «Елбасы»,</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>3-топқа «Көшбасшы» сөздерін құрастырады .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>3 группа «Лидер».</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Әр топта берілген сөздердің әр әрпіне лайықты сөздер жазылған.</w:t>
+      </w:r>
+      <w:r w:rsidR="00285194" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Спросить у учащихся, с кем связаны эти слова. Этим самым раскрыть тему воспитательного часа.  </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Осы сөз</w:t>
+      </w:r>
+      <w:r w:rsidR="00637348" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Опрос и дополнение учащихся о Лидере Нации Н.А.Назарбаеве.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00637348" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve"> байланысты не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Всемирно известный, талантливый человек, деловой политик, Первый Президент Республики Казахстан Нурсултан Абишевич Назарбаев прославил страну всему миру. Он трудился не покладая рук, для того чтобы улучшить экономику страны и в будущем войти в число лидирующих стран.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>ойлайтынын сұрап, тәрбие сағатының тақырыбын ашу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00932BD1" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Оқушылардан</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы Н.Ә.Назарбаев туралы сұрау, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A446A3" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жауаптарын </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>толықтыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00671C2D" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Әлем таныған, дарынды тұлға, іскер саяса</w:t>
+      </w:r>
+      <w:r w:rsidR="00671C2D" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>тшы, Қазақстан республикасының Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ұңғыш</w:t>
+      </w:r>
+      <w:r w:rsidR="00671C2D" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">резиденті  Нұрсұлтан Әбішұлы Назарбаев елімізді әлемге әйгілі етті. Ел экономикасын түзеп, болашақта көш бастаушы елдердің қатарына қосу үшін аянбай еңбек </w:t>
+      </w:r>
+      <w:r w:rsidR="00671C2D" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>жасады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Н.А.Назарбаев родился 6 июля 1940 года в </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Ол 6 шілдеде 1940 жылы Алматы облысы, Үшқоңыр аулында дүниеге келді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E38EC" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">1991 жылы 1 желтоқсанда Қазақстанның Тұңғыш Президенті болып Нұрсұлтан Әбішұлы Назарбаев сайланды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1991 жылы 16 желтоқсанда Қазақстан тәуелсіз республика болып жарияланды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...59 lines deleted...]
-        <w:r w:rsidRPr="00AF4B98">
+        <w:t>Бейнероликпен жұмыс (25 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DD503F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=x7ui1j0Lc3g</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AF4B98">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (0.48-3.00 мин)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Каждой группе нужно дать задания, связанные с впечатлениями учащихся от просмотра видеоролика. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>Оқушылардың бейнероликтен көрген әсерінен әр топқа тапсырмалар беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>1 группа: Составление постера, презентации. Дополнить ответы.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:lastRenderedPageBreak/>
+        <w:t>1-топ: Постер құрастыру, презентация жасау. Жауаптарын толықтыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Елбасымыз музыканы бала кезінен жақсы көрген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Кішкентай кезінен мандолин, баянда ойнай білген, домбыра тартқан. Әнді де жақсы айтады, қоңыр дауысы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40D4A5AC" wp14:editId="38E48E07">
             <wp:extent cx="1543792" cy="1092530"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="60" name="Рисунок 1" descr="C:\Users\Nao_laptop_4\Desktop\Без названия.jpg"/>
+            <wp:docPr id="9" name="Рисунок 1" descr="C:\Users\Nao_laptop_4\Desktop\Без названия.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Nao_laptop_4\Desktop\Без названия.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25" cstate="print">
+                    <a:blip r:embed="rId27" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1562618" cy="1105853"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="00F93FAA" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Елбасы </w:t>
-[...49 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>2. Елбасы – шебер шаңғышы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала кезінен шаңғыны жақсы көрген </w:t>
+      </w:r>
+      <w:r w:rsidR="006E18EB" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үшқоңырдың биігінен, небір қиын жолсыз жерлермен сырғанағанда алдына жан салмаған екен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33297484" wp14:editId="5867BADA">
             <wp:extent cx="1641075" cy="1230306"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="61" name="Рисунок 1" descr="C:\Users\user16\Desktop\slide-9.jpg"/>
+            <wp:docPr id="10" name="Рисунок 1" descr="C:\Users\user16\Desktop\slide-9.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\user16\Desktop\slide-9.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26" cstate="print"/>
+                    <a:blip r:embed="rId28" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1642310" cy="1231232"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="00F93FAA" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Елбасы – альпинист. </w:t>
-[...83 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>3. Елбасы – альпинист. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ол тау баласы болғаннан кейін бе, альпинизмге қатты құмартқан. Кішкентай күнінде Үшқоңырдың тау-тасын жиі аралап кетеді екен. Кейін Президент болғаннан соң да кәсіби альпинистерге ілесіп, бірнеше шыңды бағындырған. Соның ішінде теңіз деңгейінен 4010 м биіктіктегі Абай шыңының орны ерекше. Бүгінде Алматы маңында Нұрсұлтан шыңы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E78214D" wp14:editId="01A2543A">
             <wp:extent cx="1951793" cy="1073669"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="62" name="Рисунок 2" descr="C:\Users\user16\Desktop\photo_258295.jpg"/>
+            <wp:docPr id="11" name="Рисунок 2" descr="C:\Users\user16\Desktop\photo_258295.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\user16\Desktop\photo_258295.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27" cstate="print"/>
+                    <a:blip r:embed="rId29" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1957494" cy="1076805"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="00F93FAA" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:b w:val="0"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004972D5" w:rsidRPr="00AF4B98">
+        <w:t>4. Елбасы –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Елбасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>гольф шебері.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Елбасымыз Хайнань аралдарындағы демалыстарының бірінде гольф ойнау шеберлігімен жергілікті халықты қатты таңғалдырыпты. Гольф допшасын бастау алаңшадан көмбе алаңшадағы шұңқырға бір ұрғаннан кіргізген. Таңдайларын қаққан қытай мамандары сол жерге ескерткіш те орнатпақ болған көрінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004972D5" w:rsidRPr="00AF4B98">
-[...77 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B85F2F6" wp14:editId="6CC6A28E">
             <wp:extent cx="2182612" cy="1462510"/>
             <wp:effectExtent l="19050" t="0" r="8138" b="0"/>
-            <wp:docPr id="63" name="Рисунок 3" descr="C:\Users\user16\Desktop\Без названия.jpg"/>
+            <wp:docPr id="12" name="Рисунок 3" descr="C:\Users\user16\Desktop\Без названия.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\user16\Desktop\Без названия.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28" cstate="print"/>
+                    <a:blip r:embed="rId30" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2183540" cy="1463132"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="00F93FAA" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">5. </w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>5. Елбасы – ақын. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оның суырып салатын қасиеті бар екенін айналасындағылар жиі айтады. Ал өлеңдерімен тек жақындары ғана таныс болса керек. Халық назарына әлі ұсыныла қойған жоқ. Жұрт тек «Елім менің», «Үш қоңыр» секілді әнге айналған өлеңдерін біледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B570911" wp14:editId="75037ECE">
             <wp:extent cx="2058325" cy="1371112"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="64" name="Рисунок 4" descr="C:\Users\user16\Desktop\95c00bc07c86935b83dff9d4e2c3bd5f.jpg"/>
+            <wp:docPr id="13" name="Рисунок 4" descr="C:\Users\user16\Desktop\95c00bc07c86935b83dff9d4e2c3bd5f.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\user16\Desktop\95c00bc07c86935b83dff9d4e2c3bd5f.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29" cstate="print"/>
+                    <a:blip r:embed="rId31" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057237" cy="1370387"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
-[...55 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Үш қоңыр» әнін тыңдау </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=AqICQbVdjHs</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2 группа: Рассказывают наизусть крылатые слова Елбасы.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>2-топ: Елбасының қанатты сөздерін жатқа айтады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...31 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуелсіздік-ата-бабаларымыздың жүздеген жылдармен өлшенетін арман-аңсарының жүзеге асқан ақиқаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00316578" w:rsidRPr="00AF4B98">
-[...18 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Өз тарихын сыйламаған халық өзін де сыйламайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Елдің бетінде, желдің өтінде жүрген адамға сынақ көп.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="00316578" w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Менің атам да, анам да-қазақ. Қазақпын деп айтуға ешқашан намыстанған кезім жоқ. Намыстанбаймын да. Қайта маған тіл, діл,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35741" w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...45 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өмір, тіршілік сыйлаған туған халқыма бар есті тірлігімде қарыздар болып өтуге бармын. Ұлттың ұлы болмай тұрып адамзаттың перзенті болу мүмкін бе? Мүмкін емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00247366" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құдай қазаққа қырын қарамаған: пейіліне сай етіп ұлан-ғайыр жер берген, астын-үстін толтырып кен берген, мейірбан ақ көңіл, адал ел берген, жаны үшін малын, ары үшін жанын садаға ететін ер берген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...22 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="005D5BF7" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5BF7" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туған халқын, туған жерін, даласын жанындай сүйетін адам. Мұны ісімен де, шығармашылығымен де дәлелдеп келеді. Нұрсұлтан </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BFF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E07" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірқатар ғылыми кітаптардың, әлеуметтік-экономикалық даму проблемалары мен қоғамдық – саяси еңбектердің авторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...29 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-топ: «Менің </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81A33" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елбасым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көркемсөз оқу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-оқушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00E9263E">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В момент великих перемен,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>Туған жердің жайқалған алқабы егін, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Биік сенің мәртебең, дарқан елім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пейіліндей қазақтың байтақ далам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сен не деген кең едің, шалқар едің.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ашық аспан жайнаған жұлдыздары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұр асқақтап Алатау шың-құздары.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анасындай туған ел қамқор болып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тербетеді құшақтап ұл-қыздарын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00E9263E">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Когда судьба страны решалась</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>2-оқушы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әсем сазы басталған таза ағыстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Айдынынан аққулар, қаздар ұшқан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қадамы нық </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27648" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлемде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, аты айқын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егеменді ел бүгін </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27648" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00E9263E">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Народ сказал:- Наш Президент</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3-оқушы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Қазақстан дейтін менің бар елім,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Жатыр алып жарты дүние әлемін!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұл даланы анам жаспен суарған,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұл далада атам қолға ту алған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұл далаға жылап келіп, уанғам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұл даланы көріп алғаш қуанғам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұл далада өскен жанда жоқ арман!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00E9263E">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Cлуга народный- Назарбаев!</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>4-оқушы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кең байтақ қой, Қазақстан картасы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астанамен айшықталған ортасы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бүгін бізге таңдай қағар күллі әлем,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Бұның бәрі Елбасының арқасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С тех пор прошло немало лет,</w:t>
-[...7 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t>Әр топ жауап бергенде, қол шапалақтау арқылы қошемет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...337 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...31 lines deleted...]
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>«Если бы я был президентом или мое желание!» (5 мин)</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ІІІ кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">На доске вывешивается изображение «Солнца». Свои пожелания и поздравления записывают на солнечные лучи и помещают вокруг солнца. (Прочитать  ответы  нескольких </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00316578" w:rsidRPr="00AF4B98">
+        <w:t>«Мен Президент болсам немесе менің тілегім!» (5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>об</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тақтаға «Күн» суреті ілінеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>уча</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00316578" w:rsidRPr="00AF4B98">
+        <w:t>Өз тілектері мен құттықтауларын күн сәулелеріне жазып, күннің айналасына орналастырады. (Алғашқы жазып болған бірнеше оқушының жауаптарын оқыту)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ю</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2224966E" wp14:editId="70ABBB85">
             <wp:extent cx="1614441" cy="1611212"/>
             <wp:effectExtent l="19050" t="0" r="4809" b="0"/>
-            <wp:docPr id="65" name="Рисунок 14" descr="C:\Users\user16\Desktop\solnce17.jpg"/>
+            <wp:docPr id="14" name="Рисунок 14" descr="C:\Users\user16\Desktop\solnce17.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\user16\Desktop\solnce17.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30" cstate="print"/>
+                    <a:blip r:embed="rId33" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1618830" cy="1615592"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004972D5" w:rsidRPr="00AF4B98" w:rsidRDefault="004972D5" w:rsidP="004972D5">
-[...1147 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">В класс заходит почтальон и приносит сундучок. </w:t>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Қорытынды (2 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасымыздың сөзіне жазылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Менің елім» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>әнімен тәрбие сағатын аяқтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003122F8" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Президент</w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00513CEE" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16471" w:rsidRPr="009216DB" w:rsidRDefault="00F16471" w:rsidP="00F16471">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлт Көшбасшысы үшін мақтаныш, патриотизм, Отанға деген сүйіспеншілікті тәрбиелеу; білім алушыларда қазақстандық патриотизмді қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00F16471" w:rsidP="00F16471">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- оқушылардың коммуникативтік дағдыларын, ойлауын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16471" w:rsidRPr="009216DB" w:rsidRDefault="00F16471" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00474D79" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу формасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A2F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сынып сағаты </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00474D79" w:rsidRPr="009216DB" w:rsidRDefault="00474D79" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>САБАҚТЫҢ БАРЫСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сәлеметсіздер ме, балалар ! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біздің бүгінгі сабағымыз еліміздің Тұңғыш Президенті күніне арналады. Президенттер күні көптеген елдерде атап өтіледі және мереке күні болып табылады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар мен сендерге «Президент болу – бұл....» деген жолдарды  жалғастыру үшін біраз ойланл</w:t>
+      </w:r>
+      <w:r w:rsidR="001B52B0" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды ұсынамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Бұл кіші жастағы оқушылар екенін ескере отырып, мұғалім оқушылардың жауаптарын алдын ала дайындалған плакатқа өзі жазады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="004C48DB" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>796290</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>10160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4683760" cy="1236345"/>
+                <wp:effectExtent l="11430" t="7620" r="10160" b="13335"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Group 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4683760" cy="1236345"/>
+                          <a:chOff x="2768" y="1793"/>
+                          <a:chExt cx="7376" cy="1947"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="AutoShape 17"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="388672">
+                            <a:off x="7743" y="1890"/>
+                            <a:ext cx="1487" cy="1010"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="cloudCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -132519"/>
+                              <a:gd name="adj2" fmla="val -11361"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:gradFill rotWithShape="0">
+                            <a:gsLst>
+                              <a:gs pos="0">
+                                <a:schemeClr val="lt1">
+                                  <a:lumMod val="100000"/>
+                                  <a:lumOff val="0"/>
+                                </a:schemeClr>
+                              </a:gs>
+                              <a:gs pos="100000">
+                                <a:schemeClr val="accent5">
+                                  <a:lumMod val="40000"/>
+                                  <a:lumOff val="60000"/>
+                                </a:schemeClr>
+                              </a:gs>
+                            </a:gsLst>
+                            <a:lin ang="5400000" scaled="1"/>
+                          </a:gradFill>
+                          <a:ln w="12700" cap="rnd">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
+                                    <a:schemeClr val="accent5">
+                                      <a:lumMod val="50000"/>
+                                      <a:lumOff val="0"/>
+                                      <a:alpha val="50000"/>
+                                    </a:schemeClr>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="AutoShape 18"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="460703">
+                            <a:off x="5945" y="2506"/>
+                            <a:ext cx="1487" cy="1010"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="cloudCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val 10157"/>
+                              <a:gd name="adj2" fmla="val -104481"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:gradFill rotWithShape="0">
+                            <a:gsLst>
+                              <a:gs pos="0">
+                                <a:schemeClr val="lt1">
+                                  <a:lumMod val="100000"/>
+                                  <a:lumOff val="0"/>
+                                </a:schemeClr>
+                              </a:gs>
+                              <a:gs pos="100000">
+                                <a:schemeClr val="accent5">
+                                  <a:lumMod val="40000"/>
+                                  <a:lumOff val="60000"/>
+                                </a:schemeClr>
+                              </a:gs>
+                            </a:gsLst>
+                            <a:lin ang="5400000" scaled="1"/>
+                          </a:gradFill>
+                          <a:ln w="12700" cap="rnd">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
+                                    <a:schemeClr val="accent5">
+                                      <a:lumMod val="50000"/>
+                                      <a:lumOff val="0"/>
+                                      <a:alpha val="50000"/>
+                                    </a:schemeClr>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="AutoShape 19"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="1186407">
+                            <a:off x="3960" y="2730"/>
+                            <a:ext cx="1487" cy="1010"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="cloudCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -132519"/>
+                              <a:gd name="adj2" fmla="val -11361"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:gradFill rotWithShape="0">
+                            <a:gsLst>
+                              <a:gs pos="0">
+                                <a:schemeClr val="lt1">
+                                  <a:lumMod val="100000"/>
+                                  <a:lumOff val="0"/>
+                                </a:schemeClr>
+                              </a:gs>
+                              <a:gs pos="100000">
+                                <a:schemeClr val="accent5">
+                                  <a:lumMod val="40000"/>
+                                  <a:lumOff val="60000"/>
+                                </a:schemeClr>
+                              </a:gs>
+                            </a:gsLst>
+                            <a:lin ang="5400000" scaled="1"/>
+                          </a:gradFill>
+                          <a:ln w="12700" cap="rnd">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
+                                    <a:schemeClr val="accent5">
+                                      <a:lumMod val="50000"/>
+                                      <a:lumOff val="0"/>
+                                      <a:alpha val="50000"/>
+                                    </a:schemeClr>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="7" name="Rectangle 20"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2768" y="1793"/>
+                            <a:ext cx="3572" cy="470"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:gradFill rotWithShape="0">
+                            <a:gsLst>
+                              <a:gs pos="0">
+                                <a:schemeClr val="lt1">
+                                  <a:lumMod val="100000"/>
+                                  <a:lumOff val="0"/>
+                                </a:schemeClr>
+                              </a:gs>
+                              <a:gs pos="100000">
+                                <a:schemeClr val="accent5">
+                                  <a:lumMod val="40000"/>
+                                  <a:lumOff val="60000"/>
+                                </a:schemeClr>
+                              </a:gs>
+                            </a:gsLst>
+                            <a:lin ang="5400000" scaled="1"/>
+                          </a:gradFill>
+                          <a:ln w="12700" cap="rnd">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst>
+                            <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="50000"/>
+                                <a:lumOff val="0"/>
+                                <a:alpha val="50000"/>
+                              </a:schemeClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="008144DF" w:rsidRPr="004D7B61" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>«Президент болу</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="004D7B61">
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> –</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> бұл...</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="004D7B61">
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> ...»</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="AutoShape 21"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="388672">
+                            <a:off x="8657" y="2506"/>
+                            <a:ext cx="1487" cy="1010"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="cloudCallout">
+                            <a:avLst>
+                              <a:gd name="adj1" fmla="val -132519"/>
+                              <a:gd name="adj2" fmla="val -11361"/>
+                            </a:avLst>
+                          </a:prstGeom>
+                          <a:gradFill rotWithShape="0">
+                            <a:gsLst>
+                              <a:gs pos="0">
+                                <a:schemeClr val="lt1">
+                                  <a:lumMod val="100000"/>
+                                  <a:lumOff val="0"/>
+                                </a:schemeClr>
+                              </a:gs>
+                              <a:gs pos="100000">
+                                <a:schemeClr val="accent5">
+                                  <a:lumMod val="40000"/>
+                                  <a:lumOff val="60000"/>
+                                </a:schemeClr>
+                              </a:gs>
+                            </a:gsLst>
+                            <a:lin ang="5400000" scaled="1"/>
+                          </a:gradFill>
+                          <a:ln w="12700" cap="rnd">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:extLst>
+                            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:effectLst>
+                                  <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
+                                    <a:schemeClr val="accent5">
+                                      <a:lumMod val="50000"/>
+                                      <a:lumOff val="0"/>
+                                      <a:alpha val="50000"/>
+                                    </a:schemeClr>
+                                  </a:outerShdw>
+                                </a:effectLst>
+                              </a14:hiddenEffects>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Group 16" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:62.7pt;margin-top:.8pt;width:368.8pt;height:97.35pt;z-index:251670528" coordorigin="2768,1793" coordsize="7376,1947" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKz5IsLAUAANEfAAAOAAAAZHJzL2Uyb0RvYy54bWzsWUtv4zYQvhfofyB0d6yXJdmIski8zqLA&#10;tl00LXpmJFpSS4kqKcdOi/73DoeUVo6TNtg2u2igHByJj+E8vxmOzt8cak7umFSVaFLHO3MdwppM&#10;5FVTpM5PP17PEoeojjY55aJhqXPPlPPm4uuvzvftivmiFDxnkgCRRq32beqUXdeu5nOVlaym6ky0&#10;rIHJrZA17eBVFvNc0j1Qr/ncd91ovhcyb6XImFIw+tZMOhdIf7tlWff9dqtYR3jqAG8d/kr8vdW/&#10;84tzuiokbcsqs2zQT+CiplUDhw6k3tKOkp2sTkjVVSaFEtvuLBP1XGy3VcZQBpDGcx9I806KXYuy&#10;FKt90Q5qAtU+0NMnk82+u/sgSZWnTuCQhtZgIjyVeJHWzb4tVrDknWxv2g/SCAiP70X2q4Lp+cN5&#10;/V6YxeR2/63IgR7ddQJ1c9jKWpMAqckBTXA/mIAdOpLBYBglQRyBpTKY8/wgCsKFMVJWgiX1Pj+O&#10;wKn0dLwM+rmN3R/Dbrt5GcZ6dk5X5mBk1jKnJQOHUx91qv6dTm9K2jI0ldIKszoNe51egg5wCfGQ&#10;KX06LOuVqoxGSSPWJW0Kdiml2JeM5sCVh0IcbdAvCuzxuIqJFODmQZJEsY96t/qO4xBsrPWWLK3j&#10;91r3wiS2WgMvPNIaXbVSde+YqIl+SJ2Mi12+phz+dUie3r1XHbpGbj2I5r94DtnWHELpjnIy8wJ/&#10;4S2NrYrRKv94lRdERlq6skTBeP3xNrry64pzLeLPVVeiSrUP4aTq+VCkFaA5M4xQwtZcEmAldXjn&#10;4Wq+q8E9zZjn6j/DHoxrP8O1vSYGEuhNhTKnmUPsXj00LDO7aZaxplucnBY+fljUD4PMA6XhQBgs&#10;evl41RDwktRZICkIFpVRziCGe+0BoKGeNFe8IXuY8WOQkGQUMFY2OTKlBK+GZcORf8/8wCUQHmlq&#10;kOmE+aNDAM+aHCFXO/fGPne04uYZdvNGM80QusGeuBjc1JpWOyzC6h+X1wsXHDqZxfEimIXBxp1d&#10;Jdfr2eXai6J4c7W+2nh/ajG9cFVWec6aDdJUPcp74fMi3uYbg88Dzg8Mam4hEpi8KfM9ySsdIn4S&#10;LAGi8goSTZC4kbuE6KK8gAyZddJ51Hufqf9F7yXH+rfOS3lbUmPAYeGJRQZu0blGgsxPdGVWHCC6&#10;gUpvBcBRAz8GRLvD7QGspAdvRX4PqIT4A84GZQEooxTyd4fsIcWmjvptRyVzCP+mgfhcemEIyzp8&#10;CRexDy9yPHM7nqFNBqRSpwNV4uO6M3l818qqKOEkE9iN0GC7rbTrIKuGK/sCkP+ZsH/xCPYnGmOO&#10;oBxi/b/H/jByYzfAGLfYv1hCGtXY7y9cTOxoTsy4L4z9nustMOUBgD2N/G4YJj14TdBf63SFMadz&#10;DYTeBP3GXyfof6JIgYLpC0E/3h0wdKcM0EO7rf7hImJuVKPqH4vgl88AnpdEoRuPU0Cw1NcqnQLi&#10;wJYLU/mPZf5U/o9uHFP5f9ybmcr/fy7/MQf4fW073QJGHSC4+Jkc8AO0IuHSzhmBa84L3wLwTvpk&#10;s6xH/QBuXKbpE8Z9p6Nv0fVNF9vzkcA85hKszfXFaurL6Kr8tRTndQUNDMKrOnUS3WCw9cFzmzSv&#10;qQeiazPdW/3Y3LDdcRuzE7qN0A2aXA8rXH+4C3zu/nYSQaPhi/Q4pv72uJs+9IKPW5RD5/ikIfl6&#10;cHTqb7/O/jamgLAv2/4vKQA/eMJ3Y1OlmG/c+sP0+B2ex1/iL/4CAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwtCUA3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3aSxoY3ZlFLU&#10;UxFsBeltm50modnZkN0m6b93POltHu/x5nv5erKtGLD3jSMF8SwCgVQ601Cl4Ovw9rQE4YMmo1tH&#10;qOCGHtbF/V2uM+NG+sRhHyrBJeQzraAOocuk9GWNVvuZ65DYO7ve6sCyr6Tp9cjltpXzKEql1Q3x&#10;h1p3uK2xvOyvVsH7qMdNEr8Ou8t5ezseFh/fuxiVenyYNi8gAk7hLwy/+IwOBTOd3JWMFy3r+eKZ&#10;o3ykINhfpglvO7FepQnIIpf/FxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMrPkiws&#10;BQAA0R8AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHC0&#10;JQDfAAAACQEAAA8AAAAAAAAAAAAAAAAAhgcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACSCAAAAAA=&#10;">
+                <v:shapetype id="_x0000_t106" coordsize="21600,21600" o:spt="106" adj="1350,25920" path="ar,7165,4345,13110,1950,7185,1080,12690,475,11732,4835,17650,1080,12690,2910,17640,2387,9757,10107,20300,2910,17640,8235,19545,7660,12382,14412,21597,8235,19545,14280,18330,12910,11080,18695,18947,14280,18330,18690,15045,14822,5862,21597,15082,18690,15045,20895,7665,15772,2592,21105,9865,20895,7665,19140,2715,14330,,19187,6595,19140,2715,14910,1170,10992,,15357,5945,14910,1170,11250,1665,6692,650,12025,7917,11250,1665,7005,2580,1912,1972,8665,11162,7005,2580,1950,7185xear,7165,4345,13110,1080,12690,2340,13080nfear475,11732,4835,17650,2910,17640,3465,17445nfear7660,12382,14412,21597,7905,18675,8235,19545nfear7660,12382,14412,21597,14280,18330,14400,17370nfear12910,11080,18695,18947,18690,15045,17070,11475nfear15772,2592,21105,9865,20175,9015,20895,7665nfear14330,,19187,6595,19200,3345,19140,2715nfear14330,,19187,6595,14910,1170,14550,1980nfear10992,,15357,5945,11250,1665,11040,2340nfear1912,1972,8665,11162,7650,3270,7005,2580nfear1912,1972,8665,11162,1950,7185,2070,7890nfem@23@37qx@35@24@23@36@34@24@23@37xem@16@33qx@31@17@16@32@30@17@16@33xem@38@29qx@27@39@38@28@26@39@38@29xe">
+                  <v:formulas>
+                    <v:f eqn="sum #0 0 10800"/>
+                    <v:f eqn="sum #1 0 10800"/>
+                    <v:f eqn="cosatan2 10800 @0 @1"/>
+                    <v:f eqn="sinatan2 10800 @0 @1"/>
+                    <v:f eqn="sum @2 10800 0"/>
+                    <v:f eqn="sum @3 10800 0"/>
+                    <v:f eqn="sum @4 0 #0"/>
+                    <v:f eqn="sum @5 0 #1"/>
+                    <v:f eqn="mod @6 @7 0"/>
+                    <v:f eqn="prod 600 11 1"/>
+                    <v:f eqn="sum @8 0 @9"/>
+                    <v:f eqn="prod @10 1 3"/>
+                    <v:f eqn="prod 600 3 1"/>
+                    <v:f eqn="sum @11 @12 0"/>
+                    <v:f eqn="prod @13 @6 @8"/>
+                    <v:f eqn="prod @13 @7 @8"/>
+                    <v:f eqn="sum @14 #0 0"/>
+                    <v:f eqn="sum @15 #1 0"/>
+                    <v:f eqn="prod 600 8 1"/>
+                    <v:f eqn="prod @11 2 1"/>
+                    <v:f eqn="sum @18 @19 0"/>
+                    <v:f eqn="prod @20 @6 @8"/>
+                    <v:f eqn="prod @20 @7 @8"/>
+                    <v:f eqn="sum @21 #0 0"/>
+                    <v:f eqn="sum @22 #1 0"/>
+                    <v:f eqn="prod 600 2 1"/>
+                    <v:f eqn="sum #0 600 0"/>
+                    <v:f eqn="sum #0 0 600"/>
+                    <v:f eqn="sum #1 600 0"/>
+                    <v:f eqn="sum #1 0 600"/>
+                    <v:f eqn="sum @16 @25 0"/>
+                    <v:f eqn="sum @16 0 @25"/>
+                    <v:f eqn="sum @17 @25 0"/>
+                    <v:f eqn="sum @17 0 @25"/>
+                    <v:f eqn="sum @23 @12 0"/>
+                    <v:f eqn="sum @23 0 @12"/>
+                    <v:f eqn="sum @24 @12 0"/>
+                    <v:f eqn="sum @24 0 @12"/>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="67,10800;10800,21577;21582,10800;10800,1235;@38,@39" textboxrect="2977,3262,17087,17337"/>
+                  <v:handles>
+                    <v:h position="#0,#1"/>
+                  </v:handles>
+                  <o:complex v:ext="view"/>
+                </v:shapetype>
+                <v:shape id="AutoShape 17" o:spid="_x0000_s1027" type="#_x0000_t106" style="position:absolute;left:7743;top:1890;width:1487;height:1010;rotation:424533fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAsu6VTMMA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWsCMRSE7wX/Q3hCb92spbS6bhSRWjwUilbvj81z&#10;dzV5WZK4rv++KRR6HGbmG6ZcDtaInnxoHSuYZDkI4srplmsFh+/N0xREiMgajWNScKcAy8XoocRC&#10;uxvvqN/HWiQIhwIVNDF2hZShashiyFxHnLyT8xZjkr6W2uMtwa2Rz3n+Ki22nBYa7GjdUHXZX62C&#10;nf64+7Np36dfn9u39YyM689HpR7Hw2oOItIQ/8N/7a1W8AK/V9INkIsfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAsu6VTMMAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" adj="-17824,8346" fillcolor="white [3201]" strokecolor="#92cddc [1944]" strokeweight="1pt">
+                  <v:fill color2="#b6dde8 [1304]" focus="100%" type="gradient"/>
+                  <v:stroke endcap="round"/>
+                  <v:shadow color="#205867 [1608]" opacity=".5" offset="1pt"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="AutoShape 18" o:spid="_x0000_s1028" type="#_x0000_t106" style="position:absolute;left:5945;top:2506;width:1487;height:1010;rotation:503211fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAtpQBmcMA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPS4vCQBCE78L+h6EX9iLrxMCKxkxEBBcVLz7Yc5Pp&#10;PDDTEzKjxn/vLAgei6r6ikoXvWnEjTpXW1YwHkUgiHOray4VnE/r7ykI55E1NpZJwYMcLLKPQYqJ&#10;tnc+0O3oSxEg7BJUUHnfJlK6vCKDbmRb4uAVtjPog+xKqTu8B7hpZBxFE2mw5rBQYUurivLL8WoU&#10;xHgY74tlMWvy7S6+6uHvyQz/lPr67JdzEJ56/w6/2hut4Af+r4QbILMnAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAtpQBmcMAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" adj="12994,-11768" fillcolor="white [3201]" strokecolor="#92cddc [1944]" strokeweight="1pt">
+                  <v:fill color2="#b6dde8 [1304]" focus="100%" type="gradient"/>
+                  <v:stroke endcap="round"/>
+                  <v:shadow color="#205867 [1608]" opacity=".5" offset="1pt"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="AutoShape 19" o:spid="_x0000_s1029" type="#_x0000_t106" style="position:absolute;left:3960;top:2730;width:1487;height:1010;rotation:1295873fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA8VlM4cMA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VTwVBSVykVxZ5KNKDHR/aZ&#10;Dcm+DdlVY399VxB6HGbmG2axGmwrrtT72rGCt2kCgrh0uuZKQXHYvL6D8AFZY+uYFNzJw2o5ellg&#10;pt2Nc7ruQyUihH2GCkwIXSalLw1Z9FPXEUfv7HqLIcq+krrHW4TbVs6SJJUWa44LBjv6MlQ2+4tV&#10;kDeH4rQ167yg4/k3/Vl/n2QzV2oyHj4/QAQawn/42d5pBSk8rsQbIJd/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEA8VlM4cMAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" adj="-17824,8346" fillcolor="white [3201]" strokecolor="#92cddc [1944]" strokeweight="1pt">
+                  <v:fill color2="#b6dde8 [1304]" focus="100%" type="gradient"/>
+                  <v:stroke endcap="round"/>
+                  <v:shadow color="#205867 [1608]" opacity=".5" offset="1pt"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:rect id="Rectangle 20" o:spid="_x0000_s1030" style="position:absolute;left:2768;top:1793;width:3572;height:470;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAA0ImS8IA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE74V+h/AKvdWsf6iyGkUKQqkXu+r9sXnu&#10;rt28hCS6229vBMHjMDO/YRar3rTiSj40lhUMBxkI4tLqhisFh/3mYwYiRGSNrWVS8E8BVsvXlwXm&#10;2nb8S9ciViJBOOSooI7R5VKGsiaDYWAdcfJO1huMSfpKao9dgptWjrLsUxpsOC3U6OirpvKvuBgF&#10;u+BGzew8Xk/cpBv/HIfe8H6r1Ptbv56DiNTHZ/jR/tYKpnC/km6AXN4AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQADQiZLwgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" fillcolor="white [3201]" strokecolor="#92cddc [1944]" strokeweight="1pt">
+                  <v:fill color2="#b6dde8 [1304]" focus="100%" type="gradient"/>
+                  <v:stroke endcap="round"/>
+                  <v:shadow on="t" color="#205867 [1608]" opacity=".5" offset="1pt"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="008144DF" w:rsidRPr="004D7B61" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                            <w:b/>
+                            <w:i/>
+                            <w:color w:val="1F497D" w:themeColor="text2"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                            <w:b/>
+                            <w:i/>
+                            <w:color w:val="1F497D" w:themeColor="text2"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>«Президент болу</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="004D7B61">
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                            <w:b/>
+                            <w:i/>
+                            <w:color w:val="1F497D" w:themeColor="text2"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> –</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                            <w:b/>
+                            <w:i/>
+                            <w:color w:val="1F497D" w:themeColor="text2"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> бұл...</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="004D7B61">
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                            <w:b/>
+                            <w:i/>
+                            <w:color w:val="1F497D" w:themeColor="text2"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> ...»</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:shape id="AutoShape 21" o:spid="_x0000_s1031" type="#_x0000_t106" style="position:absolute;left:8657;top:2506;width:1487;height:1010;rotation:424533fd;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAM6OfScAA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbERPu27CMBTdK/EP1kXqVhw6tDRgUBVRlAGpgrb7VXxJ&#10;Qu3ryDZ5/D0eKnU8Ou/NbrRG9ORD61jBcpGBIK6cbrlW8P318bQCESKyRuOYFEwUYLedPWww127g&#10;E/XnWIsUwiFHBU2MXS5lqBqyGBauI07cxXmLMUFfS+1xSOHWyOcse5EWW04NDXZUNFT9nm9WwUkf&#10;Jn817X71eSxfizcyrr/+KPU4H9/XICKN8V/85y61grQ1XUk3QG7vAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXhtbC54&#10;bWxQSwECLQAUAAYACAAAACEAM6OfScAAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA9QAAAIUDAAAAAA==&#10;" adj="-17824,8346" fillcolor="white [3201]" strokecolor="#92cddc [1944]" strokeweight="1pt">
+                  <v:fill color2="#b6dde8 [1304]" focus="100%" type="gradient"/>
+                  <v:stroke endcap="round"/>
+                  <v:shadow color="#205867 [1608]" opacity=".5" offset="1pt"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="008144DF" w:rsidRDefault="008144DF" w:rsidP="008144DF"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Учитель:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Дети, нам прислали волшебный сундучок. Давайте откроем, и посмотрим что там находится. (Учитель достает диск видеофильма и вопросы блиц-опроса. Учитель спрашивает у детей как поступить правильно, чтобы справится с  заданием.).  </w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Дети:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">Тапсырма бойынша рефлексия.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «надо посмотреть фильм, чтобы ответить на вопросы».</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Мұғалім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001437D7" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Балалар, б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іздің сызбамыздағы жауаптарымызға назар аударайық. Президент болу оңай ма?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Учитель:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Білім алушылардың жауаптары.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Дети, нам надо очень внимательно смотреть и послушать фильм, чтобы ответить на вопросы волшебного сундучка. </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> Мұғалімнің толықтырулары, басқа балалардың жауаптарды толықтыруы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00D64D6B" w:rsidP="00DF7A2F">
-      <w:pPr>
+    <w:p w:rsidR="001437D7" w:rsidRPr="009216DB" w:rsidRDefault="001437D7" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...709 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>«Сиқырлы сандықша».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сыныпқа пошташы келіп, сандықшаны береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалар, бізге сиқырлы сандықша жіберіпті. Аш</w:t>
+      </w:r>
+      <w:r w:rsidR="001437D7" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, онда не бар екенін көрейік. (Мұғалім </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80668" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сандықшадан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>видеофильм дискісі мен блиц-сауалнама сұрақтарын алады. Мұғалім балалардан тапсырманы дұрыс орындау үшін қалай әрекет ету керектігін сұрайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Балалар:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80668" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ұрақтарға жауап беру үшін, алдымен фильмді көруіміз керек».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалар сиқырлы сандық</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80668" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>шан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ың сұрақтарына жауап беру үшін фильмді мұқият қарап, тыңда</w:t>
+      </w:r>
+      <w:r w:rsidR="00B965BC" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>йық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Еліміздің Тұңғыш Президенті Н. Ә. Назарбаев туралы бейнефильмді көру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=x7ui1j0Lc3g</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0.48 мин – 3.00 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4AB4" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Балалар, біздің Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұңғыш Президентіміз кім? Басқа елдердің Президенттері </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4AB4" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>туралы не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білесіздер? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушылардың жауаптары. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ал енді біз сиқырлы сандықшаның блиц-сауалнама сұрақтарына жауап беруіміз керек (сұрақтарды барлық сыныпқа қоюға немесе оларды топтарға бөлуге болады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Рефлексия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тапсырманы орындағаннан кейін жұмыстың нәтижесін атап өту және балаларды белсенді қатысқаны үшін мадақтау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Блиц-сауалнама сұрақтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="004C48DB" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>368300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>78740</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5403850" cy="2317750"/>
+                <wp:effectExtent l="12065" t="5715" r="13335" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="AutoShape 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5403850" cy="2317750"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 16667"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2">
+                              <a:lumMod val="100000"/>
+                              <a:lumOff val="0"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                          <a:prstDash val="dash"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>1. Қазақстан</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>ның Тұңғыш Президенті қай жерде дүниеге келді</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="005D05C0" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>2. Н. Назарбаев қай жылы е</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008144DF" w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>л</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>іміздің</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008144DF" w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Президенті болды? </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>3. Тұңғыш Президент</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">тің </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> мамандығы қандай бол</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002F1D1F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>ған</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">4. Президент резиденциясы қалай аталады? (Президент қайда жұмыс істейді? </w:t>
+                            </w:r>
+                            <w:r w:rsidR="002F1D1F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">1-сынып үшін </w:t>
+                            </w:r>
+                            <w:r w:rsidR="002F1D1F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>сұрақ</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">). </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>5. Ол қандай елдерде болды?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>6. Еліміздің т</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>ұңғыш Президентінің мұражайы қай қалада орналасқан?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>7. Еліміздің т</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>ұңғыш Президентінің жастық шағы қай қалада өтті?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>8. 1 желтоқсанда қандай мереке атап өтіледі?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>9. Бұл мереке неге арналған?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="008144DF" w:rsidRPr="00311C98" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B203B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>10. Тұңғыш Президенттің көшбасшылық қасиеттерін атаңыз?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect id="AutoShape 22" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:29pt;margin-top:6.2pt;width:425.5pt;height:182.5pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZ0/H1YAIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9v1DAMf0fiO0R553rt7s9WrTdNG4eQ&#10;BkwMPkCapNdAmoQkd+349Dhu77jBG6IPkR3bv9j+2b2+GTpNDtIHZU1F89mcEmm4FcrsKvr1y/bN&#10;JSUhMiOYtkZW9FkGerN5/eq6d6UsbGu1kJ4AiAll7yraxujKLAu8lR0LM+ukAWNjfcciqH6XCc96&#10;QO90Vsznq6y3XjhvuQwBbu9HI90gftNIHj81TZCR6IpCbhFPj2edzmxzzcqdZ65VfEqD/UMWHVMG&#10;Hj1B3bPIyN6rv6A6xb0NtokzbrvMNo3iEmuAavL5H9U8tcxJrAWaE9ypTeH/wfKPh0dPlKhoQYlh&#10;HVB0u48WXyZFkfrTu1CC25N79KnC4B4s/x6IsXctMzt5673tW8kEZJUn/+xFQFIChJK6/2AFwDOA&#10;x1YNje8SIDSBDMjI84kROUTC4XK5mF9cLoE4DrbiIl+vQUlvsPIY7nyI76TtSBIq6u3eiM/AO77B&#10;Dg8hIi9iqo6Jb5Q0nQaWD0yTfLVarSfEyRmwj5hYr9VKbJXWqPhdfac9gdCKbvGbgsO5mzakr+jV&#10;slhiFi9sONryBBKHAn30voP+jMD5PH0JmJVwDxM83h9LP0FgI16gp8zvWWjHAAHSCINtQcBE1Vsj&#10;UI5M6VGGorWZuEt0jbTHoR5wOJYJJVFZW/EMZHo7bhJsPgit9T8p6WGLKhp+7JmXlOj3BgbiKl8s&#10;0tqhsliuC1D8uaU+tzDDAaqikZJRvIvjqu6dV7sWXsqxV8amGW1UhKRw2sasJgU2BfsybXVaxXMd&#10;vX7/eza/AAAA//8DAFBLAwQUAAYACAAAACEAcm1pyeMAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBi7Qba23amE0RMS0Igo1S8LbNjkkwOxuz2zb21zue9DjvPd58L10OthUH&#10;7H3jSMH1OAKBVDrTUKXg7TUfzUH4oMno1hEq+EYPy+z8LNWJcUfa4KEIleAS8olWUIfQJVL6skar&#10;/dh1SOx9uN7qwGdfSdPrI5fbVk6iaCatbog/1LrDhxrLz2JvFeRfj6undV4X8ekUtlfvL6v8ebNV&#10;6vJiuL8DEXAIf2H4xWd0yJhp5/ZkvGgV3M55SmB9MgXB/iJasLBTcBPHU5BZKv8vyH4AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA2dPx9WACAADDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcm1pyeMAAAAJAQAADwAAAAAAAAAAAAAAAAC6BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" strokecolor="#1f497d [3215]">
+                <v:stroke dashstyle="dash"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>1. Қазақстан</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>ның Тұңғыш Президенті қай жерде дүниеге келді</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="005D05C0" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>2. Н. Назарбаев қай жылы е</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008144DF" w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>л</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>іміздің</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008144DF" w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Президенті болды? </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>3. Тұңғыш Президент</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">тің </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> мамандығы қандай бол</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002F1D1F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>ған</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">4. Президент резиденциясы қалай аталады? (Президент қайда жұмыс істейді? </w:t>
+                      </w:r>
+                      <w:r w:rsidR="002F1D1F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">1-сынып үшін </w:t>
+                      </w:r>
+                      <w:r w:rsidR="002F1D1F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>сұрақ</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">). </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>5. Ол қандай елдерде болды?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>6. Еліміздің т</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>ұңғыш Президентінің мұражайы қай қалада орналасқан?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>7. Еліміздің т</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>ұңғыш Президентінің жастық шағы қай қалада өтті?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>8. 1 желтоқсанда қандай мереке атап өтіледі?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="007B203B" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>9. Бұл мереке неге арналған?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="008144DF" w:rsidRPr="00311C98" w:rsidRDefault="008144DF" w:rsidP="008144DF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B203B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>10. Тұңғыш Президенттің көшбасшылық қасиеттерін атаңыз?</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="00C93E0A" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арлық көшбасшылық және патриоттық қасиеттер туралы балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D1F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдыңғы тапсырмада айтқан жауаптарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалім тақтада </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алдын ала дайындалған кесте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазады немесе іледі. Қажет болған жағдайда Президент тұлғасының бірқатар көшбасшылық және патриоттық қасиеттерін толықтырады және </w:t>
+      </w:r>
+      <w:r w:rsidR="00D646AA" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер мен Президент болсам....</w:t>
+      </w:r>
+      <w:r w:rsidR="00D646AA" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген ойды аяқтауды ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Рефлексия.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жұмыс аяқталған соң, балалардың қалауы бойынша жауаптарды оқуға болады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E07" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиелік қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ысқаша әңгімелесу өткізіледі. Содан кейін балалар өз жауаптарын бірге жинап, алдын ала дайындалған уақыт капсуласына салады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалар, біз енді бұл капсуланы мектеп мұрағатына сақтауға береміз және оны сендер мектептен түлеп ұшар алдында ашамыз (балалар капсуланы ашу күнін жазады және желімдейді). Сендердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E07" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тілектерің</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E07" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сендердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үлкен өмірге жолдама болады деп сенеміз. Ол үшін біз пошташыдан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сиқырлы сандық</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E07" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шадағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біздің сәлемдемені мұрағатқа жеткізуін  өтінеміз (балалар капсуланы сиқырлы сандыққа салып, пошташыға береді. Капсуланы әртүрлі материалдардан өз еркінше жасауға болады). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="004C48DB" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...49 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>95250</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3810</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5676900" cy="1686560"/>
+                <wp:effectExtent l="5715" t="12700" r="13335" b="5715"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Rectangle 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5676900" cy="1686560"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:schemeClr val="accent1">
+                              <a:lumMod val="100000"/>
+                              <a:lumOff val="0"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                          <a:prstDash val="dashDot"/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:7.5pt;margin-top:.3pt;width:447pt;height:132.8pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDUY3VpwIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4T22njptYdaoqTqZJ&#10;3Vat2w8ggGM0DB6QOF21/74LJGmyvUzT/IC5fFzOuffce3u37yTacWOFVhXOrlKMuKKaCbWp8Ncv&#10;q9EUI+uIYkRqxSv8zC2+m799czv0JR/rVkvGDQInypZDX+HWub5MEktb3hF7pXuuYLPRpiMOTLNJ&#10;mCEDeO9kMk7TIhm0Yb3RlFsLq3XcxPPgv2k4dZ+axnKHZIUBmwujCePaj8n8lpQbQ/pW0AMM8g8o&#10;OiIUPHpyVRNH0NaIP1x1ghptdeOuqO4S3TSC8sAB2GTpb2yeWtLzwAWCY/tTmOz/c0s/7h4NEgxy&#10;h5EiHaToMwSNqI3kaHzt4zP0toRjT/2j8Qxt/6DpN4uUXrRwjN8bo4eWEwaoMn8+ubjgDQtX0Xr4&#10;oBm4J1unQ6j2jem8QwgC2oeMPJ8ywvcOUVicFDfFLIXEUdjLimkxKULOElIer/fGundcd8hPKmwA&#10;fXBPdg/WeTikPB7xrym9ElKGtEuFhgrPJuNJuGC1FMxvBpZegHwhDdoRkA6hlCuXhXNy2wGTuJ6l&#10;/osqgnXQWlw/ggw69m4CjosXPKia2DZeYDCrtYueOuGgKKToKjw9e8AHealYwO6IkHEO/KTykCFm&#10;wPgwi+J7maWz5XQ5zUf5uFiO8rSuR/erRT4qVtnNpL6uF4s6++lZZXnZCsa48gE4FkKW/53QDiUZ&#10;JXwqhQu21mzWp2iuwhe0Anp6DXtyCSPEDFgd/4FdUJcXVBTmWrNnEJfRsbKhE8Gk1eYHRgNUdYXt&#10;9y0xHCP5XoFAZ1me+zYQjHxyMwbDnO+sz3eIouCqwg6jOF242Dq2vRGbFl6KilD6HkTdiCA3L/iI&#10;CnB7Ayo3MDh0Gd8azu1w6rUXzn8BAAD//wMAUEsDBBQABgAIAAAAIQAemuu03AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BTsMwEEX3SNzBGiQ2iDpEapSGOBVUAgmxou0B3HiauI3HwXbbcHuG&#10;FV0+/dH/b+rl5AZxxhCtJwVPswwEUuuNpU7BdvP2WIKISZPRgydU8IMRls3tTa0r4y/0hed16gSX&#10;UKy0gj6lsZIytj06HWd+ROJs74PTiTF00gR94XI3yDzLCum0JV7o9YirHtvj+uQUlHtbfs4P29iF&#10;9wf82Lyuvk1plbq/m16eQSSc0v8x/OmzOjTstPMnMlEMzHN+JSkoQHC6yBaMOwV5UeQgm1pe+ze/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAENRjdWnAgAAUwUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB6a67TcAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAAQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" filled="f" strokecolor="#4f81bd [3204]">
+                <v:stroke dashstyle="dashDot"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="15" name="Рисунок 15" descr="http://i1.ytimg.com/vi/XT_vAEMoR-k/hqdefault.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0745DB0D" wp14:editId="1DF12D42">
+            <wp:extent cx="2531848" cy="1698171"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="48" name="Рисунок 4" descr="http://i1.ytimg.com/vi/XT_vAEMoR-k/hqdefault.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://i1.ytimg.com/vi/XT_vAEMoR-k/hqdefault.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId32" cstate="print">
+                    <a:blip r:embed="rId35" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="13841" b="14879"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2353840" cy="1578777"/>
+                      <a:ext cx="2545445" cy="1707291"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns=""/>
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-      <w:r w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98">
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="16" name="Рисунок 16" descr="http://graverton.ru/images/stories/kapsula_vremeni_aluminiy.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="486204E8" wp14:editId="73632081">
+            <wp:extent cx="2386941" cy="1695744"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="49" name="Рисунок 1" descr="http://graverton.ru/images/stories/kapsula_vremeni_aluminiy.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://graverton.ru/images/stories/kapsula_vremeni_aluminiy.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33" cstate="print">
+                    <a:blip r:embed="rId36" cstate="print">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-                          <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="">
-                            <a14:imgLayer r:embed="rId35">
+                          <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a14:imgLayer r:embed="rId37">
                               <a14:imgEffect>
                                 <a14:brightnessContrast bright="20000" contrast="-20000"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2074425" cy="1473725"/>
+                      <a:ext cx="2383940" cy="1693612"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008144DF" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="009773EF">
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Послание на пазле». </w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«Пазлдағы жолдау».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>Мұғалім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Учитель:</w:t>
-[...258 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалар, біздің сабақ соңына таяп келеді. Сабақты аяқтар алдында сендерге тағы бір тапсырма ұсынамын. Осы тапсырманы орындау арқылы, сендер еліміздің тұңғыш Президенті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Н.Ә. Назарбаевтың кітаптарындағы жастарға арнаған ұлағатты сөздерін біле аласыңдар.  Біз ұлт Көшбасшысының өсиеттерін біліп, әрдайым есте сақтауымыз керек, өйткені болашақ біздің қолымызда!  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім геометриялық фигуралардан пазл жинауды ұсынады. Жұмыс аяқталған кезде балалар біздің туған Отанымыздың жас буынына арналған елдің тұңғыш Президентінің қанатты сөзін оқи алады (жұмысты жеке топтарда ұйымдастыруға болады). Жазулары бар пазлдың фоны сабақтың тақырыбына сәйкес таңдалуы керек. Мысалы: Қазақстанның географиялық картасы, «Бәйтерек» символы, еліміздің Туы және басқалар.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы тапсырмаға арналған Тұңғыш Президенттің кітаптарынан алынған өсиет сөздер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>«У нас есть только одна отчизна – это независимый Казахстан»;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t xml:space="preserve">«Бізде тек бір ғана Отан бар - бұл Тәуелсіз Қазақстан»; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>«Вы – вопл</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t>«Біздің болашаққа деген барлық үмітіміз - сендер»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Если ты дитя своей страны, трудись во благо </w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t>«Егер сен өз еліңнің ұланы болсаң, Отаныңның игілігі үшін еңбек ет»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>«Мир – это счастье наших детей»;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t>«Бейбітшілік – біздің балаларымыздың бақыты»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>«Молодежь – опора нашего будущего».</w:t>
-[...4 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t>«Жастар – біздің болашағымыздың тірегі».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Рефлексия.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Как ты понимаешь это крылатое выражение?» Беседа, Дополнение ответов. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:t xml:space="preserve">  «Бұл ұлағатты сөзді қалай түсінесің?» Сұхбат, жауаптарды толықтыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...51 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасына арналған "Менің </w:t>
+      </w:r>
+      <w:r w:rsidR="00972D29" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елбасым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" тақырыбындағы өлеңдерді оқу, оқыған қанатты сөздерді жатқа айту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл тапсырма оқушыларға алдын ала беріледі. Білім алушылар өлеңді </w:t>
+      </w:r>
+      <w:r w:rsidR="00033DB8" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өздері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тауып жаттай алады немесе мұғалім ұсынған өлеңдерді </w:t>
+      </w:r>
+      <w:r w:rsidR="00033DB8" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін. Мұғалім оқушылардың жас және жеке ерекшеліктерін ескеруі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidR="00033DB8" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...45 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    </w:p>
+    <w:p w:rsidR="000A473B" w:rsidRPr="009216DB" w:rsidRDefault="00FA52AE" w:rsidP="00FA52AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІІ кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00FA52AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...25 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кері байланыс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...27 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бүгінгі сабақтан қандай ақпарат алдың? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008144DF" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...1442 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...62 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүгінгі сабақтан не ерекше есіңде қалды? Неліктен?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD6190" w:rsidRPr="009216DB" w:rsidRDefault="008144DF" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="006E0855" w:rsidRPr="00AF4B98">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұңғыш Президенттің ұлағат сөзін қайталап айтып бере аласың ба?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00927A5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұңғыш Президенті күні»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>індеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Тұңғыш Президент – Елбасы туралы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імді кеңейту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- бастауыш сынып оқушыларының бойында патриоттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бейбітшілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлттық келісім сезімд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ың танымдық қабілеттерін дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу формасы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып сағаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I кезең (10 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Мұғалімнің кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іспе сөзі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Балалар, барлықтарыңызды Қазақстан Республикасының Әнұранын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға дайында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>луларыңызд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы сұраймын (Қазақстан Республикасының Әнұраны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойнайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құрметті балалар, біздің бүгін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып сағаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуелсіз мемлекетімізд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұңғыш Президенті Күніне арналады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отан! Бұл сөзде қаншалықты кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мағына бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! Менің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көз алдыма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імді және дана халық мекендеген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлан-ғайыр жер келеді: қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың селеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кілемі төселген даласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жусан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның қышқыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иісі. «Менің Қазақстаным»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген сөзді айтқанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гімнің зор м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақтаныш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толатынын сеземін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан халқы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызды күнді атап өтеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">желтоқсан қандай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мереке кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>райсыңдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сендер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз Отанын сүйетін, оны даңққа бөлейтін, салт-дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үрді құрметтейтін, өз елінің тарихын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білетін адамды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>патриот деп атай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нын білесіндер ме?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ал  сендерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриот </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атауға бола ма?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II кезең (25 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) «Сен өз елің туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілесің» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>викторина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дұрыс жауап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы біз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қол шапалақтаумен қолпаштаймыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Біздің мемлекетімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аталады? (Қазақстан Республикасы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттің негізг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Қазақстан Республикасының Конституциясы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұңғыш Президенті кім? (Н. Назарбаев)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Қазақстан Республикасының мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әміздері (Ту, Елтаңба, Әнұран)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Қазақстанның астанасы? (Нұр-Сұлтан қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Қазақстан Республикасының ұлттық валютасы? (Теңге)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мына күндер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңдар: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 желтоқсан? 7 мамыр? </w:t>
+      </w:r>
+      <w:r w:rsidR="001045A6" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30 тамыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) «Сөйлемді аяқта» ойыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Балалар, қағаздағы сөйлемдерді өз қалауларың бойынша жауап бере отырып, аяқтаңдар  (Тыныш музыка естіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Менің Қазақстаным ең ......................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мен өз Отаным  ........................................ үшін  мақтан тұтамын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Патриот болу дегеніміз ......................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Мен .......................................................................................тұрамын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Менің ойымша, Бірінші Президент болу, бұл –  .................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан халқы достық пен келісімде өмір сүреді. Біздің еліміз өркендей беруі үшін әркім өз тілегін айтсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Мен Қазақстанға гүлдену мен бейбітшілік тілеймін!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Мен өз Отаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а береке тілеймін!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Мен бейбіт аспан тілеймін!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аман </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олсын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілеймін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мен барша </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа бақыт тілеймін!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылардың тілегі әртүрлі болуы мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Тапсырманы орындағаннан кейін балаларды белсенді қатысқаны үшін марапаттау керек).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4). Еліміздің Тұңғыш Президенті Н.Ә.Назарбаев туралы бейнефильмді көру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00DD503F" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="00E5352C" w:rsidRPr="009216DB">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=u-eFXvfJpKg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006E0855" w:rsidRPr="00AF4B98">
+      <w:r w:rsidR="00E5352C" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E0855" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5352C" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(1,26 </w:t>
       </w:r>
-      <w:r w:rsidR="006E0855" w:rsidRPr="00AF4B98">
+      <w:r w:rsidR="00E5352C" w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>– 7,37 мин)</w:t>
-[...96 lines deleted...]
-        <w:t xml:space="preserve">3. </w:t>
+        <w:t>- 7,37 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Талқылау үшін сұрақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Президент болу </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AF4B98">
-[...6 lines deleted...]
-        <w:t>Какие лидерские качества знаете нашего Елбасы?</w:t>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...23 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңай ма? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Тұңғыш Президент туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілдіңіз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Елбасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қандай көшбасшылық қасиеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілесіз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Сіз оған не тілейсыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>III кезең (10 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақ соңында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорытынды шығарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанның болашағы сіздер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіздер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, жас ұрпақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Біз өткенді есте сақтауымыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гіні білуіміз, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болашақты құруымыз керек және өзіміз Отанымыз – Қазақстан Республикасына қызмет ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іміз қажет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осындай маңызды тарихи уақытта елімізден Нұрсұлтан Назарбаев сияқты көшбасшы шықты. Ол – «Ұлт көшбасшысы», «Елбасы». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5352C" w:rsidRPr="009216DB" w:rsidRDefault="00E5352C" w:rsidP="00E5352C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұңғыш Президент – Елбасы Нұрсұлтан Әбішұлы Назарбаев жаңа тәуелсіз мемлекеттің негізін қалаушы. Қазақстан Парламентінің Сенаты 1 желтоқсан күнін  Қазақстан Республикасының Тұңғыш Президенті Күні деп атап өтуге шешім қабылдады. Тұңғыш Президенттің жетістіктері Қазақстан халқы тарапынан үлкен құрмет пен сенім тудырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidRDefault="009216DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(10 минут</w:t>
-[...199 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00B100AC" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...37 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13774" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Біздің Ту – Тәуелсіздік»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...34 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің мақсатымыз-бейбітшілік пен береке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...96 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлемде бір ғана Отанымыз бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл – Қазақстан!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.Ә. НАЗАРБАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстанның ұлттық валютасы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...183 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу түрі : әңгіме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Цель и задачи</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00606C6E" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00606C6E">
-[...285 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="28"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...39 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың Тұңғыш Президент Н. Ә. Назарбаевтың Жарлығымен енгізілген ұлттық валюта – теңге туралы білімін кеңейту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақстандық патриотизмге, Отанға деген сүйіспеншілікке, ҚР Тұңғыш Президенті – Елбасының қызметіне деген құрмет пен мақтанышқа тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдістемелік ұсыным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақты өткізуге арналған құрал-жабдықтар мен материалдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: бейнеролик, презентация, теңге туралы кітаптар және суреттер, постер дайындау үшін таза ақ қағаздар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақтың барысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I КЕЗЕҢ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(10 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отан  деген не?  «Отан» деген сөзді күн сайын естіп жүрміз, оны бала кезімізден білеміз.  Отан дегеніміз – адамның туып-өскен жері, туған туысқандармен, жақындармен бірге тұратын атамекені.  Отан – әрбір  адамға өте маңызды, жүрегіне жақын  сөз. Әр адамның өз Отаны бар. Осы сөзбен біз мектепті, отбасымызды, тамаша ауданымызды, ауылымызды, кең-байтақ Қазақстан Республикасын түсінеміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>А</w:t>
-[...35 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="005F53AB" w:rsidP="009C3C6B">
+        <w:t xml:space="preserve">Ассоциация  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="004C48DB" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F53AB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:pict>
-[...64 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1139190</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>119380</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1733550" cy="1104900"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Вертикальный свиток 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1733550" cy="1104900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="verticalScroll">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 12500"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00A13774" w:rsidRPr="00156B7A" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>Тәуелсіз</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B049EA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B049EA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>Қазақстан</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t97" coordsize="21600,21600" o:spt="97" adj="2700" path="m@5,qx@1@2l@1@0@2@0qx0@7@2,21600l@9,21600qx@10@7l@10@1@11@1qx21600@2@11,xem@5,nfqx@6@2@5@1@4@3@5@2l@6@2em@5@1nfl@10@1em@2,21600nfqx@1@7l@1@0em@2@0nfqx@3@8@2@7l@1@7e">
+                <v:formulas>
+                  <v:f eqn="sum height 0 #0"/>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="prod @1 1 2"/>
+                  <v:f eqn="prod @1 3 4"/>
+                  <v:f eqn="prod @1 5 4"/>
+                  <v:f eqn="prod @1 3 2"/>
+                  <v:f eqn="prod @1 2 1"/>
+                  <v:f eqn="sum height 0 @2"/>
+                  <v:f eqn="sum height 0 @3"/>
+                  <v:f eqn="sum width 0 @5"/>
+                  <v:f eqn="sum width 0 @1"/>
+                  <v:f eqn="sum width 0 @2"/>
+                  <v:f eqn="val height"/>
+                  <v:f eqn="prod height 1 2"/>
+                  <v:f eqn="prod width 1 2"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" limo="10800,10800" o:connecttype="custom" o:connectlocs="@14,0;@1,@13;@14,@12;@10,@13" o:connectangles="270,180,90,0" textboxrect="@1,@1,@10,@7"/>
+                <v:handles>
+                  <v:h position="topLeft,#0" yrange="0,5400"/>
+                </v:handles>
+                <o:complex v:ext="view"/>
+              </v:shapetype>
+              <v:shape id="Вертикальный свиток 17" o:spid="_x0000_s1033" type="#_x0000_t97" style="position:absolute;left:0;text-align:left;margin-left:89.7pt;margin-top:9.4pt;width:136.5pt;height:87pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBC6HXJagIAAJYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvZHfTpKVRN1WVUoRU&#10;oFLhAxzbmzV4bTN2sikn4AonvgQhIZUi+IbNHzHrTUIKnBB7sGY84+eZ98Z7dLysNFlI8MqanGa9&#10;lBJpuBXKzHL6/NnZvfuU+MCMYNoamdMr6enx+O6do9qNZN+WVgsJBEGMH9Uup2UIbpQknpeyYr5n&#10;nTQYLCxULKALs0QAqxG90kk/TfeT2oJwYLn0HndPuyAdR/yikDw8LQovA9E5xdpCXCGu03ZNxkds&#10;NAPmSsXXZbB/qKJiyuClW6hTFhiZg/oDqlIcrLdF6HFbJbYoFJexB+wmS3/r5rJkTsZekBzvtjT5&#10;/wfLnywugCiB2h1QYliFGjUfmy+rN6t3zXVz03xqvq0+NN9X75uvZPW2+dxcY+BHc0MwH8mrnR8h&#10;xqW7gLZ9784tf+mJsZOSmZk8AbB1KZnAkrM2P7l1oHU8HiXT+rEVeDWbBxt5XBZQtYDIEFlGua62&#10;csllIBw3s4O9veEQVeUYy7J0cJhGQRM22hx34MNDaSvSGjnFQQ2KM32JImgdL2KLcx+icmLdPhMv&#10;KCkqjXOwYJpk/eEWdp2MF2yAY9NWK3GmtI4OzKYTDQSP5vQsfrFv5GY3TRtS5/Rw2B/GKm7F/C5E&#10;Gr+/QYCdGxHntyX4wdoOTOnOxiq1WTPektyJFZbTZdR7fyPf1IorlABs9zhajnC+LLympMaHkVP/&#10;as5AUqIfGZTxMBsM2pcUncHwoI8O7EamuxFmOELlNFDSmZPQvb65AzUr8aYsEmDsCUpfqLCZka6q&#10;dfk4/Gjdel27fsz69TsZ/wQAAP//AwBQSwMEFAAGAAgAAAAhAOoT5ZTcAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMT01Pg0AQvZv4HzZj4s0uEFSKLE1jrHptNe11C1OWyM4iuxT67x1Pepv3kTfv&#10;FavZduKMg28dKYgXEQikytUtNQo+PzZ3GQgfNNW6c4QKLuhhVV5fFTqv3URbPO9CIziEfK4VmBD6&#10;XEpfGbTaL1yPxNrJDVYHhkMj60FPHG47mUTRg7S6Jf5gdI/PBquv3WgVRGMcX15Nf2g36ffL+hT2&#10;09t7otTtzbx+AhFwDn9m+K3P1aHkTkc3Uu1Fx/hxmbKVj4wnsCG9T5g4MrFMMpBlIf9PKH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQuh1yWoCAACWBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6hPllNwAAAAKAQAADwAAAAAAAAAAAAAAAADE&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00A13774" w:rsidRPr="00156B7A" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>Тәуелсіз</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B049EA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B049EA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>Қазақстан</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы сөздермен байланысты үш сөзді параққа жазыңыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...35 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="25"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="af"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="af"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006D75A2" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rStyle w:val="af"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біздің Отанымыз. Бұл кең ұғымға кіретін барлық сөздерді айту мүмкін емес. Дала, астана, Елбасы, Ту, Елтаңба, Әнұран – бұл біздің тарихымыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0013100E" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00607215" w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00607215" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қазақстанның құрылуы туралы таңғажайып аңыз бар. Аңыз бойынша былай делінген: «....әлемді жаратушы Құдай аспан мен жерді, теңіз бен мұхиттарды, барлық елдер мен құрлықтарды құрды, ал Қазақстан туралы ұмытып кеткені соңғы минутта ғана есіне түседі. Ал бұл кезде құраушы материалдар жоқ еді. Түрлі жерлерден кішкене бөлшектен: Американың шеткі бөлігін, Италияның жиегін, Африка шөлін, Кавказдың жолағын тез тартып алып, Қазақстан болуға тиісті жерге орналастырады». Бұл аңызға сенбеу мүмкін емес, себебі біздің таңғажайып жерімізден кең байтақ жазық даланы, көгілдір аспанмен тілдескен биік-биік тауларды, сусыз шөл даланы, шексіз көгілдір көлдер мен теңіздерді және ну ормандарды және т.б.бәрін табуға болады......».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0013100E" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>столица</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00607215" w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">Қазақстан халқының бағына ел тарихындағы маңызды уақытта және оның тарихи тағдырында саяси аренаға Нұрсұлтан Назарбаев сияқты көшбасшы шықты. Ол «Ұлт Көшбасшысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0013100E" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Елбасы, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00607215" w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ф</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00607215" w:rsidRPr="00AF4B98">
+        <w:t>(Н.Ә.Назарбаевтың портретін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...204 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="001145D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="009216DB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CE2E81A" wp14:editId="67EF1538">
             <wp:extent cx="2489159" cy="1781175"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
-            <wp:docPr id="43" name="Рисунок 16" descr="Картинки по запросу первый президент казахстана сочинение"/>
+            <wp:docPr id="53" name="Рисунок 16" descr="Картинки по запросу первый президент казахстана сочинение"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 27" descr="Картинки по запросу первый президент казахстана сочинение"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37" cstate="print">
+                    <a:blip r:embed="rId39" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2491153" cy="1782602"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...27 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сіздер ҚР Тұңғыш Президенті – Елбасы және оның қызметі туралы не білесіздер?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...126 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Н.Назарбаев Қазақстанның барлық қалаларын оқу орындармен, спорт мектептерімен, стадиондармен, саябақтармен қамтамасыз етті. Осының арқасында Қазақстан спортшылары олимпиада ойындарына қатысып, жүлделі орындарды иеленді. Қазақстанда салынған оқу орындарының арқасында жастарға бәсекеге қабілеті жоғары білім алуға жағдай жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="article-renderblock"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...114 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Халық ортасынан шыққан» Тұңғыш Президент Нұрсұлтан Назарбаев қарапайым ауыл отбасында өсіп, қарапайым адамдардың қажеттіліктерімен жақсы таныс болған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="article-renderblock"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еліміздегі барлық әлеуметтік-экономикалық реформалар халықтың игілігі үшін жүргізіліп жатыр. Қазақстан Республикасының Тұңғыш Президенті – Елбасы өзінің бүкіл өмірін Қазақстан халқының дамуына арнады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="article-renderblock"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің елімізде 1 желтоқсан Тәуелсіз Қазақстан тарихындағы ерекше күн болып саналады. 1991 жылғы қыстың бірінші күні Тұңғыш Президент сайлауы өтті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="article-renderblock"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="article-renderblock"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Қазақстан Республикасының Тұңғыш Президенті Күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Тұңғыш Президенті Н.Ә.Назарбаевтың көрнекті еңбектерін атап өту және тану үшін құрылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="article-renderblock"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...28 lines deleted...]
-          <w:szCs w:val="21"/>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...320 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A0DF523" wp14:editId="648219DA">
             <wp:extent cx="3312695" cy="2247900"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="44" name="Рисунок 18" descr="Картинки по запросу 1 декабря мы отмечаем"/>
+            <wp:docPr id="56" name="Рисунок 18" descr="Картинки по запросу 1 декабря мы отмечаем"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Картинки по запросу 1 декабря мы отмечаем"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39" cstate="print">
+                    <a:blip r:embed="rId40" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3321002" cy="2253537"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="005025E3">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="article-renderblock"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Благодаря Первому Президенту </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E4468B" w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">РК - </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00E4468B" w:rsidRPr="00AF4B98">
+        <w:t xml:space="preserve">ҚР Тұңғыш Президенті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Елбасының арқасында еліміз тәуелсіз болды. Бізде ұлттық валюта пайда болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КЕЗЕҢ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(20 минут)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...89 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="27"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...88 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1993 жылдың 12 қарашасы күні Қазақстанның Тұңғыш Президенті Нұрсұлтан Назарбаев «Қазақстан Республикасында ұлттық валюта енгізу туралы» Жарлыққа қол қойды.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1993 жылғы 15 қарашада Қазақстанның ұлттық валютасы– теңге  айналымға енгізілді. 1 теңге — КСРО-ның  500 рубль арақатынасымен айырбасталды, яғни теңгеге дейін біздің валютамыз рубль деп аталған болатын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...64 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Қазақстан Республикасында не себепті ұлттық валюта теңге болды  деп ойлайсыңдар? (Балалардың пікірі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Как вы думаете, почему был издан указ о введении национальной валюты? (Рассуждение детей). </w:t>
-[...162 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) Мұғалім  балаларға ақшаның негізгі мақсаты туралы айтып бере отырып, ақша өмірінен қызықты фактілер келтіреді (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://u-s.kz/publ/10319-asha-degenmz-ne.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақша – тауар мен өнім құнын бейнелейтін балама. Ол әр мемлекетте әртүрлі аталғанымен, негізінде сауда-саттық кезінде құн өлшемі ретінде пайдаланылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Мәселен, Ұлыбританиядағы ақша өлшемі – фунт-стерлинг, Венгрияда – форинт, Германияда – марка, Қазақстанда – теңге, Қытайда –юань, Ресейде – рубль, Өзбекстанда – сум, Қырғызстанда – сом, Түрікменстанда – манат, АҚШ-та – доллар деп аталады. Сонымен қатар, кейбір ақша өлшемдері бірнеше мемлекеттердің ақша қатынасында жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алғашында әртүрлі тайпалар мен халықтарда ақша ретінде ішкі және сыртқы сауда-саттықтың басты заттары болатын тауарлар қолданылған. Мәселен, кейбір халықтарда мал, аң терісі,тұз, шай—ақша орнына жүрген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ертерек замандарда сауда-саттық үрдісінде ақша өлшемін – бағалы аң терілері атқарғаны туралы деректер бар.Ол жөніндегі мағлұматтар кейбір </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ғалымдардың еңбектерінде кездеседі. Мәселен, филология ғылымының кандитаты В.Вакуров ертедегі Русьте ақша орнына бағалы аң терілері, оның ішінде жалпыға бірдей балама ретінде «куница» деген аңның терісі қолданылған деп жазады. Осыған байланысты ол орыс тілінде ақша мағынасында қолданылған «кун» сөзі пайда болған деген пікір айтады. «Кун» сөзі «куница» деп аталатын аң терісімен байланысты. Ал осы куницаның қазақшасы «сусар» екен. Қазақстанда бұл аңның екі түрі кездеседі. Ол оңтүстік Орал сусары және Орта Азияның тау сусары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орыстың «куны» сөзі қазақтың «құны» сөзімен бірдей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Яғни қазақ жерінде «құндыз» деп аталатын аң бар. «Құндыз» деп аталатын аң терісі ақша орнында жүрген. Құндыз сөзінен «құн» сөзі шыққан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ертеде ақша жоқ кезде айырбас сауда болған. Адамдар өзіне қажет тауарды екінше бір тауармен айырбастаған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00606C6E" w:rsidRPr="00AF4B98" w:rsidRDefault="00606C6E" w:rsidP="009C3C6B">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...146 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Что еще использовали в качестве денег?</w:t>
-[...9 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>Ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ретінде тағы не қолданылды?</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2093"/>
         <w:gridCol w:w="7478"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidTr="001145D9">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="0067295D" w:rsidTr="00B100AC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52DF032C" wp14:editId="5089A3A6">
                   <wp:extent cx="1152525" cy="1010523"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="45" name="Рисунок 2" descr="Картинки по запросу раковины каури фото"/>
+                  <wp:docPr id="57" name="Рисунок 2" descr="Картинки по запросу раковины каури фото"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="Картинки по запросу раковины каури фото"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40" cstate="print">
+                          <a:blip r:embed="rId42" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1157658" cy="1015023"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Раковины каури (раковины фарфоровой улитки) – одни из самых первых форм древней валюты. Они компактные, легкие и прочные, к тому же их очень трудно подделать. Мудрые китайцы первыми стали использовать раковины каури в качестве денег 3500 лет назад. </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (раковины каури) со временем имели хождение по всему миру.</w:t>
+              <w:t xml:space="preserve">Каури қабыршақтары (фарфор ұлуларының қабыршақтары) – ежелгі валютаның ең алғашқы түрлерінің бірі. Олар жинақы, жеңіл және берік болады, сондай-ақ оларды қолдан жасау өте қиын. Қытайлықтар бірінші болып каури қабыршақтарын 3500 жыл бұрын ақша ретінде пайдалана бастады. Фарфоровкаларды (каури қабыршақтарын) уақыт өте келе көптеген елдер қолдана бастады. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...17 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ежелгі валютаның жеті ерекше түрін атап өтейік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="9747" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1326"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="001145D9">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>грецкие орехи</w:t>
+              <w:t>жаңғақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>домашний скот</w:t>
+              <w:t>үй жануарлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>какао бобы</w:t>
+              <w:t>какао бұршақтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>«кирпичный чай»</w:t>
+              <w:t>шай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пряности</w:t>
+              <w:t>дәмдеуіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>беличьи шкурки</w:t>
+              <w:t>тиіннің терілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>зубы дельфинов</w:t>
+              <w:t>дельфин тістері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidTr="001145D9">
+      <w:tr w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35E9EC43" wp14:editId="6A198AF9">
                   <wp:extent cx="678180" cy="647700"/>
                   <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
-                  <wp:docPr id="46" name="Рисунок 3" descr="Картинки по запросу грецкие орехи"/>
+                  <wp:docPr id="58" name="Рисунок 3" descr="Картинки по запросу грецкие орехи"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3" descr="Картинки по запросу грецкие орехи"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41" cstate="print">
+                          <a:blip r:embed="rId43" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="678180" cy="647700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70F55AFB" wp14:editId="0FB037F0">
                   <wp:extent cx="800100" cy="1249680"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="47" name="Рисунок 4" descr="Картинки по запросу домашний скот"/>
+                  <wp:docPr id="59" name="Рисунок 4" descr="Картинки по запросу домашний скот"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="Картинки по запросу домашний скот"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42" cstate="print">
+                          <a:blip r:embed="rId44" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="800396" cy="1250142"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="765EA31D" wp14:editId="27A480D4">
                   <wp:extent cx="548640" cy="548640"/>
                   <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
-                  <wp:docPr id="48" name="Рисунок 5" descr="Картинки по запросу какао бобы"/>
+                  <wp:docPr id="60" name="Рисунок 5" descr="Картинки по запросу какао бобы"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="Картинки по запросу какао бобы"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43" cstate="print">
+                          <a:blip r:embed="rId45" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="548640" cy="548640"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CEF1111" wp14:editId="2A6EA107">
                   <wp:extent cx="807720" cy="548640"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="49" name="Рисунок 6" descr="Картинки по запросу кирпичный чай"/>
+                  <wp:docPr id="61" name="Рисунок 6" descr="Картинки по запросу кирпичный чай"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9" descr="Картинки по запросу кирпичный чай"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44" cstate="print">
+                          <a:blip r:embed="rId46" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="807376" cy="548406"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="712459F0" wp14:editId="1A9B4892">
                   <wp:extent cx="750688" cy="501031"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="50" name="Рисунок 7" descr="Картинки по запросу пряности"/>
+                  <wp:docPr id="62" name="Рисунок 7" descr="Картинки по запросу пряности"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 11" descr="Картинки по запросу пряности"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45" cstate="print">
+                          <a:blip r:embed="rId47" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="752677" cy="502358"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="523BD098" wp14:editId="5BBE42F7">
                   <wp:extent cx="495300" cy="728775"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="51" name="Рисунок 8" descr="Картинки по запросу беличьи шкурки"/>
+                  <wp:docPr id="63" name="Рисунок 8" descr="Картинки по запросу беличьи шкурки"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 13" descr="Картинки по запросу беличьи шкурки"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId46" cstate="print">
+                          <a:blip r:embed="rId48" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="496094" cy="729943"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="00787C0D">
+          <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D1BDF37" wp14:editId="214F0086">
                   <wp:extent cx="730306" cy="510540"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="52" name="Рисунок 9" descr="Картинки по запросу зубы дельфинов"/>
+                  <wp:docPr id="64" name="Рисунок 9" descr="Картинки по запросу зубы дельфинов"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 15" descr="Картинки по запросу зубы дельфинов"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47" cstate="print">
+                          <a:blip r:embed="rId49" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="731255" cy="511204"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...36 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақша ретінде  қымбат металдарды да пайдаланған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уақыт өте келе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айырбасталатын екі тауардың құны тең келмейтіндіктен ақша ойлап шығарылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:i/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақша тарихы туралы қызықты фактілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...17 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– Шығыс Азияда алым-салықтар және салықтар ұзақ уақыт бойы күрішпен төленген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:i/>
-[...7 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>– Ел арасында «Ең  арзан сый – ақша, қалғанының бәрі қымбат» және т.б. нақыл сөздер бар екенін білесіздер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:i/>
-[...17 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...238 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ал бүгін біз қандай ақшаны қолданамыз? (Балалар ақша туралы білгендерін ортаға салады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...59 lines deleted...]
-        <w:pStyle w:val="ad"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүгін біз сіздермен ұлттық валюта – Теңге туралы сөз қозғаймыз. Теңге – егемен Қазақстанның алғашқы ақшалай белгісі. Теңге де мемлекеттің Туы, Елтаңбасы және Әнұраны сияқты атрибуты. Әрбір ел өзіндік ақша белгісінде өз егемендігінің нышанын көрсетуге тырысады. «Ақша» сөзі түркі тілінде «теңге» сөзінен шыққан. 1993 жылы Мемлекет басшысы теледидардан қазақстандықтарға жаңа банкноталарды ұсынғанда, елдің әрбір тұрғыны олардың өте әдемі жасалғанын атап өтті. Ұлыбритания патшайымы оларға «Алтын сапа белгісін» тағайындады. Теңге жоғары сапамен ерекшеленеді және оны қолдан жасау өте қиын, себебі теңге қорғаудың 8 түрі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...134 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:t xml:space="preserve"> https://www.youtube.com/watch б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ейнероликтің үзіндісін көру ұсынылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілімнен кейін, педагог балалардың түсінгенін тексеру үшін сұрақтар қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өздеріңіз білесіздер, ҚР Тұңғыш Президенті – Елбасының тапсырмасы бойынша қазақ өлкесінің тарихына елеулі үлес қосқан: әл-Фараби, Сүйінбай Аронұлы, Құрманғазы Сағырбайұлы, Шоқан Уәлиханов, Абай Құнанбаев, Әбілхайыр хан және Абылай ханның портреттері купюралардың нобайларында пайдаланылғанын білесіздер. Күмбездің сырт жағында Қазақстанның табиғи сұлулықтары: Бурабай, Іле Алатауы, Балқаш көлі, сондай – ақ сәулет ескерткіштері – еліміздің белгілі мешіттері мен кесенелері бейнеленген. Бұл Н.Ә. Назарбаевтың өз елін және халқын сүйетінін тағы да дәлелдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Вы уже знаете, что по поручению  Первого Президента</w:t>
-[...242 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:t>1995 жылғы 19 мамырда Қазақстанда ақша шығаратын Банкнот фабрикасы ашылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...44 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="001145D9">
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="009216DB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1682750" cy="1847850"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ED3C95A" wp14:editId="4DE07622">
+            <wp:extent cx="2208811" cy="1850493"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="53" name="Рисунок 15" descr="hello_html_m630dd311.jpg"/>
+            <wp:docPr id="65" name="Рисунок 15" descr="hello_html_m630dd311.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 25" descr="hello_html_m630dd311.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48" cstate="print">
+                    <a:blip r:embed="rId50" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1686682" cy="1852168"/>
+                      <a:ext cx="2210810" cy="1852168"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="000310FE" w:rsidRPr="009216DB" w:rsidRDefault="000310FE" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...28 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...138 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фотода Елбасы Нұрсұлтан Назарбаевтың алғаш рет басылған теңгені өз қолына ұстаған сәті </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...62 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бүгінгі күні әрбір қазақстандықтың қолында теңге бар, біз осы валютаны күнделікті қолданамыз және ол біз үшін басты қажеттілік болып саналады. Біз өзіміздің ақша бірлігіміз – теңге екенін мақтан тұтамыз. Осындай жетістікке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">жету біздің Тұңғыш Президентіміз – Елбасы Н.Ә.Назарбаевтың арқасында деп білеміз. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>III КЕЗЕҢ (10 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдістемелік ұсыным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрметті балалар, сендер бүгін еліміздің Тұңғыш Президенті – Елбасы туралы және қолымызда күн сайын ұстап жүрген ұлттық валютамыз туралы көп мәлімет алдыңдар. Енді біз сендермен бүгінгі сабақты қаншалықты мұқият тыңдағандарыңды білу  үшін  шағын викторина арқылы байқап көрейік. Ал, бастайық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Викторина</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстанның Тұңғыш Президенті кім?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан қашан Тәуелсіз мемлекет атанды?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстандықтар 1 желтоқсанда атап өтетін айтулы күнді атаңыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...33 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстанның ұлттық валютасы қалай аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...101 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстанның Тұңғыш Президенті Нұрсұлтан Әбішұлы Назарбаев «Қазақстанның ұлттық валютасын енгізу туралы» Жарлыққа қай жылы қол қойды?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...76 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теңгеге дейін біздің валютамыз қалай аталған?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қандай валюта Халықаралық болып саналады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іздің банкноталарымыздың бет жағында не бейнеленген?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="009C3C6B" w:rsidRPr="00AF4B98" w:rsidRDefault="009C3C6B" w:rsidP="009C3C6B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іздің банкноталарымыздың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағында не бейнеленген?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
-[...84 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан теңгесінің қанша қорғау дәрежесі бар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар «Біздің Қазақстан» тақырыбына постер дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="005122F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ соңында педагог балалардың жасаған жұмыстарының жалпы қорытындыларын шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13774" w:rsidRPr="009216DB" w:rsidRDefault="00A13774" w:rsidP="00A13774">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Көшбасшылық  – адамдарға өз идеяларын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іске асыру мүмкіндігін беру өнері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сет Годин (Seth Godin)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00684901">
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Көшбасшы туралы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу түрі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып сағаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тұңғыш Президенті </w:t>
+      </w:r>
+      <w:r w:rsidR="0089711F" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.Ә. Назарбаевтың қызметі, оның тұлға ретінде қалыптасуы туралы түсінік беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:jc w:val="right"/>
-[...170 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00684901">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сынып сағатын өткізу үшін келесі жабдықтар мен материалдар қажет: Тұңғыш Президент-Елбасы портреті, презентация, «Балалық шағымның аспаны» фильмінен үзінділер, кітап көрмесі, ноутбук, музыкалық сүйемелдеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдістемелік пікірлер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сабаққа дейін білім алушылар топтарда Тұңғыш Президент-Елбасы Н. Назарбаевтың өмірбаяны туралы қысқаша ақпарат дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақтың барысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>I кезең (5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімнің кіріспе сөзі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Президент сөзі латын тілінен аударғанда «алдыңғы қатарда отыратын» дегенді білдіреді. Президент Конституция заңдарының бұзылмауын қадағалайды, Президент мемлекеттің егемендігін қорғайды!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1991 жылдың 1 желтоқсанында Н. Ә. Назарбаев Егемен Қазақстанның Тұңғыш Президенті болды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көптеген жылдар бойы Нұрсұлтан Әбішұлы Назарбаев мемлекетіміздің Президенті болды, осының арқасында еліміздің әл-ауқаты артты, спорттық кешендер, балабақшалар, мектептер, ойын-сауық орталықтары, сауықтыру кешендері салынды. Бүгін біз оның балалық шағы, жастық шағы, армандаған тұлғасымен танысамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІI кезең (20 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мысал ретінде «Балалық шағымның аспаны»  фильмінен үзінді көрсету (фильмнің басталуы 3 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>https://megogo.net/ru/view/3806461-nebo-moego-detstva.html</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фильмнің сюжеті Ұлт көшбасшысы тұлғасының қалыптасуы мен сипаты, оның алғашқы жеңістері мен жетістіктері, үміттері мен армандары туралы әңгімелейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұлтан, оны бала кезінде солай атаған, Нұрсұлтан Әбішұлы балалық шағында аспанды армандаған – ұшқыш болғысы келген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдістемелік пікірлер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар топтарда өз пікірлерін талқылайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Болашақ президент бала кезінде кім болғысы келді? Ол нені армандады?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фильм ұнады ма, жалғасын көргіңіз келе ме? Сіздің арманыңыз бар ма?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-топ балалары сыныптастарын Нұрсұлтанның балалық шағымен таныстырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нұрсұлтан Әбішұлы Назарбаев 1940 жылы 6 шілдеде Алматы облысы Шамалған ауылында дүниеге келген. Оның ата-анасы ауыл шаруашылығы саласындағы қарапайым жұмысшылар, бірақ ауылда құрметті адамдар болған. Олар өз балаларын ұлттық дәстүрлерді, үлкендерге құрмет пен қызмет көрсете отырып, махаббат пен қамқорлықта тәрбиеледі. Болашақ қазақ Президентінің балалық шағы ауыр соғыс жылдары мен «зұлым соғыстың» ауыртпалығы қарапайым халықтың басына түскен соғыстан кейінгі жылдарға келді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірақ ата-анасының қамқорлығы мен сүйіспеншілігі Нұрсұлтан Әбішұлына, оның қарындасы мен ағаларына сол жылдардағы аштық пен қайғыдан аман қалуына, олардың достық пен өзара көмек өмірдің мәні екенін түсінуге, еңбекқор әрі сезімтал адам болып өсуіне мүмкіндік берді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Топтағы сұрақтарды талқылау үшін топтық жұмысқа тарту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрсұлтанның ата-анасы қандай адамдар болды?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол қалай ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і, отбасында қандай тәрбие алды?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оның ата-анасы баласының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болашақ Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екенін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білді ме?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрсұлтанның ата-анасы» сызбасын ұжымдық толтыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1589 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="38" name="Рисунок 33" descr="image50"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3720DA88" wp14:editId="026C67A1">
+            <wp:extent cx="3267075" cy="2952750"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="66" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="image50"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50" cstate="print">
+                    <a:blip r:embed="rId51" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3232227" cy="2938027"/>
+                      <a:ext cx="3267075" cy="2952750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00684901">
-[...2 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-топ балалары Елбасының мектепте оқыған жылдары туралы әңгімелейді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстанның Тұңғыш Президенті  Алматы облысының Қаскелең мектебінде оқыды. Ол барлық мектеп оқушыларынан ерекше білімқұмар әрі ынталы оқушы болды. Әсіресе Нұрсұлстан Назарбаев кітап оқу мен спортпен шұғылданғанды ұнатады. Сондай-ақ, ең ерте жасынан алғыр оқушы көшбасшылыққа ұмтылып, қоғамдық «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қандай да бір істің бастаушысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» болды және қарым-қатынастың алғашқы минутынан бастап адамдарды өзіне тарта білді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мұғалім сұрақ қояды және стикерге жеке жауаптарын жазуды сұрайды: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:t>Нұрсұлтан қандай оқушы болды? Болашақ Президент қандай болуы керек деп ойлайсыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Оқушы Нұрсұлтан» сызбасын жеке толтыру. (3 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың 3-4-топтары училище мен орта кәсіптік оқу орындарындағы еңбек жолы мен оқуы туралы әңгімелейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орта мектепті аяқтағаннан кейін Нұрсұлтан Әбішұлы ата-анасына барынша материалдық көмек көрсетуге тілек білдіре отырып, металлург болуға шешім қабылдады және металлургиялық комбинаттың үлкен құрылысы басталған Теміртау қаласына аттанды. Жас маман ретінде оны Украинадағы Днепродзержинск қаласындағы кәсіптік мектепке оқуға жіберді. Металлургия мақсаты айқын жігіт үшін қызықтыратын жалғыз сала емес еді. Ол күрес алаңдарында өз шеберлігін көрсетіп, спортта да белсенді болды. Жас металлург металлургия саласында өзінің жоғары кәсіби деңгейін көрсетіп, жолдастарымен Қарағанды политехникалық институтының металлургия факультетіне жолдама алды. Осы оқу орнында үш жыл оқығаннан кейін, жас маман «ВТУЗ зауыты» РМҚК-ға жіберілді, ол оны сәтті аяқтап, дипломын алды. Н. Назарбаев Қарағанды металлургия комбинатының партия комитетінің хатшысы болып сайланды. Қазақ КСР Министрлер Кеңесінің төрағасы болып тағайындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдістемелік пікірлер: мұғалім балаларға Н.Назарбаев туралы ақпарат береді. Балалар оны оқып талқылайды. (5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...225 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...190 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00684901">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1991 жылдың 1 желтоқсанында Республика Президентінің алғашқы жалпыхалықтық сайлауы өтті. 1991 жылдың 16 желтоқсанында Қазақ КСР Жоғарғы Кеңесі Қазақстан Республикасының мемлекеттік тәуелсіздігі туралы Заңды қабылдады, елдің атауы Қазақстан Республикасы болып өзгерді, Н. Ә. Назарбаев Қазақстан Республикасының Президенті болды. 2010 жылдың 15 маусымында  Назарбаевқа ресми түрде Қазақстан Республикасының Тұңғыш Президенті — Елбасы мәртебесі берілді. Нұрсұлтан Назарбаевтың президенттігінің алғашқы мерзімі тәуелсіз Қазақстанның жаңа дәуірінің бастауы болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="001E192B" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="00684901">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуелсіздік алғаннан кейінгі жылдары Нұрсұлтан Әбішұлының басқаруы нәтижесінде еліміз әлемдік экономикада басқа мемлекеттер жете алмаған елеулі табыстарға қол жеткізді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="00684901">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім балаларға сұрақ қояды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нұрсұлтан мектептен кейін қандай адам болды? Оның биікке көтерілуіне қандай адами, кәсіби қасиеттері көмектесті? Оны көшбасшы деп атауға бола ма, неліктен?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00684901">
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талқылау тобы. «Көшбасшы» схемасын ұжымдық толтыру - (4 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...269 lines deleted...]
-    <w:p w:rsidR="00CF3AFF" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00CF3AFF">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біздің Тұңғыш Президентіміз туралы не білесіз? Ол қандай спорт түрімен айналысады? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...120 lines deleted...]
-    <w:p w:rsidR="00684901" w:rsidRPr="00AF4B98" w:rsidRDefault="00684901" w:rsidP="00CF3AFF">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оған Алматыдағы Президенттік саябақта және Анкарада ескерткіштер қойылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...236 lines deleted...]
-          <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оның есімі Иордания мен Түркия көшелеріне, университет пен мектептерге берілген.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="709"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 желтоқсан Қазақстан Республикасының Тұңғыш Президенті күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>болып жарияланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="709"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үлкен теннис.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="709"/>
-[...41 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тау шаңғысы спорты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Гольф.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
-        <w:rPr>
-[...22 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>III кезең (3 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рефлексия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талқылау үшін сұрақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Сіз қандай қызықты мәлімет алдыңыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Сіз үшін не маңызды болды?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Сіз үшін не бұрын белгісіз еді?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Сіздің кім болғыңыз келеді?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім: Көшбасшы - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қоғамға, ұйымға немесе топқа ықпал етуге қабілетті тұлға. Халықтың немесе белгілі бір әлеуметтік топтың мақсат-мүддесін толық сезініп, қорғай білетін, бойына саяси қайраткерге лайықты қасиеттерді жия білген адам көшбасшы ретінде танылады. Көшбасшыға алғырлық, ақылдылық, қажырлылық, ұйымдастырушылық, жауапкершілік, іскерлік т.б. қасиеттер мен қабілеттер тән. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адамға бұндай қасиеттер туғаннан дари ма әлде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшбасшылық қасиеттер өмір сүру барысында дами ма – пікірталас үшін ашық сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE" w:rsidP="0089711F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірақ мақсат қоя білу, оған жету үшін талмай еңбек ету және табандылық оларды қалыптастыруы мүмкін. Басқалар үшін жауап беруге дайын адамның жұмыс істеу қабілеті өте жоғары болуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A86907" w:rsidRPr="009216DB" w:rsidRDefault="00A86907" w:rsidP="0089711F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D92FCE" w:rsidRPr="009216DB" w:rsidRDefault="00D92FCE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="00221FD0" w:rsidRDefault="00B100AC" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бай</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ңы</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р» –</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамдарды ғарышқа ұшыруға  ең лайық </w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғарыш айлағы</w:t>
+      </w:r>
+      <w:r w:rsidR="0005654A" w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00221FD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Н.Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="009216DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...21 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="009216DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Н.Назарбаев </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>космодром</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00221FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="001E192B" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...86 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсат: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың патриоттық сезімін тәрбиелеу, ғарыш саласына деген қызығушылығын тудыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="001E192B">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="001E192B">
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды Елбасының «Байқоңыр» космодромын Қазақстанның игілігіне пайдалану үшін жасаған еңбектерімен таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...48 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың ақпаратты талдау дағдыларын дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың патриоттық сезімін тәрбиелеу, ғарыш саласына деген қызығушылығын тудыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу түрі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әңгіме-сабақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақты өткізуге қажетті құрал-жабдықтар мен материалдар: бейнепроектор, «Байқоңыр» космодромы туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бейнеролик,  ғарышкерлердің портреттері, ән жазбалары.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І КЕЗЕҢ (2 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім «Байқоңыр» космодромы туралы бейнероликті көрсетеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілтеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="009216DB">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=hcFnEW-sk-Y</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ КЕЗЕҢ (30 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Байқоңыр» космодромы дамуының барлық кезеңдерімен танысу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...62 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="888"/>
         <w:gridCol w:w="8470"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00DF7A2F">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="0067295D" w:rsidTr="006B3CA2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1955 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8470" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан аумағында Төретам ауылының жанында космодром құрылысы басталды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1955 год</w:t>
+              <w:t xml:space="preserve">1957 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8470" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Косм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ос дәуі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інің басталуы – Жердің бірінші жасанды серігі ұшырылды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">строительство космодрома близ поселка </w:t>
+              <w:t xml:space="preserve">1961 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8470" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бортта алғаш рет адамы бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Тюратам</w:t>
+              <w:t>«Восток»</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на территории Казахстана</w:t>
+              <w:t xml:space="preserve"> ғарыш кемесі ұшырылды</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8470" w:type="dxa"/>
+            <w:tcW w:w="888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>начало космической эры – запуск первого искусственного спутника Земли</w:t>
+              <w:t xml:space="preserve">1965 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8470" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бортында ашық ғарышқа алғаш шыққан адамы бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Вос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д-2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғарыш кемесі ұшырылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00DF7A2F">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1961 год</w:t>
+              <w:t xml:space="preserve">1975 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8470" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КСРО және АҚШ ынтымақтастығы – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Союз-Аполлон»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> миссиясы аясында </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Союз»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғарыш кемесі ұшырылды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>запуск космического корабля «Восток» с первым человеком на борту</w:t>
+              <w:t xml:space="preserve">1999 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="888" w:type="dxa"/>
+            <w:tcW w:w="8470" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Халықаралық ғарыш станциясы (ХҒС) құрылысының бастауы болған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1965 год</w:t>
+              <w:t>«Заря» бло</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...129 lines deleted...]
-              <w:t>запуск блока «Заря», положивший начало строительству Международной космической станции (МКС)</w:t>
+              <w:t>гы ұшырылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001145D9" w:rsidRPr="00AF4B98" w:rsidRDefault="001145D9" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жылдар мен оқиғаларды қима қағаздарға ауыстырып, оқушыларға сәйкестендіру тапсырмасын беруге болады. Осылайша, оқушылардың логикалық ойлауы дамиды: жасанды серік космодром салмай тұрып ғарышқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ұшырылмайды; ал Жерді айналып ұшудан бұрын адам ғарышқа шыға алмайды. Сонымен қатар, сандарды есте сақтау қабілеті дамиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...36 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әңгімені көрнекіліктермен, алғашқы Жерсеріктің суреттерімен, ғарышкерлердің суреттерімен үйлестіруге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КСРО ыдыраған соң ғарышқа ұшулар азайды. Космодром тәуелсіз Қазақстанның иелігінде қалды, ал Қазақстанда ғарыш саласындағы білікті мамандар болмады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы мәселенің шешімі  қалай табылды деп  ойлайсыңдар? (білім алушылар жауап береді)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...31 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2004 жыл</w:t>
+      </w:r>
+      <w:r w:rsidR="00D431D8" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– Қазақстан Президенті Н.А.Назарбаев пен  Ресей Президенті В.В. Путин «Байқоңыр» космодромын ынтымақтастықпен дамыту бойынша 50 жылдық келісімшартқа қол қойды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КСРО ыдырағаннан кейін космодром жұмысының жалғасуы және ғарыш ғылымын зерттеушілер мен инженерлердің ғарышқа ұшырылуы тек осы келісімшарт негізінде ғана іске асырылатындығын атап өту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="3046"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕЗЕҢ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>III ЭТАП</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>(8 минут)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E192B" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="00DF7A2F">
-[...15 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ефлекси</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я жасау. Оқушыларға қағаздар таратылып, осы сабақтан не үйренгендерін, не қызықты болғанын және қандай қиындықтар болғанын жазу тапсырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001E192B" w:rsidRPr="00AF4B98" w:rsidRDefault="001E192B" w:rsidP="00DF7A2F">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соңында «Балапан» телеарнасының  ғарыш туралы мультфильмін көреді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DD503F" w:rsidRPr="0067295D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HY</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DD503F" w:rsidRPr="0067295D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">PERLINK "https://www.youtube.com/watch?v=Dcw6X-TPQdM" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>https://www.youtube.com/watch?v=Dcw6X-TPQdM</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2563"/>
-        <w:gridCol w:w="7008"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="7903"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00DF7A2F">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
-          <w:trHeight w:val="1163"/>
+          <w:trHeight w:val="863"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2563" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
-              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-                  <wp:docPr id="34" name="Рисунок 34"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13D04543" wp14:editId="37FDD08B">
+                  <wp:extent cx="410608" cy="1371600"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                  <wp:docPr id="50" name="Рисунок 34"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51" cstate="print">
+                          <a:blip r:embed="rId53" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="995008" cy="3323742"/>
+                            <a:ext cx="412435" cy="1377704"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7008" w:type="dxa"/>
+            <w:tcW w:w="7903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:drawing>
-[...49 lines deleted...]
-              </w:drawing>
+              <w:t>Нені білдім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4B98" w:rsidRPr="00AF4B98" w:rsidTr="00DF7A2F">
+      <w:tr w:rsidR="009216DB" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
-          <w:trHeight w:val="1832"/>
+          <w:trHeight w:val="704"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2563" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7008" w:type="dxa"/>
+            <w:tcW w:w="7903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:noProof/>
+                <w:b/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:drawing>
-[...49 lines deleted...]
-              </w:drawing>
+              <w:t>Не қызықты болды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidTr="00DF7A2F">
+      <w:tr w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidTr="006B3CA2">
         <w:trPr>
-          <w:trHeight w:val="1378"/>
+          <w:trHeight w:val="843"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2563" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7008" w:type="dxa"/>
+            <w:tcW w:w="7903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+          <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4B98">
+            <w:r w:rsidRPr="009216DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:drawing>
-[...49 lines deleted...]
-              </w:drawing>
+              <w:t>Қиындықтар тудырды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00AF4B98" w:rsidRDefault="00AF4B98" w:rsidP="00DF7A2F">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талқылау сұрақтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адамдар не үшін ғарышты зерттейді?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осмодром»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген не?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ең алғашқы ғарышкер кім?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ашық космосқа ең бірінші шыққан кім?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00DF7A2F">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Бай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р» космодром</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы неге қазіргі тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ған жерге салынған?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A" w:rsidP="00D431D8">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Бай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р» космодром</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ын 100 жылдан кейін қалай көресің? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Суретін сал немесе сөзбен жаз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005654A" w:rsidRPr="009216DB" w:rsidRDefault="0005654A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Кейс</w:t>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve">10-кейс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...32 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Н.А.Назарбаевтың ақындық қыры»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...43 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57844" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушылардың қоршаған ортаны эстетикалық түрде қабылдау дағдыларын дамыту, отансүйгіштікке тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
       <w:pPr>
         <w:pStyle w:val="ad"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
-[...1638 lines deleted...]
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушыларды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылығымен таныстыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
       <w:pPr>
         <w:pStyle w:val="ad"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоршаған ортаны эстетикалық түрде қабылдау дағдыларын дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
       <w:pPr>
         <w:pStyle w:val="ad"/>
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00DF7A2F" w:rsidRPr="00AF4B98" w:rsidRDefault="00DF7A2F" w:rsidP="00AF4B98">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57844" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушыларды отансүйгіштікке тәрбиелеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
       <w:pPr>
         <w:pStyle w:val="ad"/>
-        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу түрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>музыкал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ық сабақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ өткізуге қажетті құрал-жабдықтар мен материалдар: колонкалары бар компьютер немесе аудиомагнитофон, «Шұбарат», «Жерім менің», «Үшқоңыр» және «Елім менің» әндерінің жазбасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақтың барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>I кезең (2 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Мемлекеттік Әнұраны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ойталқы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әнұранның авторы кім? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(оқушылардың жауаптары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім ақын Айдана Тасыбекованың өлеңінен үзінді оқиды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақындар өлең жолын өретіндер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біледі жан дүниесін сезетіндер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қобалжып əр өлеңге терең ойлап,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Əр əріпке шындап көңіл бөлетіндер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.…».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>II кезең (30 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Балалар, қандай ақындарды білесіздер? (оқушылардың жауаптары). Ал сіздер біздің Тұңғыш Президентіміз Н. Ә. Назарбаевты ақын, тіпті ақын-әнші деп атауға болатынын білесіздер ме? Ақын-әнші кім? (оқушылардың жауаптары)»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Н. Ә. Назарбаев өзінің туған өлкесіне арналған алғашқы өлеңін 1973 жылы Теміртау қаласында жұмыс істеген кезінде жазды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(«Шұбарат» әні орындалады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өлең жазу үшін қандай білім мен қабілеттілік қажет деп ойлайсыздар? (оқушылардың жауаптары)»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елбасының сөзіне жазылған Бекболат Тілеуханның «Жерім менің» деген екінші патриоттық әні күрделі құрылымға ие. Бұл ән негізінен мерекелік концерттер, жоғары деңгейдегі ресми рәсімдер кезінде орындалады. Ән мәтінінде туған өлке мақтанышпен жырланады, елге деген шексіз шынайы сезімнің нотасы естіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Бұл әнді естігенде қандай сезімде болдыңыздар? (оқушылардың жауаптары)»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Тұңғыш Президенті Нұрсұлтан Назарбаевтың және белгілі қазақ композиторы, халық әртісі Алтынбек Қоразбаевтың бірлескен шығармашылығының жемісі болып табылатын «Үшқоңыр» әні Елбасының туған өлкесіне деген балалық махаббаты туралы баяндалатын туынды болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(«Үшқоныр» әні орындалады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Алдыңғы айтылған әндерден бұл әннің ерекшелігі неде? (оқушылардың жауаптары)»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Танымал әнші Бекболат Тілеуханның Тұңғыш Президенттің сөзіне жазылған «Елім менің» әні патриоттық тақырыпта қазақ әндері арасында ерекше орын алатын көрнекті шығарма болып табылады. Әнге тәуелсіздік алған қазақ елінің ұлан-асыр шаттығына үн қосқан шынайы қуаныш сезімі арқау болған. Отаншыл мазмұндағы, асқақ рухты бұл шығарма жұрт жаппай шырқайтын танымал әнге айналды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(«Елім менің» әні орындалады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабаққа ұсынылған әндердің санын қажет болған жағдайда қысқартуға немесе олардың үзінділерін ғана тыңдауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қосымша ақпаратты Қазақстан Республикасының Тұңғыш Президенті Н. Ә. Назарбаевтың ресми сайтынан алуға болады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DD503F" w:rsidRPr="0067295D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://elbasy.kz/ru/khobbi" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>https://elbasy.kz/ru/khobbi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD503F">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-кезең </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(8 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рефлексия өткізіледі; білім алушылар өздеріне қандай ән ерекше ұнады, ол әнді тыңдағанда қандай әсер алғандары туралы жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талқылауға арналған сұрақтар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.А.Назарбаев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың сөзіне жазылған қандай әндерді білесіңдер?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өлең жазу үшін қандай білім мен қабілеттілік қажет деп ойлайсыздар? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002930C6" w:rsidRPr="009216DB" w:rsidRDefault="002930C6" w:rsidP="002930C6">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Туған өлке туралы өлең жазыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="002930C6">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F" w:rsidP="006F0124">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRPr="009216DB" w:rsidRDefault="00DF7A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D374C6" w:rsidRPr="00AF4B98" w:rsidRDefault="00D374C6" w:rsidP="00AF4B98">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11-кейс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="009216DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Қыран» бірыңғай балалар мен жасөспірімдер ұйымына» қабылдану рәсіміне арналған салтанатты жиын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты мен міндеттері: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың қоғамдық-әлеуметтік, танымдық және шығармашылық белсенділігін арттыру, өскелең ұрпақты өз халқын, еліміздің мәдениеті мен дәстүрлерін құрметтеуге, толеранттылық пен татулыққа, білімге, өзін-өзі жетілдіруге деген үздіксіз ұмтылысқа, өмірдің жоғары жауапкершілігі пен Отан тарихына, Тәуелсіз Қазақстанның бүгіні мен болашағына деген жоғары сезіммен үйлесімділікке тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу формасы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Қыран» бірыңғай ба</w:t>
+      </w:r>
+      <w:r w:rsidR="005D583E" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лалар-жасөспірімдер ұйымына 1-4-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып оқушыларының кіруіне арналған салтанатты жиын».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Салтанатты жиын барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>I КЕЗЕҢ (5 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елбасы Н.Ә. Назарбаевтың бастамасымен құрылған «Жас Қыран» бірыңғай балалар мен жасөспірімдер ұйымы» Республикалық қоғамдық бірлестігінің қатарына қабылдау салтанатында сіздерді қарсы алуға қуаныштымыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрметті достар! «Жас Қыран» бірыңғай балалар мен жасөспірімдер ұйымы» Республикалық қоғамдық бірлестігінің қатарына қабылдаудың салтанатты рәсімін ашық деп жариялауға рұқсат етіңіздер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(ҚР Туы салтанатты түрде енгізіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Қатысушылар Қазақстан Республикасының Әнұранын орындайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>II КЕЗЕҢ (20 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дәл бүгін, Қазақстан Республикасының Тұңғыш Президенті күні қарсаңында біздің мектептің ең үздік оқушылары «Жас Қыран» бірыңғай балалар мен жасөспірімдер ұйымы қатарына қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-жүргізуші:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы Нұрсұлтан Назарбаев «Нұр Отан" ХДП-ның кезекті съезінде «Жас Ұлан» бірыңғай қозғалысын құру арқылы Қазақстанның жас азаматтарын біріктіру, сондай-ақ «Жас Қыран»  балалар ұйымдарының жаңа жүйесін құру қажеттігін атап өтті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан» қозғалысы жас ерекшеліктеріне сәйкес екі деңгей бойынша ұйымдастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен, 1-4-сыныптарының оқушылары «Жас Қыран», ал </w:t>
+      </w:r>
+      <w:r w:rsidR="0031242E" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-10-сыныптарының оқушылары «Жас Ұлан» қатарына жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңа қозғалыс өзінің атрибутикасына ие – қалықтап ұшқан қыран мен Алтын адам – біздің еліміздің тәуелсіздігінің нышандары – көгілдір галстукта бейнеленген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Жасқырандықтар мен жасұландықтар – кеңестік дәуірдегі октябренок пен пионерлердің өзіндік аналогы деп айтуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-жүргізуші.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нұрсұлтан Әбішұлы Назарбаев 3-сыныпта пионерлер қатарына қабылданды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л кезде балалар-жасөспірімдер ұйымы осылай аталатын. Жиында ол сенімді серіктес болуға, ар-ожданын сақтауға салтанатты түрде ант берді. Және әрқашан өз уәдесіне адал болды. Бүгін сіздер «Жас Қыран» бірыңғай балалар-жасөспірімдер ұйымының қатарына қабылдану құрметіне ие болдыңыздар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(«Атамекен» әні қойылады, бірінші шумақтан кейін үміткерлер шығады (галустуктің өткір ұшын иығына іліп сол қолына ұстап шығады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Бір оқушыдан шақырылады (сыныбы мен аты-жөнін айтады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құттықтау және салтанатты түрде марапаттау үшін құрметті қонақтар шақырылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Мектептің Әнұраны қойылады, мектептің үздік оқушылары мен құрметті қонақтар галустук пен белгішелерді байлайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-жүргізуші:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ант беруге дайын бол.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-жүргізуші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ант мәтіні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен, Республикалық бірыңғай «Жас Қыран» балалар мен жасөспірімдер ұйымының қатарына кіре отырып:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өз Отаным – Қазақстан Республикасының патриоты болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік рәміздерді құрметтеуге, дәріптеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Туған елім, жерім, Отанымды мақтаныш етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-анамды қадірлеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үлкенге құрмет, кішіге ізет көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімге табандылықпен ұмтылуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Салауатты өмір салтын ұстануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Табиғатты аялауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:kern w:val="36"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>«Жас Қыран» Ережесін бұлжытпай сақтауға және оны өз достарымнан талап етуге ант етемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:kern w:val="36"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...40 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біздің жерлестеріміздің даңқты ерлігі, өнегесі негізінде ерлікке үйренуге және Отанға шексіз қызмет етуге салтанатты түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...2386 lines deleted...]
-      <w:r w:rsidR="00692E39" w:rsidRPr="00AF4B98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00692E39" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бәріміз бірге:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00692E39" w:rsidRPr="00AF4B98">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АНТ ЕТЕМІН!  АНТ ЕТЕМІН!  АНТ ЕТЕМІН!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Біз…»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылар қолдау көрсетеді:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жас Қыран» әнін айтады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұранымыз...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылар қолдау көрсетеді:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Қазақстан - Нұрсұлтан - Жас ұлан» 3 рет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>III КЕЗЕҢ (5 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатысушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жас Қыран» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әнұранын орындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(Туды салтанатты </w:t>
+      </w:r>
+      <w:r w:rsidR="00401188" w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> залдан шығару)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Жас Қыран» балалар ұйымының құрамына оқушыларды қабылдау бойынша салтанатты жиынды аяқтаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A74C22" w:rsidRPr="009216DB" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-жүргізуші: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз жас «Жас қырандарға» Отанымыздың мақтанышы болуын тілейміз! Әрқашан да өз құрдастарың мен өскелең ұрпақ үшін үлгі болыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7A2F" w:rsidRDefault="00A74C22" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009216DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ал енді біз сіздерді Тұңғыш Президент - Елбасы күніне арналған мерекелік концертті тамашалауға шақырамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100AC" w:rsidRDefault="00B100AC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0067295D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-кейс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«1-желтоқсан— Қазақстан Республикасының Тұңғыш Президентінің күні»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР Тұңғыш Президенті Н. Ә. Назарбаевтың өмірі мен қызметі мысалында бастауыш сынып оқушыларының патриоттық сезімдерін тәрбиелеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- ҚР Тұңғыш Президенті Н. Назарбаевтың өмірбаянымен танысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- тәуелсіз Қазақстанның қалыптасуына Тұңғыш Президенттің қосқан үлесін оқып білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- өз елі үшін мақтаныш сезімін қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өткізу түрі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сынып сағаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сынып сағатының барысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Мұғалімнің кіріспе сөзі (1-2 мин .)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Қымбатты балалар, бүгін біз тәуелсіз мемлекетіміздің Тұңғыш Президентіне арналған "Көшбасшы сабағын" өткіземіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Отан, бұл сөзде үлкен мағына бар: ойға шомсам, менің көз алдымда мейірімді және дана халық мекендеген үлкен ел пайда болады. Кілемдей құлпырған бетегелі қазақ даласы. Ащы жусан иісі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біздің ата-бабаларымыз: "Сен ат үстінде тұрғанда, айналадағы әлемді танып біл!" деген екен. "Менің Қазақстаным" деп айтқанда менің жүрегімді  мақтаныш кернеп, тынысым ашылғанын сеземін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Сұрақтар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1-желтоқсанда біз қандай мерекені атап өтеміз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Бұл мереке неліктен Тұңғыш Президенттің құрметіне арналды деп ойлайсыз? (құрметке лайықты азамат, барлығына құрметті адам және т. б.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастауыш сынып оқушыларының жауаптары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(4-5 минут).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өте жақсы, балалар. Өз Отанын сүйетін, оны даңққа бөлейтін, салт-дәстүрін білетін, өз елінің тарихын қастерлейтін адамды патриот деп атайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Ал сендер өздеріңді еліміздің патриоттарымыз деп айта аласыңдар ма және неліктен? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Бастауыш сынып оқушыларының жауаптары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(5 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Мұғалім оқушылардың жауаптары бойынша қорытынды жасайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарайсыңдар, балалар. Сендер өз Отанын сүйетін, ол туралы көп білетін балаларсыңдар. Сендер туралы – нағыз өз елінің патриоты деп, сенімді айтуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 топқа бөлініп, жаңа тапсырманы орындайық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АНТ ЕТЕМІН!</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Тапсырма.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ведущие</w:t>
-[...464 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> "Шеңбердегі шеңбер" технологиясы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...456 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>(15 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Цель: </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>воспитание чувства патриотизма у младших школьников на примере жизни и деятельности  Первого Президента РК  Н. А. Назарбаева</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інші топ орындықтардан шеңбер жасайды және осы шеңберге отырады. Екінші топ шеңбердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыртында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрады (яғни орындықтардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) және бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші топты мұқият тыңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Задачи:</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інші топ шеңберге отырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- знакомство с  биографией Первого Президента РК Н.Назарбаева;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші топқа сұрақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- изучение вклада Первого Президента в становление независимого Казахстана;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Біздің мемлекетімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-  формирование  чувства гордости за свою страну.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іздің Отанымыздың астанасы қалай аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...38 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:tab/>
+        <w:t>Ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іміздің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> елтаңбасында бейнеленген қандай таңба </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлығымыз бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отбасындай татулықта тұратынымызды білдіреді? (шаңырақ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Біздің еліміздің Тұңғыш Президентінің аты кім? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қандай тіл Мемлекеттік тіл болып табылады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...32 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...54 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нұр-Сұлтан қаласының – астананың символын атаңыз (Бәйтерек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Екінші топ мұқият және үнсіз бірінші топтың жауаптарын тыңдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...22 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Содан кейін мұғалім екінші топ оқушыларынан Тұңғыш Президент туралы, Қазақстанның астанасы туралы, еліміздің рәміздері туралы және т. б. білгендерін қосымша қосуды сұрайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...26 lines deleted...]
-        </w:numPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содан кейін мұғалім топ жұмысының қорытындысын шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="both"/>
-[...23 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сендер біздің еліміз туралы осы тамаша өлең  жолдарын қалай түсінесіңдер?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(5 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан сүйікті менің отаным —</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бақытымның мекені – сені мақтан тұтамын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қиындықта, қуанышта, ел басына нәубет туған заманда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Туған Жерім — қорғаным болып қаласың.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кең далам, дархандықты сездірген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сенің биік тауларың, өр мінезге үйреткен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзен, көлің, теңіздерің тулаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Туған жердің қызығы мен қуанышын сыйлаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ен даланы мекен еткен батырларым ержүрек </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жерін сақтап, ел намысын қорғаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Бастауыш сынып оқушыларының жауаптары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(2-3 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...144 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазір біз "өз елің туралы не білесің?"викторинасын өткіземіз. Әрбір дұрыс жауапты бір қол шапалағымен қабылдаймыз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(5 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Біздің мемлекетіміз қалай аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Мемлекетіміздің ата заңы қалай аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>3. Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Задание.</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>ң Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Технология «Круг в круге» (15 минут)</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>ұңғыш Президенті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кім?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...41 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Қазақстан Республикасының Мемлекеттік рәміздерін атаңыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Ұлттық валютамыз қандай?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-        </w:numPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Қазақстанның Елордасы қай қала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:jc w:val="both"/>
-[...23 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:rPr>
-[...402 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      <w:r w:rsidRPr="004C48DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...202 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(5-7 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...165 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біздің елімізде ұлтымыздың көшбасшысы бар. Ол - Нұрсұлтан Назарбаев.  Біз "Ұлт Көшбасшысын" —  "Елбасы" деп құрметпен атаймыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ҚР Тұңғыш Президенті Н. Назарбаев тәуелсіз мемлекеттің негізін қалаушы болып табылады. Міне, сондықтан да бүгін, 1-желтоқсанда бұл күн ерекше атап өтіледі және Тұңғыш Президент күні деп аталады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...22 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тұңғыш Президенттің көпұлтты мемлекетіміздің және достастық елдерінің қалыптасуына қосқан үлесі мен жетістіктері халықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зор құрметі мен сенімін тудырды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...62 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Первый президент РК Н.Назарбаев является основателем независимого государства. Именно поэтому сегодня  праздник День Первого Президента Казахстана, который будет отмечаться 1 декабря, выделяется особенно.  </w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Сі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойлайсыз, неге 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Достижения и вклад Первого Президента в становление многонациональной и дружелюбной страны вызывают огромное уважение и доверие  народа.</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>Егер сіз білмесеңіз, 1991 жылдың 1 желтоқсанында біздің елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>мізде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Как вы думаете, а почему именно 1 декабря?</w:t>
-[...14 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve"> Қазақстан Президентінің алғашқы сайлауы өтті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>А вы знаете символы и знаки президентской власти?</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ал сіз президенттік биліктің нышандары мен белгілері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілесіз бе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Президент Республики Казахстан имеет свои персональные символы и знаки отличия.</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>Қазақстан Республикасы Президентінің өзінің дербес нышандары мен айырым белгілері бар. Олардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Один из них — нагрудный знак Президента Республики Казахстан. Этот знак надевается Президентом РК по случаю инаугурации, во время государственных праздников, при проведении военных парадов и приёмов официальных лиц иностранных государств.</w:t>
-[...12 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>і-Қазақстан Республикасы Президентінің төсбелгісі. Бұл белгіні ҚР Президенті ұлықтау рәсіміне орай, мемлекеттік мерекелер кезінде, әскери шерулер мен шет мемлекеттердің ресми тұлғаларын қабылдау кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В школе Нурсултан учился очень прилежно и с интересом. Затем он с отличием </w:t>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Бізд</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>закончил профессионально-техническое училище</w:t>
+        <w:t>ің Т</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и стал металлургом.</w:t>
-[...67 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve">ұңғыш Президентіміз қалай оқыды, сіз білу қызықты ма? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Учитель.</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>Мектепте Нұрсұлтан өте мұқият және қызығушылықпен оқыды. Содан кейін ол кәсіби-техникалық училищені үздік біті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Что нового вы узнали для себя о Первом Президенте Н.Назарбаеве?</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>іп, металлург</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ответы младших школьников (2-3 мин.)</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Саморефлексия</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF4B98">
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (мини-опрос)(4 минуты)</w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:tab/>
+        <w:t xml:space="preserve"> Сіз ел Президенті болғыңыз келе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>ме ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:tab/>
-[...92 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>әне неге?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Учитель.</w:t>
-[...14 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>Талқылау қорытындысын шығару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4B98">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Каждый человек, живущий на планете, испытывает чувство гордости за свой народ, за свою страну, свою землю и историю. И нам сегодня надо помнить о прошлом, знать настоящее, хорошо учиться и стать достойными гражданами своей страны.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғалім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұңғыш Президент Н.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаев туралы не білдіңіз? Бастауыш сынып оқушыларының жауаптары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(2-3 ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="632"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A008CD" w:rsidRPr="00AF4B98" w:rsidRDefault="00A008CD" w:rsidP="00AF4B98">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дік рефлексия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағын сауалнама) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(4 минут)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Парақшалардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлемдерді аяқтау керек (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баяу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> музыка естіледі). Оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға парақты таратады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Менің Қазақстаным ең ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Өз Отаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақтан тұтамын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, себебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.Патриот болу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген - ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.Президент болу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін қажетті қасиеттер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғалім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сендер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстанның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ертеңгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болашағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыңдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бүгін біздің қолымызда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- халықтар арасындағы бейбітшілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достықты сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, сендерге аманат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Біз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ежелден келе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстанның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсем даласында бейбітшілікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сақтауымыз керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жер п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да тұратын әрбір адам өз халқы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, өз елі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, өз жері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен мақтанады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткенді ес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імізде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бүгінгіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліп, жақсы оқып, өз елі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міздің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C48DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лайықты азаматы болуымыз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="004C48DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1712 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId62"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidRDefault="004C48DB" w:rsidP="00A74C22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004C48DB" w:rsidRPr="004C48DB" w:rsidSect="00872610">
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="833" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E35366" w:rsidRDefault="00E35366" w:rsidP="009C7823">
+    <w:p w:rsidR="00DD503F" w:rsidRDefault="00DD503F" w:rsidP="009C7823">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E35366" w:rsidRDefault="00E35366" w:rsidP="009C7823">
+    <w:p w:rsidR="00DD503F" w:rsidRDefault="00DD503F" w:rsidP="009C7823">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="630527123"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00615BE3" w:rsidRPr="00137DEC" w:rsidRDefault="005F53AB">
+      <w:p w:rsidR="00384F62" w:rsidRPr="00465B22" w:rsidRDefault="005815EB">
         <w:pPr>
           <w:pStyle w:val="ab"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00137DEC">
+        <w:r w:rsidRPr="00465B22">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00615BE3" w:rsidRPr="00137DEC">
+        <w:r w:rsidR="00384F62" w:rsidRPr="00465B22">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00137DEC">
+        <w:r w:rsidRPr="00465B22">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BB5595">
+        <w:r w:rsidR="00B100AC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>43</w:t>
         </w:r>
-        <w:r w:rsidRPr="00137DEC">
+        <w:r w:rsidRPr="00465B22">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:noProof/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E35366" w:rsidRDefault="00E35366" w:rsidP="009C7823">
+    <w:p w:rsidR="00DD503F" w:rsidRDefault="00DD503F" w:rsidP="009C7823">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E35366" w:rsidRDefault="00E35366" w:rsidP="009C7823">
+    <w:p w:rsidR="00DD503F" w:rsidRDefault="00DD503F" w:rsidP="009C7823">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00F5724B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1A416EE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -42256,141 +37717,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="19102F2D"/>
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1C6C1C64"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C2944BC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -42459,51 +37829,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1C85545A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60EA6B3C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -42548,153 +37918,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="25E74B8E"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="2D6B1112"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A84D532"/>
-    <w:lvl w:ilvl="0" w:tplc="4CDAD726">
+    <w:tmpl w:val="3ED4D5DC"/>
+    <w:lvl w:ilvl="0" w:tplc="EFCCF678">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...88 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -42728,51 +38009,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="2DB41F6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C387A76"/>
     <w:lvl w:ilvl="0" w:tplc="F516F6C2">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
@@ -42844,316 +38125,164 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="30BE1410"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="30A5588A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA90C5F8"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="C3A08E90"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-[...178 lines deleted...]
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="3C902195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1076CF4E"/>
     <w:lvl w:ilvl="0" w:tplc="1486AF3C">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -43222,51 +38351,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="42A31D83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCECEEA6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -43335,51 +38464,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="4CBC2069"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C1C9DCA"/>
     <w:lvl w:ilvl="0" w:tplc="83CC8936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -43424,51 +38553,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="4DE05F28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E545B90"/>
     <w:lvl w:ilvl="0" w:tplc="3F284162">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -43517,51 +38646,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="4F5F3D7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DCC4C32"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -43606,51 +38735,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="53EF3EAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DE4DCE0"/>
     <w:lvl w:ilvl="0" w:tplc="1CB000BA">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -43696,137 +38825,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="56F65E59"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="5B5C154B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="624C85BC"/>
-    <w:lvl w:ilvl="0" w:tplc="F4E22E9C">
+    <w:tmpl w:val="ACF81CB4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="5DE43731"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBC210C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -43895,51 +39027,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="5EFF288D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0BEF28A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -44008,51 +39140,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="60A31088"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C00092E"/>
     <w:lvl w:ilvl="0" w:tplc="8FF2D12E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -44097,51 +39229,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="64753056"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="177411F6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -44186,2080 +39318,1815 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="65261E3C"/>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="66FF0F0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FD9AB686"/>
-    <w:lvl w:ilvl="0" w:tplc="5E30EA88">
+    <w:tmpl w:val="C9660CC2"/>
+    <w:lvl w:ilvl="0" w:tplc="E4E4906A">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="698C6FA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48184916"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="66FF0F0A"/>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="69ED641F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C9660CC2"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="8EF6E02C"/>
+    <w:lvl w:ilvl="0" w:tplc="6884ECA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="6C7C22AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BDECD36"/>
+    <w:lvl w:ilvl="0" w:tplc="C30404B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="990"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="6DB3498A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8238FE5C"/>
+    <w:lvl w:ilvl="0" w:tplc="6BAE5BEA">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="360"/>
+        <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="360"/>
+        <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="360"/>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="779D1C5F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5CFC88A6"/>
+    <w:lvl w:ilvl="0" w:tplc="13FCF8C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="698C6FA4"/>
+    <w:nsid w:val="79EC2E1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="48184916"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B0123054"/>
+    <w:lvl w:ilvl="0" w:tplc="56E60CE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="69ED641F"/>
+    <w:nsid w:val="7C034F9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8EF6E02C"/>
-    <w:lvl w:ilvl="0" w:tplc="6884ECA2">
+    <w:tmpl w:val="3DE61AF0"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
-[...468 lines deleted...]
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="28"/>
-[...40 lines deleted...]
-  <w:num w:numId="28">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="31">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00260CA2"/>
     <w:rsid w:val="00000238"/>
     <w:rsid w:val="00000CBF"/>
     <w:rsid w:val="00001183"/>
+    <w:rsid w:val="00002ACA"/>
     <w:rsid w:val="00002B9D"/>
     <w:rsid w:val="00022ACB"/>
-    <w:rsid w:val="00022E0B"/>
     <w:rsid w:val="00024C22"/>
     <w:rsid w:val="00027C96"/>
-    <w:rsid w:val="00030BE8"/>
-    <w:rsid w:val="00040DE0"/>
+    <w:rsid w:val="000310FE"/>
+    <w:rsid w:val="00031D31"/>
+    <w:rsid w:val="00033DB8"/>
     <w:rsid w:val="000414C5"/>
     <w:rsid w:val="00044D48"/>
     <w:rsid w:val="00045653"/>
-    <w:rsid w:val="000501CC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="000633F4"/>
+    <w:rsid w:val="0005654A"/>
+    <w:rsid w:val="000661D8"/>
+    <w:rsid w:val="000804F9"/>
     <w:rsid w:val="0008231E"/>
-    <w:rsid w:val="00082407"/>
     <w:rsid w:val="00082564"/>
     <w:rsid w:val="00087988"/>
     <w:rsid w:val="00090B5A"/>
     <w:rsid w:val="00090B96"/>
-    <w:rsid w:val="00096E6B"/>
     <w:rsid w:val="00096FD6"/>
+    <w:rsid w:val="000A20C0"/>
     <w:rsid w:val="000A21FB"/>
     <w:rsid w:val="000A260E"/>
-    <w:rsid w:val="000A7AC0"/>
+    <w:rsid w:val="000A473B"/>
     <w:rsid w:val="000B0856"/>
-    <w:rsid w:val="000B0AED"/>
     <w:rsid w:val="000B41AF"/>
-    <w:rsid w:val="000B5120"/>
     <w:rsid w:val="000B6744"/>
-    <w:rsid w:val="000C2B45"/>
-    <w:rsid w:val="000C606A"/>
+    <w:rsid w:val="000C1D20"/>
     <w:rsid w:val="000C6D53"/>
-    <w:rsid w:val="000D11F9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000D4F59"/>
     <w:rsid w:val="000D7415"/>
     <w:rsid w:val="000E186A"/>
     <w:rsid w:val="000E31C2"/>
+    <w:rsid w:val="000E7BFC"/>
     <w:rsid w:val="000F1A6F"/>
     <w:rsid w:val="000F6504"/>
-    <w:rsid w:val="001062B7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00114DD5"/>
+    <w:rsid w:val="00103D84"/>
+    <w:rsid w:val="001045A6"/>
     <w:rsid w:val="00115BA3"/>
+    <w:rsid w:val="00116B34"/>
     <w:rsid w:val="0012233B"/>
     <w:rsid w:val="001224B3"/>
     <w:rsid w:val="00122DFF"/>
     <w:rsid w:val="00126A92"/>
-    <w:rsid w:val="00130634"/>
-    <w:rsid w:val="0013100E"/>
     <w:rsid w:val="00131806"/>
     <w:rsid w:val="00131942"/>
-    <w:rsid w:val="0013312C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0014367A"/>
+    <w:rsid w:val="00141B24"/>
+    <w:rsid w:val="001437D7"/>
     <w:rsid w:val="00150EB5"/>
     <w:rsid w:val="0015307E"/>
-    <w:rsid w:val="00154F96"/>
     <w:rsid w:val="001559F2"/>
+    <w:rsid w:val="001575D8"/>
     <w:rsid w:val="00160098"/>
     <w:rsid w:val="00165165"/>
-    <w:rsid w:val="00166064"/>
+    <w:rsid w:val="001654A9"/>
+    <w:rsid w:val="001655FB"/>
     <w:rsid w:val="00167B20"/>
-    <w:rsid w:val="001705ED"/>
+    <w:rsid w:val="001724D1"/>
     <w:rsid w:val="00184BBC"/>
-    <w:rsid w:val="00186855"/>
     <w:rsid w:val="001978CB"/>
     <w:rsid w:val="001A2E69"/>
-    <w:rsid w:val="001B1F45"/>
     <w:rsid w:val="001B4AA0"/>
-    <w:rsid w:val="001B66F8"/>
+    <w:rsid w:val="001B52B0"/>
     <w:rsid w:val="001C43F4"/>
     <w:rsid w:val="001C4BB9"/>
-    <w:rsid w:val="001D1324"/>
     <w:rsid w:val="001D3604"/>
-    <w:rsid w:val="001D7AF0"/>
-    <w:rsid w:val="001E192B"/>
     <w:rsid w:val="001E335D"/>
-    <w:rsid w:val="001E3BE4"/>
-    <w:rsid w:val="001F17D8"/>
     <w:rsid w:val="001F518F"/>
     <w:rsid w:val="001F5701"/>
     <w:rsid w:val="00203534"/>
     <w:rsid w:val="00207055"/>
     <w:rsid w:val="00207AE1"/>
-    <w:rsid w:val="002112DC"/>
+    <w:rsid w:val="00211B84"/>
     <w:rsid w:val="0021217D"/>
     <w:rsid w:val="0021376D"/>
     <w:rsid w:val="002137BD"/>
-    <w:rsid w:val="0022288A"/>
-    <w:rsid w:val="0023240F"/>
+    <w:rsid w:val="00220687"/>
+    <w:rsid w:val="00221FD0"/>
+    <w:rsid w:val="00231477"/>
     <w:rsid w:val="00233D4F"/>
-    <w:rsid w:val="00234CDC"/>
     <w:rsid w:val="00241DCE"/>
-    <w:rsid w:val="00242330"/>
-    <w:rsid w:val="00242A21"/>
     <w:rsid w:val="00243336"/>
-    <w:rsid w:val="002476A2"/>
+    <w:rsid w:val="00247366"/>
+    <w:rsid w:val="00255705"/>
+    <w:rsid w:val="00257160"/>
     <w:rsid w:val="00257A33"/>
     <w:rsid w:val="0026011D"/>
     <w:rsid w:val="00260CA2"/>
-    <w:rsid w:val="002665EC"/>
     <w:rsid w:val="00267D11"/>
     <w:rsid w:val="00270424"/>
     <w:rsid w:val="00270591"/>
-    <w:rsid w:val="00272C92"/>
+    <w:rsid w:val="00275691"/>
     <w:rsid w:val="00276755"/>
-    <w:rsid w:val="00281D4C"/>
     <w:rsid w:val="00284863"/>
     <w:rsid w:val="00284A7D"/>
-    <w:rsid w:val="00287EBC"/>
+    <w:rsid w:val="00285194"/>
     <w:rsid w:val="002903E8"/>
     <w:rsid w:val="00292202"/>
     <w:rsid w:val="0029225B"/>
+    <w:rsid w:val="002930C6"/>
     <w:rsid w:val="002932EB"/>
-    <w:rsid w:val="00294124"/>
+    <w:rsid w:val="002942C5"/>
     <w:rsid w:val="0029530F"/>
+    <w:rsid w:val="00295A08"/>
     <w:rsid w:val="00297879"/>
-    <w:rsid w:val="002A141A"/>
     <w:rsid w:val="002A3791"/>
-    <w:rsid w:val="002B42C4"/>
-    <w:rsid w:val="002B50DE"/>
     <w:rsid w:val="002B648B"/>
-    <w:rsid w:val="002B65D3"/>
-    <w:rsid w:val="002B6ABE"/>
     <w:rsid w:val="002C06B1"/>
     <w:rsid w:val="002C0C31"/>
     <w:rsid w:val="002C1413"/>
+    <w:rsid w:val="002C2177"/>
     <w:rsid w:val="002C4AAB"/>
     <w:rsid w:val="002D131B"/>
     <w:rsid w:val="002D2BC2"/>
     <w:rsid w:val="002D62BF"/>
-    <w:rsid w:val="002E0611"/>
     <w:rsid w:val="002E51DE"/>
-    <w:rsid w:val="002E6310"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002E7CF3"/>
+    <w:rsid w:val="002F1D1F"/>
     <w:rsid w:val="002F42BC"/>
     <w:rsid w:val="002F6EDB"/>
-    <w:rsid w:val="00300C62"/>
-    <w:rsid w:val="003011E4"/>
+    <w:rsid w:val="0030504B"/>
     <w:rsid w:val="00306359"/>
     <w:rsid w:val="00306AFD"/>
-    <w:rsid w:val="003071CE"/>
     <w:rsid w:val="00311C98"/>
+    <w:rsid w:val="003122F8"/>
+    <w:rsid w:val="0031242E"/>
     <w:rsid w:val="003153E0"/>
-    <w:rsid w:val="00316578"/>
-    <w:rsid w:val="0032313E"/>
+    <w:rsid w:val="003176BD"/>
     <w:rsid w:val="00325697"/>
     <w:rsid w:val="00327C4D"/>
-    <w:rsid w:val="0033188B"/>
+    <w:rsid w:val="003362FA"/>
     <w:rsid w:val="00342C93"/>
     <w:rsid w:val="003434C1"/>
     <w:rsid w:val="00343A99"/>
-    <w:rsid w:val="00351AF5"/>
-    <w:rsid w:val="003527A1"/>
     <w:rsid w:val="00352C8F"/>
     <w:rsid w:val="00353403"/>
-    <w:rsid w:val="00356259"/>
     <w:rsid w:val="00357166"/>
+    <w:rsid w:val="0036023D"/>
     <w:rsid w:val="00361B5A"/>
-    <w:rsid w:val="00363A24"/>
-    <w:rsid w:val="003645B6"/>
+    <w:rsid w:val="00370DB7"/>
     <w:rsid w:val="00371BAA"/>
     <w:rsid w:val="00372AEB"/>
     <w:rsid w:val="00374237"/>
-    <w:rsid w:val="00374960"/>
-    <w:rsid w:val="0037792C"/>
     <w:rsid w:val="00384F62"/>
-    <w:rsid w:val="00386F09"/>
+    <w:rsid w:val="00386E07"/>
     <w:rsid w:val="00390010"/>
     <w:rsid w:val="00396EE7"/>
     <w:rsid w:val="00397F6B"/>
+    <w:rsid w:val="003A1947"/>
     <w:rsid w:val="003A7C4E"/>
     <w:rsid w:val="003B1D4E"/>
-    <w:rsid w:val="003B5386"/>
-    <w:rsid w:val="003B68D8"/>
+    <w:rsid w:val="003B23B5"/>
+    <w:rsid w:val="003B2776"/>
+    <w:rsid w:val="003B67F6"/>
     <w:rsid w:val="003B74BC"/>
-    <w:rsid w:val="003C5984"/>
+    <w:rsid w:val="003C1079"/>
     <w:rsid w:val="003C63CC"/>
-    <w:rsid w:val="003D11BE"/>
+    <w:rsid w:val="003D1A82"/>
     <w:rsid w:val="003D1AD5"/>
     <w:rsid w:val="003D296E"/>
-    <w:rsid w:val="003E4E13"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003F0128"/>
+    <w:rsid w:val="003D735B"/>
+    <w:rsid w:val="003E2710"/>
     <w:rsid w:val="003F01C7"/>
+    <w:rsid w:val="003F4B55"/>
     <w:rsid w:val="003F793A"/>
-    <w:rsid w:val="00403894"/>
+    <w:rsid w:val="00401188"/>
     <w:rsid w:val="00406708"/>
-    <w:rsid w:val="00410DEE"/>
+    <w:rsid w:val="0041281A"/>
     <w:rsid w:val="00412EF4"/>
     <w:rsid w:val="0041669C"/>
-    <w:rsid w:val="00421F4C"/>
     <w:rsid w:val="0042273F"/>
-    <w:rsid w:val="00422A6C"/>
     <w:rsid w:val="004267BB"/>
     <w:rsid w:val="00426934"/>
-    <w:rsid w:val="004315F5"/>
+    <w:rsid w:val="00431CF2"/>
     <w:rsid w:val="004330F6"/>
     <w:rsid w:val="00434003"/>
     <w:rsid w:val="004342A2"/>
-    <w:rsid w:val="00434DCF"/>
     <w:rsid w:val="00440F54"/>
     <w:rsid w:val="00444E12"/>
-    <w:rsid w:val="00445546"/>
-    <w:rsid w:val="0045118B"/>
+    <w:rsid w:val="004517D9"/>
     <w:rsid w:val="00451A84"/>
+    <w:rsid w:val="00451D0E"/>
+    <w:rsid w:val="004537A8"/>
     <w:rsid w:val="00454CF4"/>
     <w:rsid w:val="004559B9"/>
-    <w:rsid w:val="00455D9E"/>
     <w:rsid w:val="00457CBE"/>
-    <w:rsid w:val="00457D60"/>
     <w:rsid w:val="00457E1B"/>
     <w:rsid w:val="004613BD"/>
     <w:rsid w:val="0046319C"/>
     <w:rsid w:val="004634C1"/>
     <w:rsid w:val="00465058"/>
+    <w:rsid w:val="00465B22"/>
+    <w:rsid w:val="00467219"/>
+    <w:rsid w:val="004715EF"/>
     <w:rsid w:val="00472C91"/>
+    <w:rsid w:val="00474D79"/>
     <w:rsid w:val="004815A5"/>
-    <w:rsid w:val="00481A45"/>
     <w:rsid w:val="0048597B"/>
     <w:rsid w:val="00487839"/>
     <w:rsid w:val="00490CE1"/>
+    <w:rsid w:val="004931A5"/>
     <w:rsid w:val="004932CF"/>
     <w:rsid w:val="00494184"/>
     <w:rsid w:val="00495125"/>
-    <w:rsid w:val="00497037"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004A3DB3"/>
+    <w:rsid w:val="004A538F"/>
     <w:rsid w:val="004A5C43"/>
     <w:rsid w:val="004A6AAD"/>
     <w:rsid w:val="004A717A"/>
-    <w:rsid w:val="004A7739"/>
     <w:rsid w:val="004A7A16"/>
     <w:rsid w:val="004B14E0"/>
-    <w:rsid w:val="004B2917"/>
     <w:rsid w:val="004B3C1B"/>
-    <w:rsid w:val="004B576F"/>
-    <w:rsid w:val="004C2144"/>
     <w:rsid w:val="004C264E"/>
     <w:rsid w:val="004C38AA"/>
     <w:rsid w:val="004C4177"/>
     <w:rsid w:val="004C4856"/>
-    <w:rsid w:val="004C4C43"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C5E45"/>
+    <w:rsid w:val="004C48DB"/>
     <w:rsid w:val="004C6947"/>
+    <w:rsid w:val="004D1BFF"/>
     <w:rsid w:val="004D1DC3"/>
-    <w:rsid w:val="004D50FC"/>
+    <w:rsid w:val="004D4527"/>
     <w:rsid w:val="004D53C8"/>
     <w:rsid w:val="004D7B61"/>
-    <w:rsid w:val="004E018B"/>
-    <w:rsid w:val="004E1320"/>
     <w:rsid w:val="004E1C64"/>
-    <w:rsid w:val="004E1D19"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004E5644"/>
     <w:rsid w:val="004F7E6C"/>
+    <w:rsid w:val="00500279"/>
     <w:rsid w:val="00502093"/>
-    <w:rsid w:val="005025E3"/>
     <w:rsid w:val="00502CF5"/>
     <w:rsid w:val="005042A9"/>
+    <w:rsid w:val="00505567"/>
     <w:rsid w:val="00510AC6"/>
-    <w:rsid w:val="00511BE1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00517285"/>
+    <w:rsid w:val="005122F6"/>
+    <w:rsid w:val="00513CEE"/>
+    <w:rsid w:val="005151C3"/>
+    <w:rsid w:val="00524313"/>
     <w:rsid w:val="00524350"/>
     <w:rsid w:val="00526D09"/>
     <w:rsid w:val="00527753"/>
-    <w:rsid w:val="00527EAA"/>
     <w:rsid w:val="00536708"/>
     <w:rsid w:val="00551430"/>
-    <w:rsid w:val="00553007"/>
     <w:rsid w:val="0055625A"/>
     <w:rsid w:val="005572D9"/>
-    <w:rsid w:val="00562D66"/>
     <w:rsid w:val="0056476F"/>
     <w:rsid w:val="00566611"/>
     <w:rsid w:val="005670DC"/>
     <w:rsid w:val="00575FF6"/>
     <w:rsid w:val="00577756"/>
-    <w:rsid w:val="00577880"/>
-    <w:rsid w:val="00577B9D"/>
+    <w:rsid w:val="005815EB"/>
     <w:rsid w:val="005831B3"/>
-    <w:rsid w:val="005869C7"/>
     <w:rsid w:val="0059015E"/>
     <w:rsid w:val="00590A7E"/>
     <w:rsid w:val="005912CB"/>
     <w:rsid w:val="00591D51"/>
     <w:rsid w:val="005924BF"/>
     <w:rsid w:val="00592C21"/>
-    <w:rsid w:val="00592CED"/>
     <w:rsid w:val="00594548"/>
     <w:rsid w:val="005970D5"/>
     <w:rsid w:val="0059737D"/>
-    <w:rsid w:val="00597493"/>
     <w:rsid w:val="00597D1C"/>
     <w:rsid w:val="005A073D"/>
-    <w:rsid w:val="005A0B69"/>
     <w:rsid w:val="005A37A3"/>
     <w:rsid w:val="005A521B"/>
     <w:rsid w:val="005A6754"/>
-    <w:rsid w:val="005B0302"/>
     <w:rsid w:val="005B389E"/>
     <w:rsid w:val="005B4F5C"/>
-    <w:rsid w:val="005C20CD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005C342C"/>
+    <w:rsid w:val="005C2E3C"/>
     <w:rsid w:val="005C3B41"/>
     <w:rsid w:val="005C75D4"/>
-    <w:rsid w:val="005D0335"/>
     <w:rsid w:val="005D058E"/>
+    <w:rsid w:val="005D05C0"/>
     <w:rsid w:val="005D2587"/>
-    <w:rsid w:val="005D4B3C"/>
-    <w:rsid w:val="005D4B69"/>
+    <w:rsid w:val="005D583E"/>
+    <w:rsid w:val="005D5BF7"/>
     <w:rsid w:val="005D7A00"/>
-    <w:rsid w:val="005E31E4"/>
     <w:rsid w:val="005E442B"/>
     <w:rsid w:val="005E7A2F"/>
+    <w:rsid w:val="005F019B"/>
     <w:rsid w:val="005F42CB"/>
     <w:rsid w:val="005F449E"/>
-    <w:rsid w:val="005F53AB"/>
     <w:rsid w:val="005F572A"/>
-    <w:rsid w:val="006014FE"/>
     <w:rsid w:val="006038B5"/>
-    <w:rsid w:val="00606C6E"/>
-    <w:rsid w:val="00607215"/>
     <w:rsid w:val="00607A7B"/>
-    <w:rsid w:val="0061057B"/>
+    <w:rsid w:val="006107F9"/>
     <w:rsid w:val="006118C1"/>
     <w:rsid w:val="006121B7"/>
     <w:rsid w:val="00612D5E"/>
     <w:rsid w:val="0061417D"/>
-    <w:rsid w:val="00615BE3"/>
+    <w:rsid w:val="00614CFC"/>
     <w:rsid w:val="0062123F"/>
+    <w:rsid w:val="006264D7"/>
+    <w:rsid w:val="00626636"/>
     <w:rsid w:val="00631AEC"/>
     <w:rsid w:val="0063229B"/>
     <w:rsid w:val="00632508"/>
     <w:rsid w:val="006328E6"/>
     <w:rsid w:val="00634595"/>
+    <w:rsid w:val="00634C28"/>
     <w:rsid w:val="00636FB1"/>
     <w:rsid w:val="00637269"/>
+    <w:rsid w:val="00637348"/>
     <w:rsid w:val="0064383D"/>
-    <w:rsid w:val="00646074"/>
-    <w:rsid w:val="00647131"/>
     <w:rsid w:val="0065200C"/>
     <w:rsid w:val="00653AB6"/>
-    <w:rsid w:val="00653DE0"/>
     <w:rsid w:val="00656A62"/>
-    <w:rsid w:val="0065749F"/>
     <w:rsid w:val="00661744"/>
     <w:rsid w:val="00662361"/>
     <w:rsid w:val="00664534"/>
     <w:rsid w:val="006647E9"/>
     <w:rsid w:val="006647FF"/>
     <w:rsid w:val="00667ED3"/>
     <w:rsid w:val="00670885"/>
+    <w:rsid w:val="00671C2D"/>
+    <w:rsid w:val="0067295D"/>
     <w:rsid w:val="006733EB"/>
     <w:rsid w:val="006746C9"/>
     <w:rsid w:val="006760C7"/>
     <w:rsid w:val="006769AD"/>
-    <w:rsid w:val="0068099E"/>
     <w:rsid w:val="00681AF2"/>
-    <w:rsid w:val="00682006"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00684901"/>
+    <w:rsid w:val="006835AC"/>
     <w:rsid w:val="0068695F"/>
-    <w:rsid w:val="00692E39"/>
+    <w:rsid w:val="00687D89"/>
     <w:rsid w:val="00696E11"/>
     <w:rsid w:val="006A0EBD"/>
     <w:rsid w:val="006A23BF"/>
     <w:rsid w:val="006A4E3F"/>
-    <w:rsid w:val="006A5DF2"/>
-    <w:rsid w:val="006B3E55"/>
     <w:rsid w:val="006B5654"/>
-    <w:rsid w:val="006B7177"/>
+    <w:rsid w:val="006B58CE"/>
     <w:rsid w:val="006C251D"/>
-    <w:rsid w:val="006C4465"/>
+    <w:rsid w:val="006C4105"/>
     <w:rsid w:val="006D0E0E"/>
     <w:rsid w:val="006D2D82"/>
     <w:rsid w:val="006D4529"/>
     <w:rsid w:val="006D4B47"/>
+    <w:rsid w:val="006D5523"/>
+    <w:rsid w:val="006D5872"/>
     <w:rsid w:val="006D6188"/>
-    <w:rsid w:val="006D724B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E0855"/>
+    <w:rsid w:val="006E18EB"/>
     <w:rsid w:val="006E1DA9"/>
     <w:rsid w:val="006E369F"/>
     <w:rsid w:val="006E3FB7"/>
     <w:rsid w:val="006E6E89"/>
     <w:rsid w:val="006F0124"/>
     <w:rsid w:val="006F01F1"/>
-    <w:rsid w:val="006F0A6C"/>
     <w:rsid w:val="006F4B81"/>
     <w:rsid w:val="006F6C0D"/>
     <w:rsid w:val="006F6FC4"/>
     <w:rsid w:val="00703D2B"/>
-    <w:rsid w:val="00706810"/>
+    <w:rsid w:val="00704ADF"/>
     <w:rsid w:val="00713A23"/>
+    <w:rsid w:val="00715C78"/>
     <w:rsid w:val="007176F0"/>
-    <w:rsid w:val="007200D9"/>
     <w:rsid w:val="00721B6A"/>
-    <w:rsid w:val="00721E24"/>
+    <w:rsid w:val="00722754"/>
+    <w:rsid w:val="00724525"/>
+    <w:rsid w:val="007262FE"/>
     <w:rsid w:val="00727790"/>
-    <w:rsid w:val="0073191C"/>
     <w:rsid w:val="0073327E"/>
     <w:rsid w:val="007342B5"/>
     <w:rsid w:val="00737FC9"/>
     <w:rsid w:val="007411A0"/>
     <w:rsid w:val="00741A53"/>
     <w:rsid w:val="00741E52"/>
-    <w:rsid w:val="00744C31"/>
     <w:rsid w:val="0074612D"/>
     <w:rsid w:val="00751A0A"/>
     <w:rsid w:val="0075438B"/>
     <w:rsid w:val="0075563E"/>
     <w:rsid w:val="00761D40"/>
     <w:rsid w:val="0076796F"/>
     <w:rsid w:val="00767DA2"/>
     <w:rsid w:val="00772CE0"/>
     <w:rsid w:val="00773081"/>
     <w:rsid w:val="00773F52"/>
-    <w:rsid w:val="00775143"/>
     <w:rsid w:val="00784256"/>
-    <w:rsid w:val="00787C0D"/>
-    <w:rsid w:val="00790765"/>
+    <w:rsid w:val="00785A32"/>
     <w:rsid w:val="00790C29"/>
     <w:rsid w:val="007928A0"/>
     <w:rsid w:val="0079467C"/>
+    <w:rsid w:val="007958C1"/>
     <w:rsid w:val="007A0B46"/>
-    <w:rsid w:val="007A219F"/>
+    <w:rsid w:val="007A22B3"/>
     <w:rsid w:val="007A3920"/>
     <w:rsid w:val="007A6435"/>
     <w:rsid w:val="007A73D0"/>
     <w:rsid w:val="007B203B"/>
-    <w:rsid w:val="007B5833"/>
-    <w:rsid w:val="007B69CB"/>
     <w:rsid w:val="007C10E2"/>
     <w:rsid w:val="007C192F"/>
+    <w:rsid w:val="007D12EF"/>
     <w:rsid w:val="007D2342"/>
-    <w:rsid w:val="007D5B23"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007E0E76"/>
     <w:rsid w:val="007E3A52"/>
     <w:rsid w:val="007E6DBF"/>
     <w:rsid w:val="007E6E31"/>
     <w:rsid w:val="007F049B"/>
     <w:rsid w:val="007F26A9"/>
     <w:rsid w:val="007F4ABC"/>
-    <w:rsid w:val="007F7E17"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00801316"/>
+    <w:rsid w:val="007F5440"/>
     <w:rsid w:val="00804818"/>
     <w:rsid w:val="00805502"/>
     <w:rsid w:val="008057A5"/>
     <w:rsid w:val="008059A1"/>
     <w:rsid w:val="00810036"/>
-    <w:rsid w:val="00813548"/>
+    <w:rsid w:val="008144DF"/>
+    <w:rsid w:val="00815035"/>
     <w:rsid w:val="00824572"/>
-    <w:rsid w:val="00825776"/>
+    <w:rsid w:val="00825726"/>
     <w:rsid w:val="00832706"/>
+    <w:rsid w:val="008341A5"/>
     <w:rsid w:val="008341F9"/>
     <w:rsid w:val="008359C2"/>
     <w:rsid w:val="00840112"/>
-    <w:rsid w:val="008452F6"/>
+    <w:rsid w:val="00841119"/>
     <w:rsid w:val="00845846"/>
     <w:rsid w:val="00845AEE"/>
     <w:rsid w:val="00846311"/>
     <w:rsid w:val="008465A9"/>
     <w:rsid w:val="0084787E"/>
     <w:rsid w:val="00850DB3"/>
     <w:rsid w:val="0085132D"/>
-    <w:rsid w:val="00851EC3"/>
     <w:rsid w:val="00854D6F"/>
-    <w:rsid w:val="00855FEB"/>
     <w:rsid w:val="00872610"/>
     <w:rsid w:val="00872F7A"/>
     <w:rsid w:val="00876ADD"/>
     <w:rsid w:val="00876BC8"/>
     <w:rsid w:val="00876F2D"/>
     <w:rsid w:val="00877357"/>
     <w:rsid w:val="00880C29"/>
-    <w:rsid w:val="00882036"/>
     <w:rsid w:val="00882D82"/>
+    <w:rsid w:val="00885014"/>
     <w:rsid w:val="00885D56"/>
-    <w:rsid w:val="00885FAE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008A1A48"/>
+    <w:rsid w:val="0089711F"/>
+    <w:rsid w:val="008A2776"/>
     <w:rsid w:val="008A3163"/>
     <w:rsid w:val="008A40F5"/>
     <w:rsid w:val="008A5BCB"/>
+    <w:rsid w:val="008A6987"/>
     <w:rsid w:val="008A7105"/>
     <w:rsid w:val="008B4E7E"/>
     <w:rsid w:val="008C2586"/>
     <w:rsid w:val="008D1613"/>
-    <w:rsid w:val="008D2BB8"/>
     <w:rsid w:val="008D5A20"/>
-    <w:rsid w:val="008D60ED"/>
     <w:rsid w:val="008D6585"/>
-    <w:rsid w:val="008D7F48"/>
     <w:rsid w:val="008E0EB0"/>
     <w:rsid w:val="008E32A6"/>
-    <w:rsid w:val="008F08ED"/>
+    <w:rsid w:val="008E38EC"/>
     <w:rsid w:val="008F2711"/>
-    <w:rsid w:val="008F3CC2"/>
     <w:rsid w:val="008F5D13"/>
     <w:rsid w:val="008F796D"/>
     <w:rsid w:val="00901B34"/>
-    <w:rsid w:val="009047A5"/>
-    <w:rsid w:val="00905020"/>
+    <w:rsid w:val="00901FF8"/>
     <w:rsid w:val="00906046"/>
     <w:rsid w:val="00907F6B"/>
     <w:rsid w:val="009111C6"/>
-    <w:rsid w:val="00911351"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0092099D"/>
+    <w:rsid w:val="009216DB"/>
     <w:rsid w:val="00923C58"/>
-    <w:rsid w:val="00924094"/>
     <w:rsid w:val="00926F1B"/>
+    <w:rsid w:val="00927A5F"/>
     <w:rsid w:val="00930366"/>
-    <w:rsid w:val="00944DA5"/>
+    <w:rsid w:val="00932BD1"/>
+    <w:rsid w:val="0093527E"/>
     <w:rsid w:val="0094625A"/>
-    <w:rsid w:val="0094630C"/>
     <w:rsid w:val="009516EB"/>
     <w:rsid w:val="009526A9"/>
+    <w:rsid w:val="009537B4"/>
     <w:rsid w:val="00953986"/>
     <w:rsid w:val="00955F00"/>
     <w:rsid w:val="00956338"/>
     <w:rsid w:val="00957BD2"/>
     <w:rsid w:val="00962F44"/>
     <w:rsid w:val="009635DF"/>
-    <w:rsid w:val="00965993"/>
     <w:rsid w:val="009671DF"/>
     <w:rsid w:val="00967C0D"/>
-    <w:rsid w:val="00967CBC"/>
     <w:rsid w:val="00970245"/>
     <w:rsid w:val="00970E4E"/>
-    <w:rsid w:val="009732A8"/>
-    <w:rsid w:val="0097352C"/>
+    <w:rsid w:val="00972D29"/>
     <w:rsid w:val="00973D93"/>
     <w:rsid w:val="00977034"/>
-    <w:rsid w:val="009773EF"/>
     <w:rsid w:val="009815AC"/>
-    <w:rsid w:val="009822EA"/>
     <w:rsid w:val="00991093"/>
     <w:rsid w:val="0099302A"/>
     <w:rsid w:val="00993853"/>
-    <w:rsid w:val="00994815"/>
     <w:rsid w:val="009A0E83"/>
     <w:rsid w:val="009A16FA"/>
-    <w:rsid w:val="009A3788"/>
-    <w:rsid w:val="009A5F4B"/>
+    <w:rsid w:val="009A6276"/>
+    <w:rsid w:val="009A78BA"/>
     <w:rsid w:val="009B247C"/>
+    <w:rsid w:val="009B2F76"/>
     <w:rsid w:val="009B3B91"/>
     <w:rsid w:val="009B4639"/>
     <w:rsid w:val="009B549C"/>
-    <w:rsid w:val="009C0810"/>
-    <w:rsid w:val="009C1429"/>
     <w:rsid w:val="009C278A"/>
-    <w:rsid w:val="009C3C6B"/>
-    <w:rsid w:val="009C5F5E"/>
     <w:rsid w:val="009C7823"/>
-    <w:rsid w:val="009D0BD3"/>
     <w:rsid w:val="009D0EF3"/>
     <w:rsid w:val="009D18E6"/>
     <w:rsid w:val="009E67CF"/>
+    <w:rsid w:val="009F0C15"/>
+    <w:rsid w:val="009F2826"/>
     <w:rsid w:val="009F614C"/>
-    <w:rsid w:val="009F65A7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A02AFB"/>
     <w:rsid w:val="00A043AB"/>
-    <w:rsid w:val="00A069F5"/>
+    <w:rsid w:val="00A072BB"/>
     <w:rsid w:val="00A12496"/>
+    <w:rsid w:val="00A13774"/>
     <w:rsid w:val="00A148CF"/>
     <w:rsid w:val="00A25488"/>
-    <w:rsid w:val="00A2622A"/>
     <w:rsid w:val="00A27100"/>
+    <w:rsid w:val="00A27648"/>
     <w:rsid w:val="00A34E99"/>
+    <w:rsid w:val="00A40736"/>
     <w:rsid w:val="00A41E23"/>
+    <w:rsid w:val="00A446A3"/>
     <w:rsid w:val="00A4679B"/>
-    <w:rsid w:val="00A469B3"/>
-    <w:rsid w:val="00A51848"/>
     <w:rsid w:val="00A51A1C"/>
-    <w:rsid w:val="00A54B5E"/>
     <w:rsid w:val="00A559C7"/>
     <w:rsid w:val="00A56877"/>
+    <w:rsid w:val="00A57844"/>
+    <w:rsid w:val="00A60943"/>
     <w:rsid w:val="00A64E28"/>
     <w:rsid w:val="00A65866"/>
+    <w:rsid w:val="00A6691B"/>
     <w:rsid w:val="00A66ED0"/>
     <w:rsid w:val="00A71E81"/>
-    <w:rsid w:val="00A74C82"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A77284"/>
+    <w:rsid w:val="00A74C22"/>
     <w:rsid w:val="00A810B9"/>
     <w:rsid w:val="00A83C17"/>
+    <w:rsid w:val="00A86907"/>
+    <w:rsid w:val="00A869D4"/>
+    <w:rsid w:val="00A87846"/>
     <w:rsid w:val="00A91C46"/>
-    <w:rsid w:val="00A954DC"/>
     <w:rsid w:val="00A97512"/>
     <w:rsid w:val="00AA3B41"/>
     <w:rsid w:val="00AA47B7"/>
+    <w:rsid w:val="00AA5788"/>
     <w:rsid w:val="00AA57F8"/>
-    <w:rsid w:val="00AB1CA5"/>
     <w:rsid w:val="00AB21EA"/>
     <w:rsid w:val="00AB4088"/>
     <w:rsid w:val="00AB4CF8"/>
     <w:rsid w:val="00AB602D"/>
     <w:rsid w:val="00AC04EB"/>
     <w:rsid w:val="00AC5B6E"/>
     <w:rsid w:val="00AC75D6"/>
     <w:rsid w:val="00AC7D3F"/>
-    <w:rsid w:val="00AD026D"/>
     <w:rsid w:val="00AD2626"/>
     <w:rsid w:val="00AD69C2"/>
     <w:rsid w:val="00AE3111"/>
-    <w:rsid w:val="00AE42D2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE528E"/>
     <w:rsid w:val="00AF0389"/>
-    <w:rsid w:val="00AF4B98"/>
     <w:rsid w:val="00AF6F79"/>
     <w:rsid w:val="00AF7A49"/>
+    <w:rsid w:val="00B04BE0"/>
     <w:rsid w:val="00B06F58"/>
     <w:rsid w:val="00B07658"/>
     <w:rsid w:val="00B07A87"/>
     <w:rsid w:val="00B07D28"/>
+    <w:rsid w:val="00B100AC"/>
     <w:rsid w:val="00B141CB"/>
     <w:rsid w:val="00B16C43"/>
     <w:rsid w:val="00B217D2"/>
-    <w:rsid w:val="00B21B23"/>
     <w:rsid w:val="00B22048"/>
     <w:rsid w:val="00B23288"/>
     <w:rsid w:val="00B26D9C"/>
-    <w:rsid w:val="00B27EE6"/>
     <w:rsid w:val="00B30219"/>
     <w:rsid w:val="00B3284D"/>
     <w:rsid w:val="00B33F6A"/>
     <w:rsid w:val="00B34AEC"/>
     <w:rsid w:val="00B34F0C"/>
-    <w:rsid w:val="00B36609"/>
-    <w:rsid w:val="00B36900"/>
     <w:rsid w:val="00B4033A"/>
     <w:rsid w:val="00B40D88"/>
-    <w:rsid w:val="00B40FC4"/>
     <w:rsid w:val="00B425C1"/>
-    <w:rsid w:val="00B44A14"/>
     <w:rsid w:val="00B508A2"/>
     <w:rsid w:val="00B50E57"/>
     <w:rsid w:val="00B512B2"/>
-    <w:rsid w:val="00B521B2"/>
+    <w:rsid w:val="00B527AF"/>
     <w:rsid w:val="00B52F52"/>
-    <w:rsid w:val="00B55C7D"/>
+    <w:rsid w:val="00B56A8E"/>
     <w:rsid w:val="00B5767D"/>
     <w:rsid w:val="00B5769A"/>
     <w:rsid w:val="00B61AD6"/>
     <w:rsid w:val="00B620DD"/>
     <w:rsid w:val="00B67019"/>
-    <w:rsid w:val="00B70E92"/>
     <w:rsid w:val="00B71DBD"/>
     <w:rsid w:val="00B74025"/>
     <w:rsid w:val="00B8518F"/>
     <w:rsid w:val="00B9368F"/>
     <w:rsid w:val="00B9397B"/>
     <w:rsid w:val="00B9423F"/>
+    <w:rsid w:val="00B965BC"/>
     <w:rsid w:val="00B9712B"/>
+    <w:rsid w:val="00BA02A3"/>
     <w:rsid w:val="00BA1332"/>
-    <w:rsid w:val="00BA734A"/>
+    <w:rsid w:val="00BA332D"/>
+    <w:rsid w:val="00BA5084"/>
+    <w:rsid w:val="00BB157D"/>
     <w:rsid w:val="00BB1ABD"/>
-    <w:rsid w:val="00BB28F7"/>
-    <w:rsid w:val="00BB3556"/>
     <w:rsid w:val="00BB46F8"/>
-    <w:rsid w:val="00BB5595"/>
-    <w:rsid w:val="00BB5732"/>
     <w:rsid w:val="00BB6A8F"/>
-    <w:rsid w:val="00BC0313"/>
     <w:rsid w:val="00BC324C"/>
-    <w:rsid w:val="00BC3332"/>
     <w:rsid w:val="00BC3393"/>
     <w:rsid w:val="00BC4AA3"/>
     <w:rsid w:val="00BC7E5D"/>
     <w:rsid w:val="00BD49B2"/>
+    <w:rsid w:val="00BE0C88"/>
     <w:rsid w:val="00BE7B52"/>
     <w:rsid w:val="00BF4BC2"/>
-    <w:rsid w:val="00BF4C2D"/>
     <w:rsid w:val="00BF624B"/>
     <w:rsid w:val="00C00E5A"/>
-    <w:rsid w:val="00C05288"/>
     <w:rsid w:val="00C0579A"/>
     <w:rsid w:val="00C0688B"/>
-    <w:rsid w:val="00C06D10"/>
     <w:rsid w:val="00C07DAF"/>
     <w:rsid w:val="00C07F24"/>
     <w:rsid w:val="00C10758"/>
     <w:rsid w:val="00C11FD3"/>
-    <w:rsid w:val="00C1275B"/>
     <w:rsid w:val="00C15A41"/>
     <w:rsid w:val="00C1602D"/>
-    <w:rsid w:val="00C17A85"/>
     <w:rsid w:val="00C237D0"/>
     <w:rsid w:val="00C250D7"/>
     <w:rsid w:val="00C27925"/>
-    <w:rsid w:val="00C30B13"/>
-    <w:rsid w:val="00C3180C"/>
+    <w:rsid w:val="00C35741"/>
     <w:rsid w:val="00C43188"/>
-    <w:rsid w:val="00C45050"/>
     <w:rsid w:val="00C5095C"/>
+    <w:rsid w:val="00C5135F"/>
+    <w:rsid w:val="00C5192C"/>
+    <w:rsid w:val="00C53671"/>
     <w:rsid w:val="00C5406B"/>
-    <w:rsid w:val="00C54FC8"/>
+    <w:rsid w:val="00C55CB3"/>
     <w:rsid w:val="00C61325"/>
     <w:rsid w:val="00C6275E"/>
+    <w:rsid w:val="00C63DC6"/>
     <w:rsid w:val="00C71949"/>
     <w:rsid w:val="00C71BFF"/>
     <w:rsid w:val="00C74414"/>
-    <w:rsid w:val="00C74521"/>
-    <w:rsid w:val="00C872E9"/>
     <w:rsid w:val="00C923F8"/>
+    <w:rsid w:val="00C93E0A"/>
     <w:rsid w:val="00C953A6"/>
     <w:rsid w:val="00CA0F64"/>
     <w:rsid w:val="00CA254A"/>
+    <w:rsid w:val="00CA30CD"/>
+    <w:rsid w:val="00CA4911"/>
     <w:rsid w:val="00CA4BFA"/>
-    <w:rsid w:val="00CA4D7C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB2361"/>
+    <w:rsid w:val="00CB0E07"/>
     <w:rsid w:val="00CB2E47"/>
-    <w:rsid w:val="00CC0783"/>
     <w:rsid w:val="00CC27C1"/>
-    <w:rsid w:val="00CC38D3"/>
     <w:rsid w:val="00CC4B4E"/>
-    <w:rsid w:val="00CC61C9"/>
     <w:rsid w:val="00CC6619"/>
     <w:rsid w:val="00CD0245"/>
     <w:rsid w:val="00CD089B"/>
     <w:rsid w:val="00CD1FAE"/>
     <w:rsid w:val="00CD6B58"/>
     <w:rsid w:val="00CE0BC8"/>
     <w:rsid w:val="00CE161E"/>
-    <w:rsid w:val="00CE539A"/>
     <w:rsid w:val="00CE5F26"/>
+    <w:rsid w:val="00CE620C"/>
     <w:rsid w:val="00CE73B1"/>
     <w:rsid w:val="00CF0036"/>
     <w:rsid w:val="00CF1242"/>
     <w:rsid w:val="00CF3261"/>
-    <w:rsid w:val="00CF3AFF"/>
     <w:rsid w:val="00CF3E60"/>
     <w:rsid w:val="00CF3F4D"/>
     <w:rsid w:val="00CF3F90"/>
-    <w:rsid w:val="00CF7384"/>
     <w:rsid w:val="00CF7F7D"/>
-    <w:rsid w:val="00D019A0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D17A32"/>
+    <w:rsid w:val="00D17756"/>
     <w:rsid w:val="00D216B7"/>
     <w:rsid w:val="00D224AE"/>
+    <w:rsid w:val="00D31595"/>
     <w:rsid w:val="00D317C1"/>
-    <w:rsid w:val="00D374C6"/>
+    <w:rsid w:val="00D37303"/>
     <w:rsid w:val="00D40BD5"/>
+    <w:rsid w:val="00D431D8"/>
     <w:rsid w:val="00D433F1"/>
     <w:rsid w:val="00D44A76"/>
-    <w:rsid w:val="00D5138A"/>
     <w:rsid w:val="00D55B20"/>
     <w:rsid w:val="00D56C2C"/>
     <w:rsid w:val="00D631B0"/>
-    <w:rsid w:val="00D63F75"/>
-    <w:rsid w:val="00D64D6B"/>
+    <w:rsid w:val="00D646AA"/>
     <w:rsid w:val="00D66F27"/>
     <w:rsid w:val="00D73E3E"/>
     <w:rsid w:val="00D76F4E"/>
     <w:rsid w:val="00D77EA3"/>
-    <w:rsid w:val="00D809E3"/>
     <w:rsid w:val="00D80E7E"/>
     <w:rsid w:val="00D83B6F"/>
-    <w:rsid w:val="00D877F4"/>
-    <w:rsid w:val="00D90610"/>
     <w:rsid w:val="00D90CC2"/>
-    <w:rsid w:val="00D951BF"/>
+    <w:rsid w:val="00D92FCE"/>
     <w:rsid w:val="00D97327"/>
-    <w:rsid w:val="00DA2CA8"/>
     <w:rsid w:val="00DA6384"/>
     <w:rsid w:val="00DB09CE"/>
-    <w:rsid w:val="00DB2A75"/>
+    <w:rsid w:val="00DB0F57"/>
     <w:rsid w:val="00DB35BE"/>
     <w:rsid w:val="00DB7640"/>
-    <w:rsid w:val="00DC5BBE"/>
     <w:rsid w:val="00DC6CCC"/>
-    <w:rsid w:val="00DC6E3D"/>
-    <w:rsid w:val="00DD1880"/>
+    <w:rsid w:val="00DD24C0"/>
+    <w:rsid w:val="00DD503F"/>
     <w:rsid w:val="00DD5409"/>
     <w:rsid w:val="00DD6190"/>
-    <w:rsid w:val="00DE22DA"/>
     <w:rsid w:val="00DE4011"/>
     <w:rsid w:val="00DE7564"/>
     <w:rsid w:val="00DE7614"/>
-    <w:rsid w:val="00DE7F78"/>
     <w:rsid w:val="00DF1831"/>
     <w:rsid w:val="00DF35EB"/>
     <w:rsid w:val="00DF37AF"/>
     <w:rsid w:val="00DF7A2F"/>
-    <w:rsid w:val="00DF7B69"/>
     <w:rsid w:val="00E01F28"/>
     <w:rsid w:val="00E03D2A"/>
     <w:rsid w:val="00E06C87"/>
     <w:rsid w:val="00E10F86"/>
-    <w:rsid w:val="00E12327"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E17DF2"/>
+    <w:rsid w:val="00E169AF"/>
     <w:rsid w:val="00E2045B"/>
     <w:rsid w:val="00E239C1"/>
-    <w:rsid w:val="00E30D76"/>
     <w:rsid w:val="00E33C4A"/>
     <w:rsid w:val="00E343CD"/>
-    <w:rsid w:val="00E351A3"/>
-    <w:rsid w:val="00E35366"/>
     <w:rsid w:val="00E35DEE"/>
     <w:rsid w:val="00E36A66"/>
-    <w:rsid w:val="00E43065"/>
     <w:rsid w:val="00E43A64"/>
     <w:rsid w:val="00E44652"/>
-    <w:rsid w:val="00E4468B"/>
-    <w:rsid w:val="00E45D70"/>
     <w:rsid w:val="00E463AA"/>
+    <w:rsid w:val="00E47AA3"/>
     <w:rsid w:val="00E50708"/>
-    <w:rsid w:val="00E50A6D"/>
-    <w:rsid w:val="00E53D1A"/>
+    <w:rsid w:val="00E5352C"/>
+    <w:rsid w:val="00E63333"/>
     <w:rsid w:val="00E6517A"/>
     <w:rsid w:val="00E666C5"/>
+    <w:rsid w:val="00E669D6"/>
+    <w:rsid w:val="00E75AF7"/>
     <w:rsid w:val="00E76639"/>
     <w:rsid w:val="00E9160F"/>
     <w:rsid w:val="00E91D0B"/>
+    <w:rsid w:val="00E9263E"/>
     <w:rsid w:val="00E97B6A"/>
-    <w:rsid w:val="00EA0726"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA24CD"/>
     <w:rsid w:val="00EA2BF6"/>
     <w:rsid w:val="00EA4052"/>
     <w:rsid w:val="00EA4ACD"/>
+    <w:rsid w:val="00EB092F"/>
+    <w:rsid w:val="00EB253B"/>
     <w:rsid w:val="00EB2A6A"/>
-    <w:rsid w:val="00EC1C61"/>
     <w:rsid w:val="00EC4479"/>
-    <w:rsid w:val="00EC4C6C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6833"/>
+    <w:rsid w:val="00EC6487"/>
+    <w:rsid w:val="00ED56C8"/>
     <w:rsid w:val="00EE0DFA"/>
-    <w:rsid w:val="00EE2998"/>
+    <w:rsid w:val="00EE3D04"/>
+    <w:rsid w:val="00EE78E2"/>
+    <w:rsid w:val="00EF10D7"/>
     <w:rsid w:val="00EF2F8B"/>
+    <w:rsid w:val="00EF7069"/>
     <w:rsid w:val="00EF75FE"/>
     <w:rsid w:val="00EF7D9E"/>
     <w:rsid w:val="00EF7DBB"/>
-    <w:rsid w:val="00F02E42"/>
-    <w:rsid w:val="00F06C99"/>
+    <w:rsid w:val="00F03DA1"/>
     <w:rsid w:val="00F06FE5"/>
     <w:rsid w:val="00F0748B"/>
-    <w:rsid w:val="00F07EEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F13B69"/>
     <w:rsid w:val="00F15BCA"/>
-    <w:rsid w:val="00F16603"/>
+    <w:rsid w:val="00F16471"/>
     <w:rsid w:val="00F20708"/>
     <w:rsid w:val="00F21A4C"/>
-    <w:rsid w:val="00F220C6"/>
-    <w:rsid w:val="00F24C1F"/>
     <w:rsid w:val="00F26FCB"/>
     <w:rsid w:val="00F32F6B"/>
+    <w:rsid w:val="00F3410C"/>
     <w:rsid w:val="00F36425"/>
     <w:rsid w:val="00F36E3F"/>
     <w:rsid w:val="00F41DE8"/>
+    <w:rsid w:val="00F42A8E"/>
     <w:rsid w:val="00F44B42"/>
     <w:rsid w:val="00F526EE"/>
-    <w:rsid w:val="00F61AC1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F66665"/>
+    <w:rsid w:val="00F57BEE"/>
+    <w:rsid w:val="00F6676D"/>
     <w:rsid w:val="00F668A6"/>
     <w:rsid w:val="00F66BDE"/>
-    <w:rsid w:val="00F7314E"/>
     <w:rsid w:val="00F75D88"/>
     <w:rsid w:val="00F761B0"/>
     <w:rsid w:val="00F762FD"/>
     <w:rsid w:val="00F76582"/>
     <w:rsid w:val="00F80017"/>
+    <w:rsid w:val="00F80668"/>
+    <w:rsid w:val="00F81A33"/>
     <w:rsid w:val="00F823A5"/>
     <w:rsid w:val="00F905D3"/>
     <w:rsid w:val="00F90DAC"/>
-    <w:rsid w:val="00F93FAA"/>
     <w:rsid w:val="00FA0B14"/>
     <w:rsid w:val="00FA2A44"/>
-    <w:rsid w:val="00FA5EF2"/>
+    <w:rsid w:val="00FA52AE"/>
     <w:rsid w:val="00FA773F"/>
-    <w:rsid w:val="00FA7A5C"/>
+    <w:rsid w:val="00FB202D"/>
     <w:rsid w:val="00FB3EF0"/>
-    <w:rsid w:val="00FB66FD"/>
+    <w:rsid w:val="00FB4AB4"/>
     <w:rsid w:val="00FB6713"/>
     <w:rsid w:val="00FB67C6"/>
-    <w:rsid w:val="00FB74CC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC5576"/>
     <w:rsid w:val="00FC61D3"/>
-    <w:rsid w:val="00FC741E"/>
-    <w:rsid w:val="00FC7D46"/>
     <w:rsid w:val="00FC7E24"/>
+    <w:rsid w:val="00FD30BF"/>
     <w:rsid w:val="00FD3B6F"/>
     <w:rsid w:val="00FD5935"/>
     <w:rsid w:val="00FD6357"/>
-    <w:rsid w:val="00FE006F"/>
     <w:rsid w:val="00FE4335"/>
     <w:rsid w:val="00FE44A0"/>
     <w:rsid w:val="00FE4F04"/>
-    <w:rsid w:val="00FE789D"/>
-    <w:rsid w:val="00FF6291"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
-      <o:rules v:ext="edit">
-[...4 lines deleted...]
-      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
@@ -46382,51 +41249,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E369F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C250D7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
@@ -46570,54 +41436,101 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="0029530F"/>
   </w:style>
   <w:style w:type="character" w:styleId="af">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0063229B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7A2F"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0005654A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0005654A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="article-renderblock">
     <w:name w:val="article-render__block"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009C3C6B"/>
+    <w:rsid w:val="00A13774"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
@@ -46942,116 +41855,165 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="0029530F"/>
   </w:style>
   <w:style w:type="character" w:styleId="af">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0063229B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7A2F"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0005654A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0005654A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="article-renderblock">
     <w:name w:val="article-render__block"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009C3C6B"/>
+    <w:rsid w:val="00A13774"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="153843894">
+    <w:div w:id="1608662756">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1608662756">
+    <w:div w:id="1859391017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1929803136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?time_continue=18&amp;v=dp_hLhm4QFo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elbasy.kz/ru/khobbi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://24.kz/ru/news/top-news/item/300885-n-nazarbaev-kazakhstanskie-zhenshchiny-olitsetvoryayut-kharakter-i-mentalnost-naroda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=x7ui1j0Lc3g" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch%20v=E5GKGx-zDXM" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=u-eFXvfJpKg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megogo.net/ru/view/3806461-nebo-moego-detstva.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch%20reload=9&amp;v=hGceAfagm18" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.sputniknews.kz/video/20180613/6011690/astana-preobrazheniye-syemka.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=x7ui1j0Lc3g" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watchv=TCHZsV3o9uw" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/TCHZsV3o9uw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://magnolia.kz/biography/nursultan-nazarbaev/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/TCHZsV3o9uw" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hvs.kz/luchshee-sochinenie-na-temu-moy-prezident" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watchv=3BubmuFYQ5k" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=x7ui1j0Lc3g" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=x7ui1j0Lc3g" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=u-eFXvfJpKg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-s.kz/publ/10319-asha-degenmz-ne.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=AqICQbVdjHs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?time_continue=18&amp;v=dp_hLhm4QFo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/TCHZsV3o9uw" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=hcFnEW-sk-Y" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/TCHZsV3o9uw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -47302,78 +42264,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BFAF13-A04A-4CC8-A0E4-9F042FE01D6D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C1AEE63-54A2-4A24-87A0-4BC57BA643DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>46</Pages>
-[...1 lines deleted...]
-  <Characters>56180</Characters>
+  <Pages>43</Pages>
+  <Words>9468</Words>
+  <Characters>53972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>468</Lines>
-  <Paragraphs>131</Paragraphs>
+  <Lines>449</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>65904</CharactersWithSpaces>
+  <CharactersWithSpaces>63314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RePack by SPecialiST</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>