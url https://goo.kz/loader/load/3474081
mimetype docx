--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,4775 +1,3207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>№2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008031C3">
+        <w:t>Р</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>одительское собрание №2</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00124E28" w:rsidRPr="00124E28">
+      <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>__________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Класс__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> - _______</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Всего - _______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> - ________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Присутствовало - ________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ___________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Классный руководитель ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Повестка дня.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008031C3" w:rsidRPr="008031C3" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ознакомление родителей с Приказом МОН РК   №42 от 18 января 2016 года «Правила отмены занятий в организациях среднего образования, а также организациях образования, реализующих  образовательные программы технического и профессионального образования при неблагоприятных  погодных метеоусловиях», Приказом отдела образования №1715  от  21 октября 2016 года «Об утверждении  системы оповещения  об отмене занятий в школах города» в связи с неблагоприятными погодными метеоусловиями;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>огласованными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Управлением по чрезвычайным ситуациям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Рекомендуемые т</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008031C3" w:rsidRPr="008031C3">
-[...3 lines deleted...]
-        <w:t>Ата-аналарды</w:t>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>емпературные</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008031C3" w:rsidRPr="008031C3">
-[...221 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> параметры, при которых отменяются занятия в зимний период в учреждениях образования Павлодарской области».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008031C3" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...649 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Правилами внутреннего распорядка школы за сохранность личных вещей учащихся (крупные суммы денег, мобильные телефоны, гаджеты, ювелирные украшения, школьная и спортивная форма и т.д.) коллектив школы ответственности не несет. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="008031C3" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-851"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008031C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Итоги 1 четверти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.  Ознакомление с Законом «О противодействии коррупции» с целью недопущения фактов сбора денежных средств на платное тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Профилактика детского дорожно-транспортного травматизма, безопасное поведение на льду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Новогодние утренники. (Новогодняя акция «Подари детям новогоднюю радость» - благотворительная акция)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62E60" w:rsidRPr="00C62E60" w:rsidRDefault="00C62E60" w:rsidP="00124E28">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...22 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...51 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...261 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Профилактика пожарной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="008031C3" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...90 lines deleted...]
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали_________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008031C3" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t>Шешім</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили _____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
-[...22 lines deleted...]
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали_________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="008031C3" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t>Шешім қабылдады</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали_________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008031C3" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t>Шешім</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили ________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
-[...22 lines deleted...]
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали____________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008031C3" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t>Шешім</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили _________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
-[...22 lines deleted...]
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:t>_______________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ешили _________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="-426" w:hanging="284"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали____________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t>________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили ________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7.Слушали____________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035476D" w:rsidRDefault="0035476D" w:rsidP="0035476D">
+    <w:p w:rsidR="00065064" w:rsidRDefault="00124E28" w:rsidP="00065064">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t>Шешім</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Решили ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00065064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="008031C3" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRPr="00065064" w:rsidRDefault="00124E28" w:rsidP="00065064">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ___________________________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00124E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Секретарь ___________________ ФИО_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124E28" w:rsidRPr="00124E28" w:rsidRDefault="0035476D" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="both"/>
-[...39 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Лист регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00124E28">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> - ________________</w:t>
+        <w:t>Класс - ________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="595"/>
         <w:gridCol w:w="5218"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRPr="0035476D" w:rsidRDefault="0035476D" w:rsidP="0035476D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ата-ананың аты-жөні</w:t>
+              </w:rPr>
+              <w:t>ФИО родителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRPr="0035476D" w:rsidRDefault="0035476D" w:rsidP="0035476D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қолы</w:t>
+              </w:rPr>
+              <w:t>Подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124E28" w:rsidTr="00124E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="0035476D">
+    <w:p w:rsidR="00124E28" w:rsidRDefault="00124E28" w:rsidP="00124E28">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00601D0C" w:rsidRDefault="00601D0C" w:rsidP="0035476D">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00601D0C" w:rsidSect="00EE6C72">
+    <w:p w:rsidR="00601D0C" w:rsidRDefault="00601D0C"/>
+    <w:sectPr w:rsidR="00601D0C" w:rsidSect="00065064">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4896,56 +3328,55 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F160D"/>
+    <w:rsid w:val="00065064"/>
     <w:rsid w:val="00124E28"/>
-    <w:rsid w:val="0035476D"/>
     <w:rsid w:val="00601D0C"/>
     <w:rsid w:val="007F160D"/>
-    <w:rsid w:val="008031C3"/>
-    <w:rsid w:val="00EE6C72"/>
+    <w:rsid w:val="00C62E60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5697,70 +4128,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3510</Characters>
+  <Pages>1</Pages>
+  <Words>620</Words>
+  <Characters>3537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4117</CharactersWithSpaces>
+  <CharactersWithSpaces>4149</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>U</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>