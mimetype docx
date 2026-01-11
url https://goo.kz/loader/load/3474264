--- v0 (2025-12-19)
+++ v1 (2026-01-11)
@@ -1,645 +1,709 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AF4767" w:rsidRPr="002A04B6" w:rsidRDefault="00AF4767" w:rsidP="002A04B6">
-[...18 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00D2049B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Режим дня и его значение в жизни ребенка"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый родитель желает, чтобы его ребенок был здоров, весел и правильно развивался. В этом стремлений поможет правильная организация режима дня. Что такое режим дня?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Режим дня – это система распределения периодов сна и бодрствования, приемов пищи, гигиенических и оздоровительных процедур, занятий и самостоятельной деятельности детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Режим дня основан на правильном чередовании различных видов деятельности и предусматривает организационный режим для дошкольника:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дневной и ночной сон определенной продолжительности с соблюдением времени подъема и отхода ко сну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="376"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Регулярное питание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="376"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Определенная продолжительность отдыха с максимальным пребыванием на свежем воздухе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="376"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правильное чередование труда и отдыха;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="376"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Определенное время для физзарядки и личной гигиены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бодрое, жизнерадостное и в то же время уравновешенное настроение детей в большей мере зависит от строгого выполнения режима. Запаздывание еды, сна, прогулок отрицательно сказывается на нервной системе детей: они становятся вялыми или, наоборот, возбужденными, начинают капризничать, теряют аппетит, плохо засыпают и спят беспокойно. В детском саду все подчинено заранее установленному распорядку. И это несомненный плюс. Ведь такая системность приучает даже взбалмошного карапуза к аккуратности, точности, порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По мере роста ребенка распорядок его будет меняться. Но на всю жизнь должна сохраниться основа, заложенная в раннем детстве – чередование всех форм деятельности организма в определенном режиме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="0066163C" w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хорошая работоспособность в течение дня обеспечивается разнообразием видов деятельности и их чередованием. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRPr="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нервная система малыша очень чувствительна к различным воздействиям окружающей среды. Дети быстро устают и поэтому нуждаются в частом и продолжительном отдыхе. Главным видом отдыха – сон. Если он недостаточно продолжителен, то организм не отдыхает в полной мере. Это отрицательно влияет на нервную систему ребенка. Ослабленные дети независимо от возраста должны спать больше. Важно приучать детей ложиться спать и вставать в определенное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066163C" w:rsidRDefault="0066163C" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перед сном рекомендуются только спокойные игры, очень полезна получасовая прогулка. Готовясь ко сну, дети моют лицо, шею, руки и ноги водой комнатной температуры. Это имеет не только гигиеническое, но и закаливающее значение, хорошо влияет на нервную систему, способствует быстрому засыпанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:pStyle w:val="c3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Питание – это один из важных пунктов режима дня. Полноценное питание – это залог здоровья вашего чада. Наверное, не стоит напоминать, что то, чем вы кормите ребенка, должно быть исключительно качественным, свежим и здоровым. Питание должно быть сбалансированным, сочетая в равных количествах белки, жиры и витамины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:pStyle w:val="c3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:t>Дети, не соблюдая режим, больше подвержены простудным заболеваниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRDefault="004A4219" w:rsidP="00506972">
+      <w:pPr>
+        <w:pStyle w:val="c3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...459 lines deleted...]
-    <w:sectPr w:rsidR="00D1205B" w:rsidRPr="00AF4767" w:rsidSect="00490432">
+        </w:rPr>
+        <w:t>Таким образом, режим дня – это режим жизни. И насколько более тщательно родители продумают режим дня для своего ребенка и постараются внедрить его в жизнь, настолько это положительно отразиться на всех сторонах жизни и здоровья вашего ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4219" w:rsidRPr="0066163C" w:rsidRDefault="004A4219" w:rsidP="0066163C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001040D0" w:rsidRDefault="001040D0"/>
+    <w:sectPr w:rsidR="001040D0" w:rsidSect="00876E7E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="inherit">
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0B5F7374"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FF96B12C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AF4767"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D1205B"/>
+    <w:rsidRoot w:val="0066163C"/>
+    <w:rsid w:val="00006DD8"/>
+    <w:rsid w:val="001040D0"/>
+    <w:rsid w:val="004A4219"/>
+    <w:rsid w:val="004B6D96"/>
+    <w:rsid w:val="00506972"/>
+    <w:rsid w:val="0066163C"/>
+    <w:rsid w:val="00876E7E"/>
+    <w:rsid w:val="00D2049B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -782,232 +846,247 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00490432"/>
+    <w:rsid w:val="00876E7E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0066163C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-    <w:name w:val="HTML Preformatted"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0066163C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AF4767"/>
+    <w:rsid w:val="0066163C"/>
     <w:pPr>
-      <w:tabs>
-[...17 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
-    <w:name w:val="Стандартный HTML Знак"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c0">
+    <w:name w:val="c0"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0066163C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c8">
+    <w:name w:val="c8"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="HTML"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AF4767"/>
+    <w:rsid w:val="0066163C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c16">
+    <w:name w:val="c16"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0066163C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0066163C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c12">
+    <w:name w:val="c12"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0066163C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c3">
+    <w:name w:val="c3"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0066163C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="40255000">
+    <w:div w:id="1107701486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="216085858">
+    <w:div w:id="1286546051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="653029424">
-[...51 lines deleted...]
-    <w:div w:id="1835149618">
+    <w:div w:id="1801074699">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1253,55 +1332,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2387</Characters>
+  <Pages>1</Pages>
+  <Words>447</Words>
+  <Characters>2553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2800</CharactersWithSpaces>
+  <CharactersWithSpaces>2995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>