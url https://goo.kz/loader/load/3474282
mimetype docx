--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,10942 +1,9020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Начало формы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Конец формы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Маманды жұмысқа жіберу, өз бетімен жұмысқа орналасу құқығын беру, мемлекеттік білім беру тапсырысы негізінде білім алған азаматтарды жұмысын өтеу жөніндегі міндетінен босату немесе олардың міндетін тоқтату қағидаларын бекіту және "Білім беру грантын</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t>Об утверждении Правил направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от обязанности или прекращения обязанности по отработке гражданами, обучавшимися на основе государственного образовательного заказа, и внесении изменений и дополнений в постановление Правительства Республики Казахстан от 23 января 2008 года № 58 "Об утверждении Правил присуждения образовательного гранта"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ү</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t>Постановление Правительства Республики Казахстан от 30 марта 2012 года № 390.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қаулының тақырыбы жаңа редакцияда - Қ</w:t>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Заголовок постановления в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="2" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (01.01.2017 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...22 lines deleted...]
-        <w:t>      "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедег</w:t>
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>і З</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z575" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>подпунктами 5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z594" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>22-2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> статьи 4 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Правила</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от обязанности или прекращения обязанности по отработке гражданами, обучавшимися на основе государственного образовательного заказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="3" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 289</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Внести в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 23 января 2008 года № 58 "Об утверждении Правил присуждения образовательного гранта" (САПП Республики Казахстан, 2008 г., № 2, ст. 24) следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "Об утверждении Правил присуждения образовательного гранта для оплаты высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "1. Утвердить прилагаемые Правила присуждения образовательного гранта для оплаты высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Правилах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> присуждения образовательного гранта, утвержденных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>указаным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "Правила присуждения образовательного гранта для оплаты высшего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z8"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пункт 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "1. Настоящие Правила присуждения образовательного гранта для оплаты высшего образования (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z575" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>подпунктом 5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> статьи 4 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок присуждения образовательных грантов для оплаты высшего образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      подпункты </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>5)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>22-2) тармақшаларына</w:t>
+          <w:t>6)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...68 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> пункта 2 исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z10"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қағидалары</w:t>
+          <w:t>пункт 5-5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...28 lines deleted...]
-        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Қ</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "5-5. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...6 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для участия в конкурсе необходимо набрать не менее 50, для поступающих в национальные высшие учебные заведения – не менее 70 баллов, а по специальности "Общая медицина" – не менее 55 баллов, в том числе не менее 7 баллов – по профильному предмету (не менее 10 баллов – по каждому творческому экзамену), а по остальным предметам – не менее 4 баллов.";</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...62 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z11"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қаулысына</w:t>
+          <w:t>пункты 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...125 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-тармақ</w:t>
+          <w:t>6-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      "1. Қоса беріліп отырған Жоғары білім алуға </w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "6. При проведении конкурса на получение образовательных грантов преимущественное право имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) лица, награжденные знаком "Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) лица, имеющие документы об образовании автономных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>а</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени), республиканских и международных конкурсов исполнителей и спортивных соревнований (награжденные дипломами первой, второй и третьей степени) последних трех лет, перечень которых определяется уполномоченным органом в области образования, а также победители Президентской, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам (награжденные</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...30 lines deleted...]
-        <w:t>      көрсетілген қаулымен бекітілген</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дипломами первой, второй и третьей степени) текущего года при условии соответствия выбранной ими специальности предмету олимпиады, конкурса или спортивного соревнования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Б</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В случае одинаковых показателей при проведении конкурса на получение образовательных грантов преимущественное право имеют дети-сироты и дети, оставшиеся без попечения родителей, инвалиды I и II групп, лица, приравненные по льготам и гарантиям к участникам и инвалидам Великой Отечественной войны, инвалиды с детства, дети-инвалиды, которым согласно заключению медико-социальной экспертизы не противопоказано обучение в соответствующих организациях образования, и лица, имеющие документы об</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (свидетельства, аттестаты, дипломы) с отличием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В случае одинаковых показателей баллов и при отсутствии преимущественного права образовательные гранты присуждаются лицам, имеющим высокие средние баллы аттестата, свидетельства или диплома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В случае одинаковых показателей баллов и при отсутствии преимущественного права, а также одинаковых средних баллов аттестата, свидетельства или диплома учитываются баллы, набранные по профильному предмету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z12"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ережесінде</w:t>
+          <w:t>пункт 7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...53 lines deleted...]
-        <w:t xml:space="preserve">      "Жоғары білім алуға </w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "7. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>а</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурс для лиц казахской национальности, не являющихся гражданами Республики Казахстан, инвалидов I и II групп, инвалидов с детства, детей-инвалидов, детей-сирот и детей, оставшихся без попечения родителей, лиц, приравненных по льготам и гарантиям к участникам и инвалидам Великой Отечественной войны, проводится по утвержденным квотам от общего объема утвержденного государственного образовательного заказа среди указанных категорий.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Утвержденные квоты приема для лиц, участвующих в конкурсе на получение образовательного гранта, распространяются на все заявленные специальности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z13"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="z6" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId22" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>1-тармақ</w:t>
+          <w:t>пункт 8-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...30 lines deleted...]
-        <w:t>      "Осы Жоғары білім алуға ақы төлеу үшін білім беру грантын беру туралы ереже (бұдан әрі - Ереже) "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедег</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> дополнить абзацем следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "Решение по присуждению вакантных образовательных грантов, оставшихся после конкурсного присуждения образовательных грантов иностранным лицам, прибывшим по международным соглашениям, принимается Комиссией</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>і З</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z14"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="z7" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId23" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2-тармақтың</w:t>
+          <w:t>пункт 8-2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "8-2. На основании решения Комиссии издается приказ уполномоченного органа в области </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и оформляются свидетельства о присуждении образовательного гранта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Списки обладателей образовательного гранта публикуются в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В случае отказа обладателя образовательного гранта до зачисления его в высшее учебное заведение свидетельство о присуждении образовательного гранта аннулируется, а образовательный грант присуждается в порядке, установленном настоящими правилами</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z15"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:anchor="z35" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId24" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>5-5-тармақ</w:t>
+          <w:t>пункты 8-5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...80 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>8-6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 8-7 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "8-7. Присуждение вакантных образовательных грантов, высвободившихся в процессе получения высшего образования, осуществляется в период летних и зимних каникул, на имеющиеся вакантные места на конкурсной основе, в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на платной основе подает заявление на имя руководителя вуза на дальнейшее обучение по образовательному гранту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) вуз, рассмотрев данное заявление на конкурсной основе, вместе с решением ученого совета в срок до 5 августа и 15 января текущего года направляет его в уполномоченный орган в области образования для принятия решения. К заявлению обучающегося вместе с решением ученого совета прилагаются выписка из зачетной книжки или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>транскрипта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося, копия документа, удостоверяющего его личность, и свидетельство обладателя образовательного гранта (подлинник), отчисленного из вуза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) уполномоченный орган в области образования рассматривает поступившие документы в разрезе специальностей, форм и сроков обучения с учетом года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>поступления и при положительном решении вопроса издает приказ о присуждении образовательного гранта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) на основании приказа уполномоченного органа в области образования оформляется свидетельство о присуждении образовательного гранта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) на основании выданного свидетельства о присуждении образовательного гранта руководитель вуза издает приказ на дальнейшее обучение по образовательному гранту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z17"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>6-1-тармақтар</w:t>
+          <w:t>раздел 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...1292 lines deleted...]
-        <w:t>қа енгізіледі.</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> "Порядок направления специалиста на работу в сельскую местность и предоставление права самостоятельного трудоустройства" исключить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11828" w:type="dxa"/>
+        <w:tblW w:w="10990" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7872"/>
-        <w:gridCol w:w="3956"/>
+        <w:gridCol w:w="6312"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidTr="00440ED2">
+      <w:tr w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidTr="009E477A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4678" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7872" w:type="dxa"/>
+            <w:tcW w:w="6312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidTr="009E477A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>      Премьер-Министр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidTr="00440ED2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7872" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>Премьер-Министрі</w:t>
+              <w:t xml:space="preserve">К. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Масимов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10138" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5178"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidTr="009E477A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...78 lines deleted...]
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-784" w:firstLine="784"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="z40"/>
+            <w:bookmarkStart w:id="9" w:name="z19"/>
             <w:bookmarkEnd w:id="9"/>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Ү</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>2012 жылғы 30 наурыздағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 390 қаулысымен</w:t>
-[...8 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 30 марта 2012 года № 390</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Маманды жұмысқа жіберу, өз бетімен жұмысқа орналасу құқығын беру, мемлекеттік білім беру тапсырысы негізінде білім алған азаматтарды жұмысын өтеу жөніндегі міндетінен босату немесе олардың міндетін тоқтату қағидалары</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>направления специалиста на работу, предоставления права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>самостоятельного трудоустройства, освобождения от обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>или прекращения обязанности по отработке гражданами,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучавшимися на основе государственного образовательного заказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қағиданың атауы жаңа редакцияда - Қ</w:t>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Заголовок Правил в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (01.01.2017 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...22 lines deleted...]
-        <w:t>      1. Осы Маманды жұмысқа жіберу, өз бетімен жұмысқа орналасу құқығын беру, мемлекеттік білім беру тапсырысы негізінде білім алған азаматтарды жұмысын өтеу жөніндегі міндетінен босату немесе олардың міндетін тоқтату қағидалары (бұдан ә</w:t>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Настоящие Правила направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от обязанности или прекращения обязанности по отработке гражданами, обучавшимися на основе государственного образовательного заказа, (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z594" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>22-2) тармақшасына</w:t>
+          <w:t>подпунктом 22-2)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> статьи 4 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяет порядок направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязанности или прекращения обязанности по отработке гражданами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>17-тармағында</w:t>
+          <w:t>пункте 17</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> статьи 47 Закона, обучавшимися на основе государственного образовательного заказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 1 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (01.01.2017 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      2. </w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>Осы</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) оператор уполномоченного органа в области образования – юридическое лицо со стопроцентным участием государства в уставном капитале, определяемое уполномоченным органом в области образования, осуществляющее размещение государственного заказа на обеспечение студентов, магистрантов и докторантов местами в общежитиях, а также осуществляющее координацию деятельности участников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подушевого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативного финансирования в пределах, предусмотренных законодательством Республики Казахстан, и обеспечивающее мониторинг и контроль за соблюдением лицами, указанными в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...77 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z273" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>17-тармағында</w:t>
+          <w:t>пункте</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 17</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      2) жас маман – мемлекеттік білім беру тапсырысы негізінде жоғары және жоғары оқу орыннан кейінгі білім беру бағдарламалары бойынша білім </w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 47 Закона, своих обязанностей по отработке или возмещению расходов бюджетных средств в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>неотработки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) молодой специалист – гражданин, обучившийся на основе государственного образовательного заказа по образовательным программам высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) доктор философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) – степень, присуждаемая лицам, освоившим программу докторантуры по научно-педагогическому направлению и защитившим диссертацию в Республике Казахстан или за ее пределами, признанная в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Сноска. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-тармаққа өзгеріс енгізілді - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>Пункт 2 с изменениями, внесенными постановлениями Правительства РК от 04.07.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 769</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi); 13.05.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (қолданыcқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2-т</w:t>
+          <w:t>п. 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. қараңыз); 16.11.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>); от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Порядок направления на работу молодых специалистов и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Граждане, поступившие на обучение по педагогическим, медицинским и ветеринарным специальностям в пределах квоты, предоставляемой гражданам из числа сельской молодежи, отрабатывают соответственно в государственных организациях образования, государственных медицинских организациях, в подразделениях государственных органов, осуществляющих деятельность в области ветеринарии, либо в государственных ветеринарных организациях, расположенных в селе, поселке, сельском округе, (далее - сельская местность), не менее трех лет после окончания организации высшего и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или) послевузовского образования (далее – вуз).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олданыс</w:t>
-[...191 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 3 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...44 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3-1. Граждане из числа сельской молодежи, поступившие в пределах квоты на обучение по педагогическим, техническим и сельскохозяйственным специальностям, отрабатывают в регионе по месту обучения не менее трех лет после окончания вуза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қағида 3-1-тармақпен толықтырылды - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Глава 2 дополнена пунктом 3-1 в соответствии с постановлением Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); </w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...34 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Граждане, поступившие на обучение по педагогическим и медицинским специальностям на основе государственного образовательного заказа, отрабатывают в государственных организациях образования и государственных организациях здравоохранения не менее трех лет после окончания вуза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 4-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 4 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...44 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4-1. Граждане, обучившиеся по другим специальностям на основе государственного образовательного заказа, отрабатывают в организациях, независимо от формы собственности, не менее трех лет после окончания вуза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-тарау 4-1-тармақпен толықтырылды - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Правила дополнены пунктом 4-1 в соответствии с постановлением Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="13" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (01.01.2017 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      5. Мемлекеттік білім беру тапсырысы негізінде философия докторы (РhD) бағдарламасы бойынша докторантураға оқуға түскен азаматтар </w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5. Граждане, поступившие на обучение в докторантуру по программе докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на основе государственного образовательного заказа, отрабатывают в вузах или научных организациях не менее трех лет после завершения обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. В целях направления на работу молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) осуществляется их персональное распределение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7. Комиссии по распределению создаются ежегодно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...178 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) при соответствующих вузах Республики Казахстан, в которых завершают обучение молодые специалисты и доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) - для персонального распределения на работу граждан, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Қағидалардың 3</w:t>
+          <w:t>пунктах 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:anchor="z117" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId42" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>3-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:anchor="z50" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId43" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:anchor="z118" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId44" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>4-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>5-тармақтарында</w:t>
+          <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      2) денсаулық сақтау саласындағы уәкілетті органның жанында – медициналық мамандықтар бойынша ауыл жастары қатарынан шыққан </w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> настоящих Правил, за исключением граждан, поступивших на обучение по медицинским специальностям в пределах квоты, предоставляемой гражданам из числа сельской молодежи, и граждан, поступивших на обучение по медицинским специальностям на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основе государственного образовательного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) при уполномоченном органе в области здравоохранения – для персонального распределения на работу граждан, поступивших на </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>азаматтар</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучение по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...88 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинским специальностям в пределах квоты, предоставляемой гражданам из числа сельской молодежи, и граждан, поступивших на обучение по медицинским специальностям на основе государственного образовательного заказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Положение о комиссиях по распределению утверждается уполномоченными органами в области образования и здравоохранения (далее - уполномоченные органы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 7-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 7 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t>      8. Жас мамандарды жұмысқа бөлу жә</w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Распределение и направление на работу молодых специалистов осуществляются в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) в вузах и уполномоченном органе в области здравоохранения создаются комиссии по персональному распределению молодых специалистов на работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) комиссии по распределению ежегодно направляют в местные исполнительные органы областей, городов республиканского значения и столицы заявки с указанием количества выпускников, места проживания, полученной специальности и языка обучения на предоставление вакантных рабочих мест для последующего трудоустройства выпускников текущего года, поступивших:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в пределах квоты, предоставляемой гражданам из числа сельской молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      на основе государственного образовательного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) местные исполнительные органы областей, городов республиканского значения и столицы, согласно представленным заявкам, ежеквартально представляют в комиссии по распределению информацию о потребности в кадрах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в государственных организациях образования, государственных медицинских организациях, в подразделениях государственных органов, осуществляющих деятельность в области ветеринарии, либо в государственных ветеринарных организациях, расположенных в сельской местности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в государственных организациях образования и государственных организациях здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в организациях, независимо от формы собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>не ж</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) комиссиями по распределению, согласно представленной информации местных исполнительных органов областей, городов республиканского значения и столицы, в целях трудоустройства молодых специалистов производится прямое взаимодействие с их потенциальными работодателями, предоставляющими гарантии о сохранении вакантного места.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...393 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 8-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 8 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...44 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Распределение молодых специалистов осуществляется на основе ходатайства работодателя о предстоящем трудоустройстве и сохранении вакантного места до момента прибытия молодого специалиста на место работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 9-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 9 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...22 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Молодые специалисты, завершившие обучение в текущем году, не позднее 1 сентября прибывают на место работы по направлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 10-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 10 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Местный исполнительный орган области, города республиканского значения и столицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>мәліметтерді (болған жағдайда) ұсына отырып, бөлуге сәйкес келгені туралы растау жібереді;</w:t>
-[...92 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t>      1) после прибытия молодого специалиста в течение месяца высылает оператору уполномоченного органа в области образования подтверждение о прибытии, согласно распределению, с представлением сведений о месте работы и виде предоставляемой социальной помощи (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ежегодно к 1 сентября направляет оператору уполномоченного органа в области образования списки работающих молодых специалистов, начиная с 2012 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) направляет сведения об увольнении молодого специалиста и подтверждающие документы в уполномоченный орган в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 11-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 11 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...134 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Право на первоочередное распределение на работу в государственные организации образования и государственные медицинские организации имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) лица, супруг (супруга) которых проживает, работает или проходит службу в населенном пункте, предоставившем вакансию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) лица, у которых один или оба родителя являются инвалидами, а также лица, являющиеся опекунами и попечителями, постоянно проживающие в населенном пункте, предоставившем вакансию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 12-тармаққа өзгеріс енгізілді - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 12 с изменениями, внесенными постановлениями Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.11.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      13. Молодые специалисты, направленные на работу в сельскую местность, получают социальные гарантии в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z304" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      14. Распределение и направление на работу докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) осуществляются в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) в вузах и уполномоченном органе в области здравоохранения создаются комиссии по персональному распределению докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) вузы и научные организации, в случае наличия соответствующих вакансий, ежегодно, не позднее 15 апреля, направляют в уполномоченные органы заявки о потребности в кадрах в вузах и научных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) комиссии по распределению ежегодно, не позднее 15 апреля, направляют в уполномоченные органы списки лиц, поступивших в докторантуру по программе подготовки докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на основе государственного образовательного заказа и завершающих обучение в текущем году;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) уполномоченные органы направляют в комиссии по распределению информацию об имеющихся вакансиях докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олданыс</w:t>
-[...332 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 14 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...66 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15. Персональное распределение докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) осуществляется по представленным документам и на основе информации, представленной уполномоченными органами, согласно заявкам вузов и научных организаций о потребности в кадрах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 15-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 15 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...179 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      16. При персональном распределении молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) учитываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) место постоянного проживания или предпочтительного к распределению населенного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) наличие обстоятельств, дающих право на первоочередное распределение, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z489" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) наличие обстоятельств, установленных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z490" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и/или настоящими Правилами, освобождающих от обязанности по отработке либо дающих отсрочку от исполнения обязанности по отработке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 16 с изменением, внесенным постановлением Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      17. Мерзімдік әскери қызметке түскенде немесе шақырылғанда, жас </w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17. При поступлении или призыве на срочную воинскую службу молодому специалисту предоставляется отсрочка на время прохождения службы, без зачета времени прохождения службы в срок отработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>маман</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В случае отсутствия вакантных рабочих мест на момент распределения, молодые специалисты и доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) направляются комиссиями по распределению на регистрацию в качестве лица, ищущего работу, непосредственно в центре занятости населения по месту жительства либо через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" или Государственную корпорацию "Правительство для граждан", с зачетом времени нахождения на учете в качестве безработного в срок отработки.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...77 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қағида 17-1-тармақпен толықтырылды - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Глава 2 дополнена пунктом 17-1 в соответствии с постановлением Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); </w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...66 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17-2. Молодые специалисты и доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) после получения направления на регистрацию в качестве лица, ищущего работу, не позднее 1 сентября года завершения обучения, обращаются за содействием в трудоустройстве и регистрируются в качестве лица, ищущего работу, в порядке, предусмотренном законодательством Республики Казахстан о занятости населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қағида 17-2-тармақпен толықтырылды - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Глава 2 дополнена пунктом 17-2 в соответствии с постановлением Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t>      18. ЖОО-дағы оқуды бі</w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      18. Супругам, завершившим обучение в вуз</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...188 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-ах) одновременно, работа предоставляется в организациях, расположенных в одном населенном пункте. Если один из супругов завершает обучение ранее, то его распределение производится на общих основаниях. В этом случае супруг (супруга), завершивший обучение позже, имеет право на первоочередное распределение по месту работы супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      19. Молодые специалисты и/или доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), не явившиеся без уважительной причины в соответствующую Комиссию по распределению, распределяются без их присутствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20. В целях недопущения направления нескольких молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на одну вакансию осуществляется их предварительное распределение путем направления соответствующими вузами, в которых созданы Комиссии по распределению, предварительных списков распределенных на работу молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) в уполномоченный орган в области образования ежегодно, не позднее 1 марта. В случае выявления таких фактов, распределение молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) производится после согласования с уполномоченным органом в области образования, при этом принимаются во внимание средний балл успеваемости и приближенность местонахождения вуза к месту предполагаемого распределения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 20-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 20 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      21. Персональное распределение молодых специалистов и/или докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) оформляется решением соответствующей Комиссии по распределению ежегодно, не позднее 1 июля, на основании которого вуз подготавливает направления на работу по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>қосымшаға</w:t>
+          <w:t>приложению</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t> сәйкес нысан бойынша жұмысқа жолдамаларды дайындайды. Бұл ретте, мамандарды және философия докторларын (</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам. При этом</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление молодых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) об их распределении осуществляется вузом посредством выдачи направлений на работу не позднее трех рабочих дней с момента принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 21-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 21 в редакции постановления Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      22. За неисполнение обязанности по отработке, предусмотренной Законом, молодой специалист и доктор философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) возмещают расходы, понесенные за счет бюджетных средств, в связи с их обучением, за исключением случаев, предусмотренных Законом и настоящими Правилами, в бюджет через оператора уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...98 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 22 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...89 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      23. Срок отработки молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) исчисляется со дня заключения ими трудового договора с работодателями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      24. Вузы ежегодно, не позднее 15 августа, представляют в уполномоченные органы информацию о распределении молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на работу и направляют все материалы по распределению оператору уполномоченного органа в области образования в течение 15 календарных дней со дня принятия решения о распределении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 24-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 24 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t>      25. Жас маманмен немесе философия (РhD) докторымен жасалған еңбек шарты жұмыс берушінің бастамасы бойынша бұзылған жағдайда жұмыс беруші еңбек шартын бұзғаннан кейін күнтізбелік үш күннен кешіктірмей тиі</w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      25. В случае расторжения по инициативе работодателя трудового договора с молодым специалистом или доктором философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), работодатель не позднее трех календарных дней после расторжения трудового договора уведомляет об этом соответствующий местный исполнительный орган области, города республиканского значения и столицы с представлением соответствующих подтверждающих документов. При этом</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...54 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повторному распределению подлежат молодые специалисты и доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) при условии, если трудовые договора с ними расторгнуты по основаниям ликвидации работодателя – юридического лица, а также сокращения численности или штата работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 25 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      26. Магистратураға, </w:t>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26. Лица, не поступившие в магистратуру, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>резидентуру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или докторантуру, подлежат повторному распределению в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26-1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вузы ежегодно, не позднее 1 октября, представляют в уполномоченные органы информацию о повторном распределении молодых специалистов и докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) на работу по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>26-тармағында</w:t>
+          <w:t>пунктом 26</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...18 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> настоящих Правил, и направляют все материалы по повторному распределению оператору уполномоченного органа в области образования в течение 15 календарных дней со дня принятия решения о повторном распределении.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...32 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. Қағида 26-1-тармақпен толықтырылды - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Глава 2 дополнена пунктом 26-1 в соответствии с постановлением Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Өз бетімен жұмысқа </w:t>
-[...56 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>3. Предоставление права самостоятельного трудоустройства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      27. Освобождение от обязанности по отработке, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z490" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>З</w:t>
-[...11 lines deleted...]
-          <w:t>аңда</w:t>
+          <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...135 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, предоставляется решением Комиссии по персональному распределению молодых специалистов или Комиссии по персональному распределению докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) (далее – Комиссии по распределению) следующим категориям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) жүкті әйелдер, үш жасқа дейінгі баласы (балалары) бар, сондай-ақ оны (оларды) жалғыз тәрбиелеп отырған адамдар.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+        <w:t>      1) лицам в случае отсутствия вакансий в населенном пункте по месту проживания, работы или прохождения службы супруга (супруги);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) инвалидам I и II группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) лицам, поступившим для дальнейшего обучения в магистратуру, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>резидентуру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, докторантуру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) беременным женщинам, лицам, имеющим, а также самостоятельно воспитывающим ребенка (детей) в возрасте до трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 27-тармаққа өзгеріс енгізілді - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 27 с изменением, внесенным постановлением Правительства РК от 13.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 289</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...33 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      28. Прекращение обязанности по отработке, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z491" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>З</w:t>
+          <w:t>Законом</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, без возмещения расходов, понесенных за счет бюджетных средств, связанных с обучением, наступает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) в связи с исполнением обязанности по отработке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) в связи со смертью обучающегося (молодого специалиста, доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)), подтверждаемой соответствующими документами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) в случае установления инвалидности I и II группы в течение срока отработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) в связи с освобождением от обязанности по отработке в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z490" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>аңда</w:t>
+          <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...192 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>За</w:t>
-[...47 lines deleted...]
-          <w:t>27-тармағымен</w:t>
+          <w:t>пунктом 27</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...33 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      29. Обстоятельства, указанные в пунктах </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:anchor="z87" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId77" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:anchor="z98" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId78" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>28-тармақтарында</w:t>
+          <w:t>28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t> көрсетілген мән-жайлар тиі</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> настоящих Правил, должны быть подтверждены соответствующими документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      30. Обеспечение мониторинга и контроля за соблюдением выполнения молодыми специалистами и докторами философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) своих обязанностей по отработке или возмещению расходов бюджетных сре</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дств в сл</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...55 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учае </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>неотработки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возлагается на оператора уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 30-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 30 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...179 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      31. Оператор уполномоченного органа в области образования в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) в целях мониторинга исполнения обязанностей по отработке формирует и ведет базу данных по молодым специалистам и докторам философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), обеспечивает хранение представленных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) при содействии местных исполнительных органов областей, городов республиканского значения, столицы и уполномоченного органа в области образования ведет мониторинг исполнения решений Комиссий по распределению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) в случае нарушения молодыми специалистами и докторами философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) обязанности по отработке, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="009E477A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, принимает меры по обеспечению возмещения ими в бюджет расходов, связанных с их обучением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 31-тармақ жаңа редакцияда - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:t>      Сноска. Пункт 31 в редакции постановления Правительства РК от 16.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 765</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9855" w:type="dxa"/>
+        <w:tblW w:w="9430" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4895"/>
+        <w:gridCol w:w="4470"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidTr="00440ED2">
+      <w:tr w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidTr="009E477A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4895" w:type="dxa"/>
+            <w:tcW w:w="4470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+          <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="z115"/>
+            <w:bookmarkStart w:id="10" w:name="z93"/>
             <w:bookmarkEnd w:id="10"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Маманды жұмысқа жіберу, өз бетімен жұмысқа орналасу</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>құқығын беру, квота шегінде педагогтік, медициналық</w:t>
+              <w:t>к Правилам направления специалиста</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>және ветеринариялық мамандықтар бойынша оқуға түскен</w:t>
+              <w:t>на работу, предоставления права самостоятельного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>ауыл (село) жастары қатарынан шыққан азаматтардың,</w:t>
+              <w:t>трудоустройства, освобождения от обязанности или</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>сондай-ақ мемлекеттік білім беру тапсырысы негізінде</w:t>
+              <w:t>прекращения обязанности по отработке гражданами,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>педагогтік және медициналық мамандықтар (бакалавриат)</w:t>
+              <w:t>из числа аульной (сельской) молодежи, поступившими</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>бойынша</w:t>
+              <w:t>в пределах квоты на обучение по педагогическим,</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">бойынша докторантураға оқуға түскен білім </w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>алушы</w:t>
+              <w:t>медицинским и ветеринарным специальностям, а также</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>азаматтардың жұмысты өтеуі жөніндегі міндеттен</w:t>
+              <w:t>гражданами, обучавшимися на основе государственного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>босату немесе міндетті тоқтату қағидаларына</w:t>
+              <w:t>образовательного заказа по педагогическим и</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440ED2">
+            <w:r w:rsidRPr="009E477A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>қосымша</w:t>
+              <w:t>медицинским специальностям (</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бакалавриата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обучавшимися в докторантуре по программе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>докторов философии</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Направление на работу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Выпускник (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(Ф.И.О)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(наименование вуза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      по специальности ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      на основании решения Комиссии по персональному распределению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>Ж</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...341 lines deleted...]
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________№_____________, направляется на работу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в качестве ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Расположенную в _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Ректор Қолы</w:t>
-[...114 lines deleted...]
-        <w:t xml:space="preserve">      ___________________________________________ </w:t>
+        <w:t>Ректор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(линия отрыва)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Я,__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (Ф.И.О)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>б</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>являющийся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...122 lines deleted...]
-        <w:t xml:space="preserve">      _______________________________ </w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускником_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(наименование вуза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      подтверждаю получение мною направления на работу </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00440ED2">
-[...7 lines deleted...]
-        <w:t>ж</w:t>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00440ED2">
-[...78 lines deleted...]
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>(наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      расположенную в______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      на должность __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "___" ___________ 201__г. подпись выпускника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId83" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>2020 жылға арналған Зеренді ауданында ата-анасынан кәмелеттік жасқа толғанға дейін айырылған немесе ата-анасының қамқорлығынсыз қалған, білім беру ұйымдарының түлектері болып табылатын жастар қатарындағы азаматтарды, бас бостандығынан айыру орындарынан босатылған адамдарды, пробация қызметінің есебінде тұ</w:t>
+          <w:t xml:space="preserve">Об установлении квоты рабочих мест для трудоустройства граждан из числа молодежи, потерявших или оставшихся до наступления совершеннолетия без попечения родителей, являющихся выпускниками организаций образования, лиц, освобожденных из мест лишения свободы, лиц, состоящих на учете службы пробации в </w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>р</w:t>
+          <w:t>Зерендинском</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ған адамдарды жұмысқа орналастыру үшін жұмыс орындарының квотасын белгілеу туралы</w:t>
+          <w:t xml:space="preserve"> районе на 2020 год</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId75" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId84" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Біржан сал ауданының елді мекендерінде салық салу объектісінің орналасуын ескереті</w:t>
+          <w:t xml:space="preserve">Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах района </w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>н айма</w:t>
+          <w:t>Биржан</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ққа бөлу коэффициенттерiн бекіту туралы</w:t>
+          <w:t xml:space="preserve"> сал</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId85" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Мұғалжар ауданы бойынша салық салу объектісінің орналасуын ескереті</w:t>
+          <w:t xml:space="preserve">Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения по </w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>н айма</w:t>
+          <w:t>Мугалжарскому</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ққа бөлу коэффициентерін бекіту туралы</w:t>
+          <w:t xml:space="preserve"> району</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId77" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId86" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Жақсы ауданы Жақсы ауылының шекарасын (шег</w:t>
+          <w:t>Компиляция Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" от 25.12.2017 г., Закона Республики Казахстан "О введении в действие Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" от 25.12.2017 г., Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" от 10.12.2008 г.</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId87" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>i</w:t>
+          <w:t xml:space="preserve">Об установлении границы (черты) села </w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>н) белгiлеу туралы</w:t>
+          <w:t>Жаксы</w:t>
         </w:r>
-      </w:hyperlink>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Карантинді алып тастау және Мұғалжар ауданы Құмсай ауылдық округі әкімінің 2019 жылғы 11 қазандағы № 4 "Мұғалжар ауданы Құмсай ауылдық округінің Екінші құдық нүктесіндегі "Оразғали" шаруа қожалығы аумағында карантин белгілеу туралы" шешімінің күші жойылды деп тану туралы</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
-      </w:hyperlink>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>барлық соңғы құжаттар</w:t>
+          <w:t>Жаксынского</w:t>
         </w:r>
-      </w:hyperlink>
-[...40 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының Еңбек Кодексі</w:t>
+          <w:t xml:space="preserve"> района</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId81" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId88" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>САЛЫҚ ЖӘНЕ БЮДЖЕТКЕ ТӨЛЕНЕТІН БАСҚА ДА МІНДЕТТІ ТӨЛЕМДЕР ТУРАЛЫ (САЛЫҚ КОДЕКСІ)</w:t>
+          <w:t>все последние документы</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E477A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Популярные документы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId82" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId89" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының Азаматтық процесті</w:t>
+          <w:t>Трудовой кодекс Республики Казахстан</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId90" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>к</w:t>
+          <w:t>О налогах и других обязательных платежах в бюджет (Налоговый кодекс)</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId91" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve"> кодексі</w:t>
+          <w:t>Гражданский процессуальный кодекс Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId83" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId92" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Әкімшілік құқық бұзушылық туралы</w:t>
+          <w:t>Об административных правонарушениях</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId84" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId93" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Мемлекетт</w:t>
+          <w:t>О государственных закупках</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId94" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>i</w:t>
+          <w:t>Гражданский кодекс Республики Казахстан</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId95" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>к сатып алу туралы</w:t>
+          <w:t>Об утверждении Правил осуществления государственных закупок</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId85" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId96" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ АЗАМАТТЫҚ КОДЕКС</w:t>
+          <w:t>Уголовный кодекс Республики Казахстан</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId97" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>I</w:t>
+          <w:t>Гражданский кодекс Республики Казахстан (Особенная часть)</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId86" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId98" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Мемлекеттік сатып алуды жүзеге асыру қағидаларын бекіту туралы</w:t>
+          <w:t>Предпринимательский кодекс Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId87" w:history="1">
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId99" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының Қылмыстық кодекс</w:t>
+          <w:t>Уголовно-процессуальный кодекс Республики Казахстан</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00440ED2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId100" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>i</w:t>
-[...51 lines deleted...]
-          <w:t>ім)</w:t>
+          <w:t>Земельный кодекс Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00440ED2" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="009E477A" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId89" w:history="1">
-[...126 lines deleted...]
-        <w:r w:rsidRPr="00440ED2">
+      <w:hyperlink r:id="rId101" w:anchor="header" w:history="1">
+        <w:r w:rsidRPr="009E477A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRPr="00440ED2" w:rsidRDefault="00440ED2" w:rsidP="00440ED2">
+    <w:p w:rsidR="00000000" w:rsidRPr="009E477A" w:rsidRDefault="009E477A" w:rsidP="009E477A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00000000" w:rsidRPr="00440ED2" w:rsidSect="00440ED2">
+    <w:sectPr w:rsidR="00000000" w:rsidRPr="009E477A" w:rsidSect="009E477A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="850" w:bottom="568" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -10964,53 +9042,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="04043BBB"/>
+    <w:nsid w:val="04697111"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5BBCCB1A"/>
+    <w:tmpl w:val="1B2A61DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11113,53 +9191,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="22183328"/>
+    <w:nsid w:val="07DC3B9F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6AE67672"/>
+    <w:tmpl w:val="ED9407B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11262,53 +9340,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2AEA10BE"/>
+    <w:nsid w:val="0B130157"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D714A01C"/>
+    <w:tmpl w:val="12E8AE4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11411,53 +9489,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2FC72FBB"/>
+    <w:nsid w:val="138A4112"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CDAA8126"/>
+    <w:tmpl w:val="1A381C54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11560,53 +9638,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="36FC138F"/>
+    <w:nsid w:val="202143E0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="52BED22C"/>
+    <w:tmpl w:val="31B8BAC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11709,53 +9787,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="58516FE3"/>
+    <w:nsid w:val="424A4475"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5DA62800"/>
+    <w:tmpl w:val="F512359E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11858,53 +9936,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6897308A"/>
+    <w:nsid w:val="4D6B5551"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9FECD2C4"/>
+    <w:tmpl w:val="743A38D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12007,53 +10085,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="73C055EF"/>
+    <w:nsid w:val="59817C01"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="12384302"/>
+    <w:tmpl w:val="2D9AD102"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12156,89 +10234,88 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00440ED2"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsidRoot w:val="009E477A"/>
+    <w:rsid w:val="009E477A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12388,867 +10465,868 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:hidden/>
     </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-">
     <w:name w:val="HTML Top of Form"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="z-0"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-0">
     <w:name w:val="z-Начало формы Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="z-"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="formtextred">
     <w:name w:val="formtextred"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="submitusersupportrequest">
     <w:name w:val="submitusersupportrequest"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-1">
     <w:name w:val="HTML Bottom of Form"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="z-2"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-2">
     <w:name w:val="z-Конец формы Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="z-1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00440ED2"/>
+    <w:rsid w:val="009E477A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1913393041">
+    <w:div w:id="1960453071">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="664018392">
+        <w:div w:id="774980229">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="589970049">
+            <w:div w:id="17243681">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="131410457">
+                <w:div w:id="1756825430">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1863666193">
+                    <w:div w:id="988945826">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="195432552">
+                        <w:div w:id="867909905">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1787625487">
+            <w:div w:id="2009751669">
               <w:marLeft w:val="150"/>
               <w:marRight w:val="150"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="673145712">
+                <w:div w:id="717700790">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2023630375">
+                    <w:div w:id="1637224100">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="370302096">
+            <w:div w:id="248126330">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="75"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="89545165">
+            <w:div w:id="1428889210">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="65961803">
+                <w:div w:id="411393636">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="650257118">
+                    <w:div w:id="964389881">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="437800919">
+                    <w:div w:id="531185361">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2071032640">
+                        <w:div w:id="1536849572">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1683631436">
+                    <w:div w:id="303197225">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="96676626">
+                        <w:div w:id="1824085445">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1700276610">
+                    <w:div w:id="873730284">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1234969515">
+                        <w:div w:id="1400056429">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1670018487">
+                            <w:div w:id="1694500317">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="300"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="908155833">
+                                <w:div w:id="12850197">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="1253664480">
+                                    <w:div w:id="2108456223">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
-                                    <w:div w:id="1586768540">
+                                    <w:div w:id="137651180">
                                       <w:marLeft w:val="300"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="1332248054">
+                                        <w:div w:id="980960146">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="300"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
-                                        <w:div w:id="1950619972">
+                                        <w:div w:id="1284771784">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
-                            <w:div w:id="1423837036">
+                            <w:div w:id="1851482044">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="30"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="99879101">
+                                <w:div w:id="1840652253">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="30"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="2138913529">
+                    <w:div w:id="1099763427">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="889651416">
+            <w:div w:id="351304017">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1033573757">
+                <w:div w:id="352272278">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1074429453">
+                    <w:div w:id="390737223">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="719134797">
+                    <w:div w:id="1635133373">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="640382307">
+                <w:div w:id="1066101739">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="373232859">
+                <w:div w:id="943656474">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1987935528">
+            <w:div w:id="1157571304">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="150"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V19CI006498" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000434" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V19BN007521" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/search/docs/sort_field=dl&amp;sort_desc=true" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000226" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000377" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V19BM007511" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000390" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V19BJ007518" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000409_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000442_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000769" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000058_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1800000765" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V19CIL06492" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1700000120" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012590" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1600000289" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V19BJ007518" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000769" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V19BM007511" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1700000120" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012590" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000442_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V19CI006498" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000434" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000375" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P090000183_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V19BN007521" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/search/docs/sort_field=dl&amp;sort_desc=true" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000226" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/T1800000120" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K940001000_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000058_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000289" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1800000765" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000390" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000409_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13495,54 +11573,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>5852</Words>
-  <Characters>33357</Characters>
+  <Words>6177</Words>
+  <Characters>35215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>277</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>293</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39131</CharactersWithSpaces>
+  <CharactersWithSpaces>41310</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>